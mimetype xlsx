--- v0 (2025-10-21)
+++ v1 (2025-12-15)
@@ -831,536 +831,536 @@
   <si>
     <t>Q39 DM ext.</t>
   </si>
   <si>
     <t>4111Q8</t>
   </si>
   <si>
     <t>Q41 US</t>
   </si>
   <si>
     <t>4114Q8</t>
   </si>
   <si>
     <t>Q41 DM</t>
   </si>
   <si>
     <t>4154Q8</t>
   </si>
   <si>
     <t>4916Q8</t>
   </si>
   <si>
     <t>Q49 DM ext.</t>
   </si>
   <si>
+    <t>5116Q8</t>
+  </si>
+  <si>
+    <t>Q51 DM ext.</t>
+  </si>
+  <si>
+    <t>9810Q8</t>
+  </si>
+  <si>
+    <t>Q98 DXL</t>
+  </si>
+  <si>
+    <t>2011Q8</t>
+  </si>
+  <si>
+    <t>Q20 US</t>
+  </si>
+  <si>
+    <t>2013Q8</t>
+  </si>
+  <si>
+    <t>Q20 DS</t>
+  </si>
+  <si>
+    <t>2014Q8</t>
+  </si>
+  <si>
+    <t>Q20 DM</t>
+  </si>
+  <si>
+    <t>2513Q8</t>
+  </si>
+  <si>
+    <t>Q25 DS</t>
+  </si>
+  <si>
+    <t>3011Q8</t>
+  </si>
+  <si>
+    <t>Q30 US</t>
+  </si>
+  <si>
+    <t>3013Q8</t>
+  </si>
+  <si>
+    <t>Q30 DS</t>
+  </si>
+  <si>
+    <t>3014Q8</t>
+  </si>
+  <si>
+    <t>Q30 DM</t>
+  </si>
+  <si>
+    <t>3016Q8</t>
+  </si>
+  <si>
+    <t>Q30 DM ext.</t>
+  </si>
+  <si>
+    <t>3511Q8</t>
+  </si>
+  <si>
+    <t>Q35 US</t>
+  </si>
+  <si>
+    <t>3513Q8</t>
+  </si>
+  <si>
+    <t>Q35 DS</t>
+  </si>
+  <si>
+    <t>3514Q8</t>
+  </si>
+  <si>
+    <t>Q35 DM</t>
+  </si>
+  <si>
+    <t>3516Q8</t>
+  </si>
+  <si>
+    <t>Q35 DM ext.</t>
+  </si>
+  <si>
+    <t>3564Q8</t>
+  </si>
+  <si>
+    <t>4011Q8</t>
+  </si>
+  <si>
+    <t>Q40 US</t>
+  </si>
+  <si>
+    <t>4014Q8</t>
+  </si>
+  <si>
+    <t>Q40 DM</t>
+  </si>
+  <si>
+    <t>4016Q8</t>
+  </si>
+  <si>
+    <t>Q40 DM ext.</t>
+  </si>
+  <si>
+    <t>4054Q8</t>
+  </si>
+  <si>
+    <t>5011Q8</t>
+  </si>
+  <si>
+    <t>Q50 US</t>
+  </si>
+  <si>
+    <t>6014Q8</t>
+  </si>
+  <si>
+    <t>Q60 DM</t>
+  </si>
+  <si>
+    <t>6016Q8</t>
+  </si>
+  <si>
+    <t>Q60 DM ext.</t>
+  </si>
+  <si>
+    <t>6044Q8</t>
+  </si>
+  <si>
+    <t>6046Q8</t>
+  </si>
+  <si>
+    <t>5116T8</t>
+  </si>
+  <si>
+    <t>+4.1 DM ext.</t>
+  </si>
+  <si>
+    <t>4611Q8</t>
+  </si>
+  <si>
+    <t>Q46 US</t>
+  </si>
+  <si>
+    <t>4614Q8</t>
+  </si>
+  <si>
+    <t>Q46 DM</t>
+  </si>
+  <si>
+    <t>4616Q8</t>
+  </si>
+  <si>
+    <t>Q46 DM ext.</t>
+  </si>
+  <si>
+    <t>4654Q8</t>
+  </si>
+  <si>
+    <t>5611Q8</t>
+  </si>
+  <si>
+    <t>Q56 US</t>
+  </si>
+  <si>
+    <t>5616Q8</t>
+  </si>
+  <si>
+    <t>Q56 DM ext.</t>
+  </si>
+  <si>
+    <t>5511Q8</t>
+  </si>
+  <si>
+    <t>Q55 US</t>
+  </si>
+  <si>
+    <t>5512Q8</t>
+  </si>
+  <si>
+    <t>Q55 UM</t>
+  </si>
+  <si>
+    <t>5514Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM</t>
+  </si>
+  <si>
+    <t>5516Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM ext.</t>
+  </si>
+  <si>
+    <t>5534Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM, DM ext</t>
+  </si>
+  <si>
+    <t>5544Q, 5546Q</t>
+  </si>
+  <si>
+    <t>5554Q8</t>
+  </si>
+  <si>
+    <t>5564Q8</t>
+  </si>
+  <si>
+    <t>6512Q8</t>
+  </si>
+  <si>
+    <t>Q65 UM</t>
+  </si>
+  <si>
+    <t>6514Q8</t>
+  </si>
+  <si>
+    <t>Q65 DM</t>
+  </si>
+  <si>
+    <t>6516Q8</t>
+  </si>
+  <si>
+    <t>Q65 DM ext.</t>
+  </si>
+  <si>
+    <t>6534Q8</t>
+  </si>
+  <si>
+    <t>6544Q8</t>
+  </si>
+  <si>
+    <t>6546Q8</t>
+  </si>
+  <si>
+    <t>6564Q8</t>
+  </si>
+  <si>
+    <t>4816Q8</t>
+  </si>
+  <si>
+    <t>Q48 DM ext.</t>
+  </si>
+  <si>
+    <t>4814Q8</t>
+  </si>
+  <si>
+    <t>Q48 DM</t>
+  </si>
+  <si>
+    <t>4912Q8</t>
+  </si>
+  <si>
+    <t>Q49 UM</t>
+  </si>
+  <si>
+    <t>4914Q8</t>
+  </si>
+  <si>
+    <t>Q49 DM</t>
+  </si>
+  <si>
     <t>5111Q8</t>
   </si>
   <si>
     <t>Q51 US</t>
   </si>
   <si>
     <t>5114Q8</t>
   </si>
   <si>
     <t>Q51 DM</t>
   </si>
   <si>
-    <t>5116Q8</t>
-[...4 lines deleted...]
-  <si>
     <t>5154Q8</t>
   </si>
   <si>
+    <t>5612Q8</t>
+  </si>
+  <si>
+    <t>Q56 UM</t>
+  </si>
+  <si>
+    <t>5614Q8</t>
+  </si>
+  <si>
+    <t>Q56 DM</t>
+  </si>
+  <si>
+    <t>5654Q8</t>
+  </si>
+  <si>
+    <t>5856Q8</t>
+  </si>
+  <si>
+    <t>Q58 DM ext.</t>
+  </si>
+  <si>
+    <t>5854Q8</t>
+  </si>
+  <si>
+    <t>Q58 DM</t>
+  </si>
+  <si>
+    <t>5816Q8</t>
+  </si>
+  <si>
+    <t>5814Q8</t>
+  </si>
+  <si>
     <t>6114Q8</t>
   </si>
   <si>
     <t>Q61 DM</t>
   </si>
   <si>
     <t>6116Q8</t>
   </si>
   <si>
     <t>Q61 DM ext.</t>
   </si>
   <si>
+    <t>6612Q8</t>
+  </si>
+  <si>
+    <t>Q66 UM</t>
+  </si>
+  <si>
+    <t>6614Q8</t>
+  </si>
+  <si>
+    <t>Q66 DM</t>
+  </si>
+  <si>
+    <t>6616Q8</t>
+  </si>
+  <si>
+    <t>Q66 DM ext.</t>
+  </si>
+  <si>
+    <t>6814Q8</t>
+  </si>
+  <si>
+    <t>Q68 DM</t>
+  </si>
+  <si>
+    <t>6816Q8</t>
+  </si>
+  <si>
+    <t>Q68 DM ext.</t>
+  </si>
+  <si>
+    <t>6854Q8</t>
+  </si>
+  <si>
+    <t>6856Q8</t>
+  </si>
+  <si>
+    <t>7612Q8</t>
+  </si>
+  <si>
+    <t>Q76 UM</t>
+  </si>
+  <si>
+    <t>7614Q8</t>
+  </si>
+  <si>
+    <t>Q76 DM</t>
+  </si>
+  <si>
+    <t>7616Q8</t>
+  </si>
+  <si>
+    <t>Q76 DM ext.</t>
+  </si>
+  <si>
+    <t>7814Q8</t>
+  </si>
+  <si>
+    <t>Q78 DM</t>
+  </si>
+  <si>
+    <t>7816Q8</t>
+  </si>
+  <si>
+    <t>Q78 DM Ext.</t>
+  </si>
+  <si>
+    <t>7854Q8</t>
+  </si>
+  <si>
     <t>8813Q8</t>
   </si>
   <si>
     <t>Q88 DL</t>
   </si>
   <si>
     <t>8853Q8</t>
   </si>
   <si>
-    <t>9810Q8</t>
-[...22 lines deleted...]
-  <si>
     <t>2511Q8</t>
   </si>
   <si>
     <t>Q25 US</t>
   </si>
   <si>
-    <t>2513Q8</t>
-[...4 lines deleted...]
-  <si>
     <t>2514Q8</t>
   </si>
   <si>
     <t>Q25 DM</t>
   </si>
   <si>
-    <t>3011Q8</t>
-[...74 lines deleted...]
-    <t>Q50 US</t>
+    <t>4511Q8</t>
+  </si>
+  <si>
+    <t>Q45 US</t>
+  </si>
+  <si>
+    <t>4514Q8</t>
+  </si>
+  <si>
+    <t>Q45 DM</t>
+  </si>
+  <si>
+    <t>4516Q8</t>
+  </si>
+  <si>
+    <t>Q45 DM ext.</t>
+  </si>
+  <si>
+    <t>4554Q8</t>
+  </si>
+  <si>
+    <t>4564Q8</t>
   </si>
   <si>
     <t>5014Q8</t>
   </si>
   <si>
     <t>Q50 DM</t>
   </si>
   <si>
     <t>5016Q8</t>
   </si>
   <si>
     <t>Q50 DM ext.</t>
   </si>
   <si>
     <t>5054Q8</t>
   </si>
   <si>
-    <t>6014Q8</t>
-[...14 lines deleted...]
-    <t>6046Q8</t>
+    <t>7512Q8</t>
+  </si>
+  <si>
+    <t>Q75 UM</t>
+  </si>
+  <si>
+    <t>7514Q8</t>
+  </si>
+  <si>
+    <t>Q75 DM</t>
+  </si>
+  <si>
+    <t>7516Q8</t>
+  </si>
+  <si>
+    <t>Q75 DM ext.</t>
+  </si>
+  <si>
+    <t>7524Q8</t>
+  </si>
+  <si>
+    <t>8513Q8</t>
+  </si>
+  <si>
+    <t>Q85 DL</t>
+  </si>
+  <si>
+    <t>8523Q8</t>
   </si>
   <si>
     <t>8713Q8</t>
   </si>
   <si>
-    <t>5116T8</t>
-[...286 lines deleted...]
-  <si>
     <t>101286</t>
   </si>
   <si>
     <t>Q8S DL</t>
   </si>
   <si>
     <t xml:space="preserve">/ </t>
   </si>
   <si>
     <t>101288</t>
   </si>
   <si>
     <t>Q8M DL</t>
   </si>
   <si>
     <t>101D96</t>
   </si>
   <si>
     <t>Q9S DXL</t>
   </si>
   <si>
     <t>101179</t>
   </si>
   <si>
     <t>Q7L DM</t>
@@ -1506,96 +1506,96 @@
   <si>
     <t>501741</t>
   </si>
   <si>
     <t>N4 DM</t>
   </si>
   <si>
     <t>501751</t>
   </si>
   <si>
     <t>N5 DM</t>
   </si>
   <si>
     <t>501761</t>
   </si>
   <si>
     <t>N6 DM</t>
   </si>
   <si>
     <t>Accessories</t>
   </si>
   <si>
     <t>Welcome to Quicke Parts</t>
   </si>
   <si>
+    <t>403551</t>
+  </si>
+  <si>
+    <t>V5</t>
+  </si>
+  <si>
+    <t>403446</t>
+  </si>
+  <si>
+    <t>V4S</t>
+  </si>
+  <si>
+    <t>403541</t>
+  </si>
+  <si>
+    <t>V4</t>
+  </si>
+  <si>
+    <t>403436</t>
+  </si>
+  <si>
+    <t>V3S</t>
+  </si>
+  <si>
+    <t>403531</t>
+  </si>
+  <si>
+    <t>V3</t>
+  </si>
+  <si>
+    <t>403426</t>
+  </si>
+  <si>
+    <t>V2S</t>
+  </si>
+  <si>
+    <t>403521</t>
+  </si>
+  <si>
+    <t>V2</t>
+  </si>
+  <si>
     <t>403456</t>
   </si>
   <si>
     <t>V5S</t>
-  </si>
-[...40 lines deleted...]
-    <t>V2</t>
   </si>
   <si>
     <t>110178</t>
   </si>
   <si>
     <t>110176</t>
   </si>
   <si>
     <t>110169</t>
   </si>
   <si>
     <t>110168</t>
   </si>
   <si>
     <t>110166</t>
   </si>
   <si>
     <t>110159</t>
   </si>
   <si>
     <t>110158</t>
   </si>
   <si>
     <t>110156</t>
   </si>
@@ -3437,1041 +3437,1041 @@
         <v>277</v>
       </c>
       <c r="B146" s="0" t="s">
         <v>278</v>
       </c>
       <c r="C146" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="0" t="s">
         <v>279</v>
       </c>
       <c r="B147" s="0" t="s">
         <v>280</v>
       </c>
       <c r="C147" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="0" t="s">
         <v>281</v>
       </c>
       <c r="B148" s="0" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="C148" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="0" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="B149" s="0" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="C149" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="0" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="B150" s="0" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C150" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="B151" s="0" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C151" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="B152" s="0" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="C152" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="B153" s="0" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="C153" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="B154" s="0" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="C154" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="0" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="B155" s="0" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="C155" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="0" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="B156" s="0" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="C156" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="0" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="B157" s="0" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="C157" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="0" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="B158" s="0" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="C158" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="0" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="B159" s="0" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="C159" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="0" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B160" s="0" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="C160" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="0" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="B161" s="0" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="C161" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="0" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="B162" s="0" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="C162" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="0" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="B163" s="0" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="C163" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="0" t="s">
         <v>311</v>
       </c>
       <c r="B164" s="0" t="s">
         <v>312</v>
       </c>
       <c r="C164" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="0" t="s">
         <v>313</v>
       </c>
       <c r="B165" s="0" t="s">
         <v>314</v>
       </c>
       <c r="C165" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="0" t="s">
         <v>315</v>
       </c>
       <c r="B166" s="0" t="s">
         <v>316</v>
       </c>
       <c r="C166" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="0" t="s">
         <v>317</v>
       </c>
       <c r="B167" s="0" t="s">
-        <v>318</v>
+        <v>314</v>
       </c>
       <c r="C167" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="0" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="B168" s="0" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
       <c r="C168" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="0" t="s">
+        <v>319</v>
+      </c>
+      <c r="B169" s="0" t="s">
         <v>320</v>
-      </c>
-[...1 lines deleted...]
-        <v>321</v>
       </c>
       <c r="C169" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="0" t="s">
+        <v>321</v>
+      </c>
+      <c r="B170" s="0" t="s">
         <v>322</v>
-      </c>
-[...1 lines deleted...]
-        <v>323</v>
       </c>
       <c r="C170" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="0" t="s">
+        <v>323</v>
+      </c>
+      <c r="B171" s="0" t="s">
         <v>324</v>
-      </c>
-[...1 lines deleted...]
-        <v>325</v>
       </c>
       <c r="C171" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="0" t="s">
+        <v>325</v>
+      </c>
+      <c r="B172" s="0" t="s">
         <v>326</v>
-      </c>
-[...1 lines deleted...]
-        <v>323</v>
       </c>
       <c r="C172" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="0" t="s">
         <v>327</v>
       </c>
       <c r="B173" s="0" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="C173" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="0" t="s">
+        <v>328</v>
+      </c>
+      <c r="B174" s="0" t="s">
         <v>329</v>
-      </c>
-[...1 lines deleted...]
-        <v>330</v>
       </c>
       <c r="C174" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="0" t="s">
+        <v>330</v>
+      </c>
+      <c r="B175" s="0" t="s">
         <v>331</v>
-      </c>
-[...1 lines deleted...]
-        <v>332</v>
       </c>
       <c r="C175" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="0" t="s">
+        <v>332</v>
+      </c>
+      <c r="B176" s="0" t="s">
         <v>333</v>
-      </c>
-[...1 lines deleted...]
-        <v>330</v>
       </c>
       <c r="C176" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="0" t="s">
         <v>334</v>
       </c>
       <c r="B177" s="0" t="s">
         <v>335</v>
       </c>
       <c r="C177" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="0" t="s">
         <v>336</v>
       </c>
       <c r="B178" s="0" t="s">
         <v>337</v>
       </c>
       <c r="C178" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="0" t="s">
         <v>338</v>
       </c>
       <c r="B179" s="0" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="C179" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="0" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="B180" s="0" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="C180" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="0" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B181" s="0" t="s">
-        <v>4</v>
+        <v>342</v>
       </c>
       <c r="C181" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="0" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="B182" s="0" t="s">
-        <v>342</v>
+        <v>337</v>
       </c>
       <c r="C182" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="0" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="B183" s="0" t="s">
-        <v>344</v>
+        <v>337</v>
       </c>
       <c r="C183" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="0" t="s">
         <v>345</v>
       </c>
       <c r="B184" s="0" t="s">
         <v>346</v>
       </c>
       <c r="C184" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="0" t="s">
         <v>347</v>
       </c>
       <c r="B185" s="0" t="s">
         <v>348</v>
       </c>
       <c r="C185" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="0" t="s">
         <v>349</v>
       </c>
       <c r="B186" s="0" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="C186" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="0" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="B187" s="0" t="s">
-        <v>351</v>
+        <v>348</v>
       </c>
       <c r="C187" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="0" t="s">
         <v>352</v>
       </c>
       <c r="B188" s="0" t="s">
-        <v>353</v>
+        <v>348</v>
       </c>
       <c r="C188" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="0" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="B189" s="0" t="s">
-        <v>355</v>
+        <v>350</v>
       </c>
       <c r="C189" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="0" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="B190" s="0" t="s">
-        <v>357</v>
+        <v>348</v>
       </c>
       <c r="C190" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="0" t="s">
-        <v>358</v>
+        <v>355</v>
       </c>
       <c r="B191" s="0" t="s">
-        <v>359</v>
+        <v>356</v>
       </c>
       <c r="C191" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="0" t="s">
-        <v>360</v>
+        <v>357</v>
       </c>
       <c r="B192" s="0" t="s">
-        <v>361</v>
+        <v>358</v>
       </c>
       <c r="C192" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="0" t="s">
-        <v>362</v>
+        <v>359</v>
       </c>
       <c r="B193" s="0" t="s">
-        <v>363</v>
+        <v>360</v>
       </c>
       <c r="C193" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="0" t="s">
-        <v>364</v>
+        <v>361</v>
       </c>
       <c r="B194" s="0" t="s">
-        <v>365</v>
+        <v>362</v>
       </c>
       <c r="C194" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="0" t="s">
-        <v>366</v>
+        <v>363</v>
       </c>
       <c r="B195" s="0" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="C195" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="0" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="B196" s="0" t="s">
-        <v>368</v>
+        <v>366</v>
       </c>
       <c r="C196" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="0" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="B197" s="0" t="s">
-        <v>370</v>
+        <v>366</v>
       </c>
       <c r="C197" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="0" t="s">
-        <v>371</v>
+        <v>368</v>
       </c>
       <c r="B198" s="0" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C198" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="0" t="s">
-        <v>372</v>
+        <v>370</v>
       </c>
       <c r="B199" s="0" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="C199" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="0" t="s">
-        <v>373</v>
+        <v>372</v>
       </c>
       <c r="B200" s="0" t="s">
-        <v>374</v>
+        <v>371</v>
       </c>
       <c r="C200" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="0" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="B201" s="0" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
       <c r="C201" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="0" t="s">
-        <v>377</v>
+        <v>375</v>
       </c>
       <c r="B202" s="0" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="C202" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="0" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="B203" s="0" t="s">
-        <v>380</v>
+        <v>374</v>
       </c>
       <c r="C203" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="0" t="s">
-        <v>381</v>
+        <v>378</v>
       </c>
       <c r="B204" s="0" t="s">
-        <v>382</v>
+        <v>376</v>
       </c>
       <c r="C204" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="0" t="s">
-        <v>383</v>
+        <v>379</v>
       </c>
       <c r="B205" s="0" t="s">
         <v>380</v>
       </c>
       <c r="C205" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="0" t="s">
-        <v>384</v>
+        <v>381</v>
       </c>
       <c r="B206" s="0" t="s">
         <v>382</v>
       </c>
       <c r="C206" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="0" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="B207" s="0" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="C207" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="0" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="B208" s="0" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="C208" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="0" t="s">
-        <v>389</v>
+        <v>387</v>
       </c>
       <c r="B209" s="0" t="s">
-        <v>390</v>
+        <v>388</v>
       </c>
       <c r="C209" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="0" t="s">
-        <v>391</v>
+        <v>389</v>
       </c>
       <c r="B210" s="0" t="s">
-        <v>392</v>
+        <v>390</v>
       </c>
       <c r="C210" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="0" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="B211" s="0" t="s">
-        <v>394</v>
+        <v>392</v>
       </c>
       <c r="C211" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="0" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="B212" s="0" t="s">
-        <v>392</v>
+        <v>390</v>
       </c>
       <c r="C212" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="0" t="s">
-        <v>396</v>
+        <v>394</v>
       </c>
       <c r="B213" s="0" t="s">
-        <v>397</v>
+        <v>392</v>
       </c>
       <c r="C213" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="0" t="s">
-        <v>398</v>
+        <v>395</v>
       </c>
       <c r="B214" s="0" t="s">
-        <v>399</v>
+        <v>396</v>
       </c>
       <c r="C214" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="0" t="s">
-        <v>400</v>
+        <v>397</v>
       </c>
       <c r="B215" s="0" t="s">
-        <v>401</v>
+        <v>398</v>
       </c>
       <c r="C215" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="0" t="s">
-        <v>402</v>
+        <v>399</v>
       </c>
       <c r="B216" s="0" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="C216" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="0" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="B217" s="0" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="C217" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="0" t="s">
+        <v>403</v>
+      </c>
+      <c r="B218" s="0" t="s">
         <v>404</v>
-      </c>
-[...1 lines deleted...]
-        <v>405</v>
       </c>
       <c r="C218" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="0" t="s">
-        <v>406</v>
+        <v>405</v>
       </c>
       <c r="B219" s="0" t="s">
-        <v>407</v>
+        <v>402</v>
       </c>
       <c r="C219" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="0" t="s">
-        <v>408</v>
+        <v>406</v>
       </c>
       <c r="B220" s="0" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="C220" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="0" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="B221" s="0" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
       <c r="C221" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="0" t="s">
-        <v>412</v>
+        <v>409</v>
       </c>
       <c r="B222" s="0" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="C222" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="0" t="s">
-        <v>413</v>
+        <v>411</v>
       </c>
       <c r="B223" s="0" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="C223" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="0" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="B224" s="0" t="s">
-        <v>409</v>
+        <v>414</v>
       </c>
       <c r="C224" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="0" t="s">
+        <v>415</v>
+      </c>
+      <c r="B225" s="0" t="s">
         <v>416</v>
-      </c>
-[...1 lines deleted...]
-        <v>409</v>
       </c>
       <c r="C225" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="0" t="s">
         <v>417</v>
       </c>
       <c r="B226" s="0" t="s">
         <v>418</v>
       </c>
       <c r="C226" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="0" t="s">
         <v>419</v>
       </c>
       <c r="B227" s="0" t="s">
-        <v>420</v>
+        <v>416</v>
       </c>
       <c r="C227" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="0" t="s">
-        <v>421</v>
+        <v>420</v>
       </c>
       <c r="B228" s="0" t="s">
-        <v>422</v>
+        <v>416</v>
       </c>
       <c r="C228" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="0" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="B229" s="0" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="C229" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="0" t="s">
+        <v>423</v>
+      </c>
+      <c r="B230" s="0" t="s">
         <v>424</v>
-      </c>
-[...1 lines deleted...]
-        <v>420</v>
       </c>
       <c r="C230" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="0" t="s">
         <v>425</v>
       </c>
       <c r="B231" s="0" t="s">
         <v>422</v>
       </c>
       <c r="C231" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="0" t="s">
         <v>426</v>
       </c>
       <c r="B232" s="0" t="s">
-        <v>420</v>
+        <v>427</v>
       </c>
       <c r="C232" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="0" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="B233" s="0" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="C233" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="0" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="B234" s="0" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="C234" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="0" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="B235" s="0" t="s">
-        <v>432</v>
+        <v>429</v>
       </c>
       <c r="C235" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="0" t="s">
         <v>433</v>
       </c>
       <c r="B236" s="0" t="s">
-        <v>430</v>
+        <v>434</v>
       </c>
       <c r="C236" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="0" t="s">
+        <v>435</v>
+      </c>
+      <c r="B237" s="0" t="s">
         <v>434</v>
-      </c>
-[...1 lines deleted...]
-        <v>435</v>
       </c>
       <c r="C237" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="0" t="s">
         <v>436</v>
       </c>
       <c r="B238" s="0" t="s">
-        <v>435</v>
+        <v>4</v>
       </c>
       <c r="C238" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B239" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C239" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="0" t="s">
         <v>437</v>
       </c>
       <c r="B240" s="0" t="s">
         <v>438</v>
       </c>
       <c r="C240" s="0" t="s">
         <v>439</v>