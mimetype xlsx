--- v1 (2025-12-15)
+++ v2 (2026-03-12)
@@ -1317,285 +1317,285 @@
   <si>
     <t>Q75 DM</t>
   </si>
   <si>
     <t>7516Q8</t>
   </si>
   <si>
     <t>Q75 DM ext.</t>
   </si>
   <si>
     <t>7524Q8</t>
   </si>
   <si>
     <t>8513Q8</t>
   </si>
   <si>
     <t>Q85 DL</t>
   </si>
   <si>
     <t>8523Q8</t>
   </si>
   <si>
     <t>8713Q8</t>
   </si>
   <si>
+    <t>101268</t>
+  </si>
+  <si>
+    <t>Q6M DL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">/ </t>
+  </si>
+  <si>
     <t>101286</t>
   </si>
   <si>
     <t>Q8S DL</t>
   </si>
   <si>
-    <t xml:space="preserve">/ </t>
+    <t>101D96</t>
+  </si>
+  <si>
+    <t>Q9S DXL</t>
   </si>
   <si>
     <t>101288</t>
   </si>
   <si>
     <t>Q8M DL</t>
   </si>
   <si>
-    <t>101D96</t>
-[...4 lines deleted...]
-  <si>
     <t>101179</t>
   </si>
   <si>
     <t>Q7L DM</t>
   </si>
   <si>
     <t>101178</t>
   </si>
   <si>
     <t>Q7M DM</t>
   </si>
   <si>
     <t>101176</t>
   </si>
   <si>
     <t>Q7S DM</t>
   </si>
   <si>
     <t>101169</t>
   </si>
   <si>
     <t>Q6L DM</t>
   </si>
   <si>
     <t>101168</t>
   </si>
   <si>
     <t>Q6M DM</t>
   </si>
   <si>
-    <t>101268</t>
-[...4 lines deleted...]
-  <si>
     <t>101166</t>
   </si>
   <si>
     <t>Q6S DM</t>
   </si>
   <si>
     <t>101761</t>
   </si>
   <si>
     <t>Q6 DM</t>
   </si>
   <si>
     <t>101159</t>
   </si>
   <si>
     <t>Q5L DM</t>
   </si>
   <si>
     <t>101158</t>
   </si>
   <si>
     <t>Q5M DM</t>
   </si>
   <si>
     <t>101156</t>
   </si>
   <si>
     <t>Q5S DM</t>
   </si>
   <si>
     <t>101751</t>
   </si>
   <si>
     <t>Q5 DM</t>
   </si>
   <si>
     <t>101149</t>
   </si>
   <si>
     <t>Q4L DM</t>
   </si>
   <si>
     <t>101148</t>
   </si>
   <si>
     <t>Q4M DM</t>
   </si>
   <si>
+    <t>101733</t>
+  </si>
+  <si>
+    <t>Q3 DM</t>
+  </si>
+  <si>
+    <t>101136</t>
+  </si>
+  <si>
+    <t>Q3S DM</t>
+  </si>
+  <si>
+    <t>101138</t>
+  </si>
+  <si>
+    <t>Q3M DM</t>
+  </si>
+  <si>
+    <t>101139</t>
+  </si>
+  <si>
+    <t>Q3L DM</t>
+  </si>
+  <si>
+    <t>101741</t>
+  </si>
+  <si>
+    <t>Q4 DM</t>
+  </si>
+  <si>
     <t>101146</t>
   </si>
   <si>
     <t>Q4S DM</t>
   </si>
   <si>
-    <t>101741</t>
-[...26 lines deleted...]
-    <t>Q3 DM</t>
+    <t>Accessories</t>
+  </si>
+  <si>
+    <t>Welcome to Quicke Parts</t>
+  </si>
+  <si>
+    <t>403551</t>
+  </si>
+  <si>
+    <t>V5</t>
+  </si>
+  <si>
+    <t>403446</t>
+  </si>
+  <si>
+    <t>V4S</t>
+  </si>
+  <si>
+    <t>403541</t>
+  </si>
+  <si>
+    <t>V4</t>
+  </si>
+  <si>
+    <t>403436</t>
+  </si>
+  <si>
+    <t>V3S</t>
+  </si>
+  <si>
+    <t>403531</t>
+  </si>
+  <si>
+    <t>V3</t>
+  </si>
+  <si>
+    <t>403426</t>
+  </si>
+  <si>
+    <t>V2S</t>
+  </si>
+  <si>
+    <t>403521</t>
+  </si>
+  <si>
+    <t>V2</t>
+  </si>
+  <si>
+    <t>403456</t>
+  </si>
+  <si>
+    <t>V5S</t>
+  </si>
+  <si>
+    <t>501741</t>
+  </si>
+  <si>
+    <t>N4 DM</t>
   </si>
   <si>
     <t>501146</t>
   </si>
   <si>
     <t>N4S DM</t>
   </si>
   <si>
+    <t>501751</t>
+  </si>
+  <si>
+    <t>N5 DM</t>
+  </si>
+  <si>
     <t>501156</t>
   </si>
   <si>
     <t>N5S DM</t>
   </si>
   <si>
     <t>501158</t>
   </si>
   <si>
     <t>N5M DM</t>
   </si>
   <si>
     <t>501166</t>
   </si>
   <si>
     <t>N6S DM</t>
   </si>
   <si>
-    <t>501741</t>
-[...10 lines deleted...]
-  <si>
     <t>501761</t>
   </si>
   <si>
     <t>N6 DM</t>
-  </si>
-[...52 lines deleted...]
-    <t>V5S</t>
   </si>
   <si>
     <t>110178</t>
   </si>
   <si>
     <t>110176</t>
   </si>
   <si>
     <t>110169</t>
   </si>
   <si>
     <t>110168</t>
   </si>
   <si>
     <t>110166</t>
   </si>
   <si>
     <t>110159</t>
   </si>
   <si>
     <t>110158</t>
   </si>
   <si>
     <t>110156</t>
   </si>
@@ -4698,302 +4698,302 @@
       </c>
     </row>
     <row r="261">
       <c r="A261" s="0" t="s">
         <v>480</v>
       </c>
       <c r="B261" s="0" t="s">
         <v>481</v>
       </c>
       <c r="C261" s="0" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="0" t="s">
         <v>482</v>
       </c>
       <c r="B262" s="0" t="s">
         <v>483</v>
       </c>
       <c r="C262" s="0" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="263">
-      <c r="A263" s="0" t="s">
+      <c r="B263" s="0" t="s">
         <v>484</v>
       </c>
-      <c r="B263" s="0" t="s">
+      <c r="C263" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="264">
+      <c r="B264" s="0" t="s">
         <v>485</v>
       </c>
-      <c r="C263" s="0" t="s">
-[...9 lines deleted...]
-      </c>
       <c r="C264" s="0" t="s">
-        <v>439</v>
+        <v>5</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="0" t="s">
-        <v>488</v>
+        <v>486</v>
       </c>
       <c r="B265" s="0" t="s">
-        <v>489</v>
+        <v>487</v>
       </c>
       <c r="C265" s="0" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="0" t="s">
-        <v>490</v>
+        <v>486</v>
       </c>
       <c r="B266" s="0" t="s">
-        <v>491</v>
+        <v>487</v>
       </c>
       <c r="C266" s="0" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="0" t="s">
-        <v>492</v>
+        <v>488</v>
       </c>
       <c r="B267" s="0" t="s">
-        <v>493</v>
+        <v>489</v>
       </c>
       <c r="C267" s="0" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="0" t="s">
-        <v>494</v>
+        <v>488</v>
       </c>
       <c r="B268" s="0" t="s">
-        <v>495</v>
+        <v>489</v>
       </c>
       <c r="C268" s="0" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="0" t="s">
-        <v>496</v>
+        <v>490</v>
       </c>
       <c r="B269" s="0" t="s">
-        <v>497</v>
+        <v>491</v>
       </c>
       <c r="C269" s="0" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="270">
+      <c r="A270" s="0" t="s">
+        <v>490</v>
+      </c>
       <c r="B270" s="0" t="s">
-        <v>498</v>
+        <v>491</v>
       </c>
       <c r="C270" s="0" t="s">
-        <v>5</v>
+        <v>439</v>
       </c>
     </row>
     <row r="271">
+      <c r="A271" s="0" t="s">
+        <v>492</v>
+      </c>
       <c r="B271" s="0" t="s">
-        <v>499</v>
+        <v>493</v>
       </c>
       <c r="C271" s="0" t="s">
-        <v>5</v>
+        <v>439</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="0" t="s">
-        <v>500</v>
+        <v>492</v>
       </c>
       <c r="B272" s="0" t="s">
-        <v>501</v>
+        <v>493</v>
       </c>
       <c r="C272" s="0" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="0" t="s">
-        <v>500</v>
+        <v>494</v>
       </c>
       <c r="B273" s="0" t="s">
-        <v>501</v>
+        <v>495</v>
       </c>
       <c r="C273" s="0" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="0" t="s">
-        <v>502</v>
+        <v>494</v>
       </c>
       <c r="B274" s="0" t="s">
-        <v>503</v>
+        <v>495</v>
       </c>
       <c r="C274" s="0" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="0" t="s">
-        <v>502</v>
+        <v>496</v>
       </c>
       <c r="B275" s="0" t="s">
-        <v>503</v>
+        <v>497</v>
       </c>
       <c r="C275" s="0" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="0" t="s">
-        <v>504</v>
+        <v>496</v>
       </c>
       <c r="B276" s="0" t="s">
-        <v>505</v>
+        <v>497</v>
       </c>
       <c r="C276" s="0" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="0" t="s">
-        <v>504</v>
+        <v>498</v>
       </c>
       <c r="B277" s="0" t="s">
-        <v>505</v>
+        <v>499</v>
       </c>
       <c r="C277" s="0" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="0" t="s">
-        <v>506</v>
+        <v>498</v>
       </c>
       <c r="B278" s="0" t="s">
-        <v>507</v>
+        <v>499</v>
       </c>
       <c r="C278" s="0" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="0" t="s">
-        <v>506</v>
+        <v>500</v>
       </c>
       <c r="B279" s="0" t="s">
-        <v>507</v>
+        <v>501</v>
       </c>
       <c r="C279" s="0" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="0" t="s">
-        <v>508</v>
+        <v>500</v>
       </c>
       <c r="B280" s="0" t="s">
-        <v>509</v>
+        <v>501</v>
       </c>
       <c r="C280" s="0" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="0" t="s">
-        <v>508</v>
+        <v>502</v>
       </c>
       <c r="B281" s="0" t="s">
-        <v>509</v>
+        <v>503</v>
       </c>
       <c r="C281" s="0" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="0" t="s">
-        <v>510</v>
+        <v>504</v>
       </c>
       <c r="B282" s="0" t="s">
-        <v>511</v>
+        <v>505</v>
       </c>
       <c r="C282" s="0" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="0" t="s">
-        <v>510</v>
+        <v>506</v>
       </c>
       <c r="B283" s="0" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="C283" s="0" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="0" t="s">
-        <v>512</v>
+        <v>508</v>
       </c>
       <c r="B284" s="0" t="s">
-        <v>513</v>
+        <v>509</v>
       </c>
       <c r="C284" s="0" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="0" t="s">
-        <v>512</v>
+        <v>510</v>
       </c>
       <c r="B285" s="0" t="s">
-        <v>513</v>
+        <v>511</v>
       </c>
       <c r="C285" s="0" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="0" t="s">
-        <v>514</v>
+        <v>512</v>
       </c>
       <c r="B286" s="0" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="C286" s="0" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="0" t="s">
         <v>514</v>
       </c>
       <c r="B287" s="0" t="s">
         <v>515</v>
       </c>
       <c r="C287" s="0" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="0" t="s">
         <v>437</v>
       </c>
       <c r="B288" s="0" t="s">
         <v>438</v>
       </c>
       <c r="C288" s="0" t="s">
         <v>5</v>
@@ -5224,84 +5224,84 @@
         <v>480</v>
       </c>
       <c r="B309" s="0" t="s">
         <v>481</v>
       </c>
       <c r="C309" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="0" t="s">
         <v>482</v>
       </c>
       <c r="B310" s="0" t="s">
         <v>483</v>
       </c>
       <c r="C310" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="0" t="s">
         <v>516</v>
       </c>
       <c r="B311" s="0" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C311" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="0" t="s">
         <v>517</v>
       </c>
       <c r="B312" s="0" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="C312" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="0" t="s">
         <v>518</v>
       </c>
       <c r="B313" s="0" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="C313" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="0" t="s">
         <v>519</v>
       </c>
       <c r="B314" s="0" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="C314" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="0" t="s">
         <v>520</v>
       </c>
       <c r="B315" s="0" t="s">
         <v>457</v>
       </c>
       <c r="C315" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="0" t="s">
         <v>521</v>
       </c>
       <c r="B316" s="0" t="s">
         <v>461</v>
       </c>
       <c r="C316" s="0" t="s">
         <v>5</v>
@@ -5334,161 +5334,161 @@
         <v>524</v>
       </c>
       <c r="B319" s="0" t="s">
         <v>469</v>
       </c>
       <c r="C319" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="0" t="s">
         <v>525</v>
       </c>
       <c r="B320" s="0" t="s">
         <v>471</v>
       </c>
       <c r="C320" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="0" t="s">
         <v>526</v>
       </c>
       <c r="B321" s="0" t="s">
-        <v>473</v>
+        <v>483</v>
       </c>
       <c r="C321" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="0" t="s">
         <v>527</v>
       </c>
       <c r="B322" s="0" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="C322" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="0" t="s">
         <v>528</v>
       </c>
       <c r="B323" s="0" t="s">
-        <v>479</v>
+        <v>477</v>
       </c>
       <c r="C323" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="0" t="s">
         <v>529</v>
       </c>
       <c r="B324" s="0" t="s">
-        <v>481</v>
+        <v>475</v>
       </c>
       <c r="C324" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="0" t="s">
-        <v>484</v>
+        <v>502</v>
       </c>
       <c r="B325" s="0" t="s">
-        <v>485</v>
+        <v>503</v>
       </c>
       <c r="C325" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="0" t="s">
-        <v>486</v>
+        <v>504</v>
       </c>
       <c r="B326" s="0" t="s">
-        <v>487</v>
+        <v>505</v>
       </c>
       <c r="C326" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="0" t="s">
-        <v>488</v>
+        <v>506</v>
       </c>
       <c r="B327" s="0" t="s">
-        <v>489</v>
+        <v>507</v>
       </c>
       <c r="C327" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="0" t="s">
-        <v>490</v>
+        <v>508</v>
       </c>
       <c r="B328" s="0" t="s">
-        <v>491</v>
+        <v>509</v>
       </c>
       <c r="C328" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="0" t="s">
-        <v>492</v>
+        <v>510</v>
       </c>
       <c r="B329" s="0" t="s">
-        <v>493</v>
+        <v>511</v>
       </c>
       <c r="C329" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="0" t="s">
-        <v>494</v>
+        <v>512</v>
       </c>
       <c r="B330" s="0" t="s">
-        <v>495</v>
+        <v>513</v>
       </c>
       <c r="C330" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="0" t="s">
-        <v>496</v>
+        <v>514</v>
       </c>
       <c r="B331" s="0" t="s">
-        <v>497</v>
+        <v>515</v>
       </c>
       <c r="C331" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="332">
       <c r="C332" s="0" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="333">
       <c r="C333" s="0" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="334">
       <c r="C334" s="0" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="335">
       <c r="C335" s="0" t="s">
         <v>439</v>
       </c>
     </row>