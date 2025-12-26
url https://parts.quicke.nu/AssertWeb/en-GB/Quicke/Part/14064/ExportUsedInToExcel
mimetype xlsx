--- v0 (2025-10-28)
+++ v1 (2025-12-26)
@@ -981,534 +981,534 @@
   <si>
     <t>Q39 DM ext.</t>
   </si>
   <si>
     <t>4111Q8</t>
   </si>
   <si>
     <t>Q41 US</t>
   </si>
   <si>
     <t>4114Q8</t>
   </si>
   <si>
     <t>Q41 DM</t>
   </si>
   <si>
     <t>4154Q8</t>
   </si>
   <si>
     <t>4916Q8</t>
   </si>
   <si>
     <t>Q49 DM ext.</t>
   </si>
   <si>
+    <t>5116Q8</t>
+  </si>
+  <si>
+    <t>Q51 DM ext.</t>
+  </si>
+  <si>
+    <t>9810Q8</t>
+  </si>
+  <si>
+    <t>Q98 DXL</t>
+  </si>
+  <si>
+    <t>2011Q8</t>
+  </si>
+  <si>
+    <t>Q20 US</t>
+  </si>
+  <si>
+    <t>2013Q8</t>
+  </si>
+  <si>
+    <t>Q20 DS</t>
+  </si>
+  <si>
+    <t>2014Q8</t>
+  </si>
+  <si>
+    <t>Q20 DM</t>
+  </si>
+  <si>
+    <t>2513Q8</t>
+  </si>
+  <si>
+    <t>Q25 DS</t>
+  </si>
+  <si>
+    <t>3011Q8</t>
+  </si>
+  <si>
+    <t>Q30 US</t>
+  </si>
+  <si>
+    <t>3013Q8</t>
+  </si>
+  <si>
+    <t>Q30 DS</t>
+  </si>
+  <si>
+    <t>3014Q8</t>
+  </si>
+  <si>
+    <t>Q30 DM</t>
+  </si>
+  <si>
+    <t>3016Q8</t>
+  </si>
+  <si>
+    <t>Q30 DM ext.</t>
+  </si>
+  <si>
+    <t>3511Q8</t>
+  </si>
+  <si>
+    <t>Q35 US</t>
+  </si>
+  <si>
+    <t>3513Q8</t>
+  </si>
+  <si>
+    <t>Q35 DS</t>
+  </si>
+  <si>
+    <t>3514Q8</t>
+  </si>
+  <si>
+    <t>Q35 DM</t>
+  </si>
+  <si>
+    <t>3516Q8</t>
+  </si>
+  <si>
+    <t>Q35 DM ext.</t>
+  </si>
+  <si>
+    <t>3564Q8</t>
+  </si>
+  <si>
+    <t>4011Q8</t>
+  </si>
+  <si>
+    <t>Q40 US</t>
+  </si>
+  <si>
+    <t>4014Q8</t>
+  </si>
+  <si>
+    <t>Q40 DM</t>
+  </si>
+  <si>
+    <t>4016Q8</t>
+  </si>
+  <si>
+    <t>Q40 DM ext.</t>
+  </si>
+  <si>
+    <t>4054Q8</t>
+  </si>
+  <si>
+    <t>5011Q8</t>
+  </si>
+  <si>
+    <t>Q50 US</t>
+  </si>
+  <si>
+    <t>6014Q8</t>
+  </si>
+  <si>
+    <t>Q60 DM</t>
+  </si>
+  <si>
+    <t>6016Q8</t>
+  </si>
+  <si>
+    <t>Q60 DM ext.</t>
+  </si>
+  <si>
+    <t>6044Q8</t>
+  </si>
+  <si>
+    <t>6046Q8</t>
+  </si>
+  <si>
+    <t>5116T8</t>
+  </si>
+  <si>
+    <t>+4.1 DM ext.</t>
+  </si>
+  <si>
+    <t>4611Q8</t>
+  </si>
+  <si>
+    <t>Q46 US</t>
+  </si>
+  <si>
+    <t>4614Q8</t>
+  </si>
+  <si>
+    <t>Q46 DM</t>
+  </si>
+  <si>
+    <t>4616Q8</t>
+  </si>
+  <si>
+    <t>Q46 DM ext.</t>
+  </si>
+  <si>
+    <t>4654Q8</t>
+  </si>
+  <si>
+    <t>5611Q8</t>
+  </si>
+  <si>
+    <t>Q56 US</t>
+  </si>
+  <si>
+    <t>5616Q8</t>
+  </si>
+  <si>
+    <t>Q56 DM ext.</t>
+  </si>
+  <si>
+    <t>5511Q8</t>
+  </si>
+  <si>
+    <t>Q55 US</t>
+  </si>
+  <si>
+    <t>5512Q8</t>
+  </si>
+  <si>
+    <t>Q55 UM</t>
+  </si>
+  <si>
+    <t>5514Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM</t>
+  </si>
+  <si>
+    <t>5516Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM ext.</t>
+  </si>
+  <si>
+    <t>5534Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM, DM ext</t>
+  </si>
+  <si>
+    <t>5544Q, 5546Q</t>
+  </si>
+  <si>
+    <t>5554Q8</t>
+  </si>
+  <si>
+    <t>5564Q8</t>
+  </si>
+  <si>
+    <t>6512Q8</t>
+  </si>
+  <si>
+    <t>Q65 UM</t>
+  </si>
+  <si>
+    <t>6514Q8</t>
+  </si>
+  <si>
+    <t>Q65 DM</t>
+  </si>
+  <si>
+    <t>6516Q8</t>
+  </si>
+  <si>
+    <t>Q65 DM ext.</t>
+  </si>
+  <si>
+    <t>6534Q8</t>
+  </si>
+  <si>
+    <t>6544Q8</t>
+  </si>
+  <si>
+    <t>6546Q8</t>
+  </si>
+  <si>
+    <t>6564Q8</t>
+  </si>
+  <si>
+    <t>4816Q8</t>
+  </si>
+  <si>
+    <t>Q48 DM ext.</t>
+  </si>
+  <si>
+    <t>4814Q8</t>
+  </si>
+  <si>
+    <t>Q48 DM</t>
+  </si>
+  <si>
+    <t>4912Q8</t>
+  </si>
+  <si>
+    <t>Q49 UM</t>
+  </si>
+  <si>
+    <t>4914Q8</t>
+  </si>
+  <si>
+    <t>Q49 DM</t>
+  </si>
+  <si>
     <t>5111Q8</t>
   </si>
   <si>
     <t>Q51 US</t>
   </si>
   <si>
     <t>5114Q8</t>
   </si>
   <si>
     <t>Q51 DM</t>
   </si>
   <si>
-    <t>5116Q8</t>
-[...4 lines deleted...]
-  <si>
     <t>5154Q8</t>
   </si>
   <si>
+    <t>5612Q8</t>
+  </si>
+  <si>
+    <t>Q56 UM</t>
+  </si>
+  <si>
+    <t>5614Q8</t>
+  </si>
+  <si>
+    <t>Q56 DM</t>
+  </si>
+  <si>
+    <t>5654Q8</t>
+  </si>
+  <si>
+    <t>5856Q8</t>
+  </si>
+  <si>
+    <t>Q58 DM ext.</t>
+  </si>
+  <si>
+    <t>5854Q8</t>
+  </si>
+  <si>
+    <t>Q58 DM</t>
+  </si>
+  <si>
+    <t>5816Q8</t>
+  </si>
+  <si>
+    <t>5814Q8</t>
+  </si>
+  <si>
     <t>6114Q8</t>
   </si>
   <si>
     <t>Q61 DM</t>
   </si>
   <si>
     <t>6116Q8</t>
   </si>
   <si>
     <t>Q61 DM ext.</t>
   </si>
   <si>
+    <t>6612Q8</t>
+  </si>
+  <si>
+    <t>Q66 UM</t>
+  </si>
+  <si>
+    <t>6614Q8</t>
+  </si>
+  <si>
+    <t>Q66 DM</t>
+  </si>
+  <si>
+    <t>6616Q8</t>
+  </si>
+  <si>
+    <t>Q66 DM ext.</t>
+  </si>
+  <si>
+    <t>6814Q8</t>
+  </si>
+  <si>
+    <t>Q68 DM</t>
+  </si>
+  <si>
+    <t>6816Q8</t>
+  </si>
+  <si>
+    <t>Q68 DM ext.</t>
+  </si>
+  <si>
+    <t>6854Q8</t>
+  </si>
+  <si>
+    <t>6856Q8</t>
+  </si>
+  <si>
+    <t>7612Q8</t>
+  </si>
+  <si>
+    <t>Q76 UM</t>
+  </si>
+  <si>
+    <t>7614Q8</t>
+  </si>
+  <si>
+    <t>Q76 DM</t>
+  </si>
+  <si>
+    <t>7616Q8</t>
+  </si>
+  <si>
+    <t>Q76 DM ext.</t>
+  </si>
+  <si>
+    <t>7814Q8</t>
+  </si>
+  <si>
+    <t>Q78 DM</t>
+  </si>
+  <si>
+    <t>7816Q8</t>
+  </si>
+  <si>
+    <t>Q78 DM Ext.</t>
+  </si>
+  <si>
+    <t>7854Q8</t>
+  </si>
+  <si>
     <t>8813Q8</t>
   </si>
   <si>
     <t>Q88 DL</t>
   </si>
   <si>
     <t>8853Q8</t>
   </si>
   <si>
-    <t>9810Q8</t>
-[...22 lines deleted...]
-  <si>
     <t>2511Q8</t>
   </si>
   <si>
     <t>Q25 US</t>
   </si>
   <si>
-    <t>2513Q8</t>
-[...4 lines deleted...]
-  <si>
     <t>2514Q8</t>
   </si>
   <si>
     <t>Q25 DM</t>
   </si>
   <si>
-    <t>3011Q8</t>
-[...74 lines deleted...]
-    <t>Q50 US</t>
+    <t>4511Q8</t>
+  </si>
+  <si>
+    <t>Q45 US</t>
+  </si>
+  <si>
+    <t>4514Q8</t>
+  </si>
+  <si>
+    <t>Q45 DM</t>
+  </si>
+  <si>
+    <t>4516Q8</t>
+  </si>
+  <si>
+    <t>Q45 DM ext.</t>
+  </si>
+  <si>
+    <t>4554Q8</t>
+  </si>
+  <si>
+    <t>4564Q8</t>
   </si>
   <si>
     <t>5014Q8</t>
   </si>
   <si>
     <t>Q50 DM</t>
   </si>
   <si>
     <t>5016Q8</t>
   </si>
   <si>
     <t>Q50 DM ext.</t>
   </si>
   <si>
     <t>5054Q8</t>
   </si>
   <si>
-    <t>6014Q8</t>
-[...14 lines deleted...]
-    <t>6046Q8</t>
+    <t>7512Q8</t>
+  </si>
+  <si>
+    <t>Q75 UM</t>
+  </si>
+  <si>
+    <t>7514Q8</t>
+  </si>
+  <si>
+    <t>Q75 DM</t>
+  </si>
+  <si>
+    <t>7516Q8</t>
+  </si>
+  <si>
+    <t>Q75 DM ext.</t>
+  </si>
+  <si>
+    <t>7524Q8</t>
+  </si>
+  <si>
+    <t>8513Q8</t>
+  </si>
+  <si>
+    <t>Q85 DL</t>
+  </si>
+  <si>
+    <t>8523Q8</t>
   </si>
   <si>
     <t>8713Q8</t>
-  </si>
-[...286 lines deleted...]
-    <t>8523Q8</t>
   </si>
   <si>
     <t>101158</t>
   </si>
   <si>
     <t>Q5M DM</t>
   </si>
   <si>
     <t>110158</t>
   </si>
   <si>
     <t>101156</t>
   </si>
   <si>
     <t>Q5S DM</t>
   </si>
   <si>
     <t>110156</t>
   </si>
   <si>
     <t>101751</t>
   </si>
   <si>
     <t>Q5 DM</t>
   </si>
@@ -3689,1041 +3689,1041 @@
         <v>327</v>
       </c>
       <c r="B176" s="0" t="s">
         <v>328</v>
       </c>
       <c r="C176" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="0" t="s">
         <v>329</v>
       </c>
       <c r="B177" s="0" t="s">
         <v>330</v>
       </c>
       <c r="C177" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="0" t="s">
         <v>331</v>
       </c>
       <c r="B178" s="0" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="C178" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="0" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="B179" s="0" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="C179" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="0" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="B180" s="0" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="C180" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="0" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="B181" s="0" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="C181" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="0" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="B182" s="0" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C182" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="0" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="B183" s="0" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="C183" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="0" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="B184" s="0" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="C184" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="0" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="B185" s="0" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="C185" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="0" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="B186" s="0" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="C186" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="0" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="B187" s="0" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="C187" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="0" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="B188" s="0" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="C188" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="0" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="B189" s="0" t="s">
-        <v>352</v>
+        <v>350</v>
       </c>
       <c r="C189" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="0" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="B190" s="0" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="C190" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="0" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="B191" s="0" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C191" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="0" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="B192" s="0" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="C192" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="0" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B193" s="0" t="s">
-        <v>360</v>
+        <v>357</v>
       </c>
       <c r="C193" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="0" t="s">
         <v>361</v>
       </c>
       <c r="B194" s="0" t="s">
         <v>362</v>
       </c>
       <c r="C194" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="0" t="s">
         <v>363</v>
       </c>
       <c r="B195" s="0" t="s">
         <v>364</v>
       </c>
       <c r="C195" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="0" t="s">
         <v>365</v>
       </c>
       <c r="B196" s="0" t="s">
         <v>366</v>
       </c>
       <c r="C196" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="0" t="s">
         <v>367</v>
       </c>
       <c r="B197" s="0" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="C197" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="0" t="s">
-        <v>369</v>
+        <v>368</v>
       </c>
       <c r="B198" s="0" t="s">
-        <v>366</v>
+        <v>364</v>
       </c>
       <c r="C198" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="0" t="s">
+        <v>369</v>
+      </c>
+      <c r="B199" s="0" t="s">
         <v>370</v>
-      </c>
-[...1 lines deleted...]
-        <v>371</v>
       </c>
       <c r="C199" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="0" t="s">
+        <v>371</v>
+      </c>
+      <c r="B200" s="0" t="s">
         <v>372</v>
-      </c>
-[...1 lines deleted...]
-        <v>373</v>
       </c>
       <c r="C200" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="0" t="s">
+        <v>373</v>
+      </c>
+      <c r="B201" s="0" t="s">
         <v>374</v>
-      </c>
-[...1 lines deleted...]
-        <v>375</v>
       </c>
       <c r="C201" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="0" t="s">
+        <v>375</v>
+      </c>
+      <c r="B202" s="0" t="s">
         <v>376</v>
-      </c>
-[...1 lines deleted...]
-        <v>373</v>
       </c>
       <c r="C202" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="0" t="s">
         <v>377</v>
       </c>
       <c r="B203" s="0" t="s">
-        <v>378</v>
+        <v>374</v>
       </c>
       <c r="C203" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="0" t="s">
+        <v>378</v>
+      </c>
+      <c r="B204" s="0" t="s">
         <v>379</v>
-      </c>
-[...1 lines deleted...]
-        <v>380</v>
       </c>
       <c r="C204" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="0" t="s">
+        <v>380</v>
+      </c>
+      <c r="B205" s="0" t="s">
         <v>381</v>
-      </c>
-[...1 lines deleted...]
-        <v>382</v>
       </c>
       <c r="C205" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="0" t="s">
+        <v>382</v>
+      </c>
+      <c r="B206" s="0" t="s">
         <v>383</v>
-      </c>
-[...1 lines deleted...]
-        <v>380</v>
       </c>
       <c r="C206" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="0" t="s">
         <v>384</v>
       </c>
       <c r="B207" s="0" t="s">
         <v>385</v>
       </c>
       <c r="C207" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="0" t="s">
         <v>386</v>
       </c>
       <c r="B208" s="0" t="s">
         <v>387</v>
       </c>
       <c r="C208" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="0" t="s">
         <v>388</v>
       </c>
       <c r="B209" s="0" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="C209" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="0" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="B210" s="0" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="C210" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="0" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="B211" s="0" t="s">
-        <v>53</v>
+        <v>392</v>
       </c>
       <c r="C211" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="0" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="B212" s="0" t="s">
-        <v>392</v>
+        <v>387</v>
       </c>
       <c r="C212" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="0" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="B213" s="0" t="s">
-        <v>394</v>
+        <v>387</v>
       </c>
       <c r="C213" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="0" t="s">
         <v>395</v>
       </c>
       <c r="B214" s="0" t="s">
         <v>396</v>
       </c>
       <c r="C214" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="0" t="s">
         <v>397</v>
       </c>
       <c r="B215" s="0" t="s">
         <v>398</v>
       </c>
       <c r="C215" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="0" t="s">
         <v>399</v>
       </c>
       <c r="B216" s="0" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="C216" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="0" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="B217" s="0" t="s">
-        <v>401</v>
+        <v>398</v>
       </c>
       <c r="C217" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="0" t="s">
         <v>402</v>
       </c>
       <c r="B218" s="0" t="s">
-        <v>403</v>
+        <v>398</v>
       </c>
       <c r="C218" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="0" t="s">
-        <v>404</v>
+        <v>403</v>
       </c>
       <c r="B219" s="0" t="s">
-        <v>405</v>
+        <v>400</v>
       </c>
       <c r="C219" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="0" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="B220" s="0" t="s">
-        <v>407</v>
+        <v>398</v>
       </c>
       <c r="C220" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="0" t="s">
-        <v>408</v>
+        <v>405</v>
       </c>
       <c r="B221" s="0" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="C221" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="0" t="s">
-        <v>410</v>
+        <v>407</v>
       </c>
       <c r="B222" s="0" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="C222" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="0" t="s">
-        <v>412</v>
+        <v>409</v>
       </c>
       <c r="B223" s="0" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="C223" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="0" t="s">
-        <v>414</v>
+        <v>411</v>
       </c>
       <c r="B224" s="0" t="s">
-        <v>415</v>
+        <v>412</v>
       </c>
       <c r="C224" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="0" t="s">
-        <v>416</v>
+        <v>413</v>
       </c>
       <c r="B225" s="0" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="C225" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="0" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="B226" s="0" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="C226" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="0" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="B227" s="0" t="s">
-        <v>420</v>
+        <v>416</v>
       </c>
       <c r="C227" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="0" t="s">
-        <v>421</v>
+        <v>418</v>
       </c>
       <c r="B228" s="0" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="C228" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="0" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
       <c r="B229" s="0" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="C229" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="0" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="B230" s="0" t="s">
-        <v>424</v>
+        <v>421</v>
       </c>
       <c r="C230" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="0" t="s">
-        <v>425</v>
+        <v>423</v>
       </c>
       <c r="B231" s="0" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="C231" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="0" t="s">
-        <v>427</v>
+        <v>425</v>
       </c>
       <c r="B232" s="0" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="C232" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="0" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="B233" s="0" t="s">
-        <v>430</v>
+        <v>424</v>
       </c>
       <c r="C233" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="0" t="s">
-        <v>431</v>
+        <v>428</v>
       </c>
       <c r="B234" s="0" t="s">
-        <v>432</v>
+        <v>426</v>
       </c>
       <c r="C234" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="0" t="s">
-        <v>433</v>
+        <v>429</v>
       </c>
       <c r="B235" s="0" t="s">
         <v>430</v>
       </c>
       <c r="C235" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="0" t="s">
-        <v>434</v>
+        <v>431</v>
       </c>
       <c r="B236" s="0" t="s">
         <v>432</v>
       </c>
       <c r="C236" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="0" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="B237" s="0" t="s">
-        <v>436</v>
+        <v>434</v>
       </c>
       <c r="C237" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="0" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="B238" s="0" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="C238" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="0" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="B239" s="0" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="C239" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="0" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="B240" s="0" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="C240" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="0" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="B241" s="0" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
       <c r="C241" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="0" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="B242" s="0" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="C242" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="0" t="s">
-        <v>446</v>
+        <v>444</v>
       </c>
       <c r="B243" s="0" t="s">
-        <v>447</v>
+        <v>442</v>
       </c>
       <c r="C243" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="0" t="s">
-        <v>448</v>
+        <v>445</v>
       </c>
       <c r="B244" s="0" t="s">
-        <v>449</v>
+        <v>446</v>
       </c>
       <c r="C244" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="0" t="s">
-        <v>450</v>
+        <v>447</v>
       </c>
       <c r="B245" s="0" t="s">
-        <v>451</v>
+        <v>448</v>
       </c>
       <c r="C245" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="0" t="s">
-        <v>452</v>
+        <v>449</v>
       </c>
       <c r="B246" s="0" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="C246" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="0" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="B247" s="0" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="C247" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="0" t="s">
+        <v>453</v>
+      </c>
+      <c r="B248" s="0" t="s">
         <v>454</v>
-      </c>
-[...1 lines deleted...]
-        <v>455</v>
       </c>
       <c r="C248" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="0" t="s">
-        <v>456</v>
+        <v>455</v>
       </c>
       <c r="B249" s="0" t="s">
-        <v>457</v>
+        <v>452</v>
       </c>
       <c r="C249" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="0" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="B250" s="0" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="C250" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="0" t="s">
-        <v>460</v>
+        <v>458</v>
       </c>
       <c r="B251" s="0" t="s">
-        <v>461</v>
+        <v>457</v>
       </c>
       <c r="C251" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="0" t="s">
-        <v>462</v>
+        <v>459</v>
       </c>
       <c r="B252" s="0" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="C252" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="0" t="s">
-        <v>463</v>
+        <v>461</v>
       </c>
       <c r="B253" s="0" t="s">
-        <v>464</v>
+        <v>462</v>
       </c>
       <c r="C253" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="0" t="s">
-        <v>465</v>
+        <v>463</v>
       </c>
       <c r="B254" s="0" t="s">
-        <v>459</v>
+        <v>464</v>
       </c>
       <c r="C254" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="0" t="s">
+        <v>465</v>
+      </c>
+      <c r="B255" s="0" t="s">
         <v>466</v>
-      </c>
-[...1 lines deleted...]
-        <v>459</v>
       </c>
       <c r="C255" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="0" t="s">
         <v>467</v>
       </c>
       <c r="B256" s="0" t="s">
         <v>468</v>
       </c>
       <c r="C256" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="0" t="s">
         <v>469</v>
       </c>
       <c r="B257" s="0" t="s">
-        <v>470</v>
+        <v>466</v>
       </c>
       <c r="C257" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="0" t="s">
-        <v>471</v>
+        <v>470</v>
       </c>
       <c r="B258" s="0" t="s">
-        <v>472</v>
+        <v>466</v>
       </c>
       <c r="C258" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="0" t="s">
-        <v>473</v>
+        <v>471</v>
       </c>
       <c r="B259" s="0" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="C259" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="0" t="s">
+        <v>473</v>
+      </c>
+      <c r="B260" s="0" t="s">
         <v>474</v>
-      </c>
-[...1 lines deleted...]
-        <v>470</v>
       </c>
       <c r="C260" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="0" t="s">
         <v>475</v>
       </c>
       <c r="B261" s="0" t="s">
         <v>472</v>
       </c>
       <c r="C261" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="0" t="s">
         <v>476</v>
       </c>
       <c r="B262" s="0" t="s">
-        <v>470</v>
+        <v>477</v>
       </c>
       <c r="C262" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="0" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="B263" s="0" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="C263" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="0" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="B264" s="0" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="C264" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="0" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="B265" s="0" t="s">
-        <v>482</v>
+        <v>479</v>
       </c>
       <c r="C265" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="0" t="s">
         <v>483</v>
       </c>
       <c r="B266" s="0" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C266" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="0" t="s">
+        <v>485</v>
+      </c>
+      <c r="B267" s="0" t="s">
         <v>484</v>
-      </c>
-[...1 lines deleted...]
-        <v>485</v>
       </c>
       <c r="C267" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="0" t="s">
         <v>486</v>
       </c>
       <c r="B268" s="0" t="s">
-        <v>485</v>
+        <v>53</v>
       </c>
       <c r="C268" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="0" t="s">
         <v>52</v>
       </c>
       <c r="B269" s="0" t="s">
         <v>53</v>
       </c>
       <c r="C269" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="0" t="s">
         <v>487</v>
       </c>
       <c r="B270" s="0" t="s">
         <v>488</v>
       </c>
       <c r="C270" s="0" t="s">
         <v>5</v>
@@ -6373,1041 +6373,1041 @@
         <v>327</v>
       </c>
       <c r="B420" s="0" t="s">
         <v>328</v>
       </c>
       <c r="C420" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="0" t="s">
         <v>329</v>
       </c>
       <c r="B421" s="0" t="s">
         <v>330</v>
       </c>
       <c r="C421" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="0" t="s">
         <v>331</v>
       </c>
       <c r="B422" s="0" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="C422" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="0" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="B423" s="0" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="C423" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="0" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="B424" s="0" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="C424" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="0" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="B425" s="0" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="C425" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="0" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="B426" s="0" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C426" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="0" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="B427" s="0" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="C427" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" s="0" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="B428" s="0" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="C428" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="0" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="B429" s="0" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="C429" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="0" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="B430" s="0" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="C430" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="0" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="B431" s="0" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="C431" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="0" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="B432" s="0" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="C432" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="0" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="B433" s="0" t="s">
-        <v>352</v>
+        <v>350</v>
       </c>
       <c r="C433" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="0" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="B434" s="0" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="C434" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="0" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="B435" s="0" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C435" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" s="0" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="B436" s="0" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="C436" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="0" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B437" s="0" t="s">
-        <v>360</v>
+        <v>357</v>
       </c>
       <c r="C437" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="0" t="s">
         <v>361</v>
       </c>
       <c r="B438" s="0" t="s">
         <v>362</v>
       </c>
       <c r="C438" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="0" t="s">
         <v>363</v>
       </c>
       <c r="B439" s="0" t="s">
         <v>364</v>
       </c>
       <c r="C439" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="0" t="s">
         <v>365</v>
       </c>
       <c r="B440" s="0" t="s">
         <v>366</v>
       </c>
       <c r="C440" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" s="0" t="s">
         <v>367</v>
       </c>
       <c r="B441" s="0" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="C441" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="0" t="s">
-        <v>369</v>
+        <v>368</v>
       </c>
       <c r="B442" s="0" t="s">
-        <v>366</v>
+        <v>364</v>
       </c>
       <c r="C442" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="0" t="s">
+        <v>369</v>
+      </c>
+      <c r="B443" s="0" t="s">
         <v>370</v>
-      </c>
-[...1 lines deleted...]
-        <v>371</v>
       </c>
       <c r="C443" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" s="0" t="s">
+        <v>371</v>
+      </c>
+      <c r="B444" s="0" t="s">
         <v>372</v>
-      </c>
-[...1 lines deleted...]
-        <v>373</v>
       </c>
       <c r="C444" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="0" t="s">
+        <v>373</v>
+      </c>
+      <c r="B445" s="0" t="s">
         <v>374</v>
-      </c>
-[...1 lines deleted...]
-        <v>375</v>
       </c>
       <c r="C445" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="0" t="s">
+        <v>375</v>
+      </c>
+      <c r="B446" s="0" t="s">
         <v>376</v>
-      </c>
-[...1 lines deleted...]
-        <v>373</v>
       </c>
       <c r="C446" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" s="0" t="s">
         <v>377</v>
       </c>
       <c r="B447" s="0" t="s">
-        <v>378</v>
+        <v>374</v>
       </c>
       <c r="C447" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" s="0" t="s">
+        <v>378</v>
+      </c>
+      <c r="B448" s="0" t="s">
         <v>379</v>
-      </c>
-[...1 lines deleted...]
-        <v>380</v>
       </c>
       <c r="C448" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" s="0" t="s">
+        <v>380</v>
+      </c>
+      <c r="B449" s="0" t="s">
         <v>381</v>
-      </c>
-[...1 lines deleted...]
-        <v>382</v>
       </c>
       <c r="C449" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" s="0" t="s">
+        <v>382</v>
+      </c>
+      <c r="B450" s="0" t="s">
         <v>383</v>
-      </c>
-[...1 lines deleted...]
-        <v>380</v>
       </c>
       <c r="C450" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" s="0" t="s">
         <v>384</v>
       </c>
       <c r="B451" s="0" t="s">
         <v>385</v>
       </c>
       <c r="C451" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" s="0" t="s">
         <v>386</v>
       </c>
       <c r="B452" s="0" t="s">
         <v>387</v>
       </c>
       <c r="C452" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" s="0" t="s">
         <v>388</v>
       </c>
       <c r="B453" s="0" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="C453" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" s="0" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="B454" s="0" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="C454" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" s="0" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="B455" s="0" t="s">
-        <v>53</v>
+        <v>392</v>
       </c>
       <c r="C455" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" s="0" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="B456" s="0" t="s">
-        <v>392</v>
+        <v>387</v>
       </c>
       <c r="C456" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" s="0" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="B457" s="0" t="s">
-        <v>394</v>
+        <v>387</v>
       </c>
       <c r="C457" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" s="0" t="s">
         <v>395</v>
       </c>
       <c r="B458" s="0" t="s">
         <v>396</v>
       </c>
       <c r="C458" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" s="0" t="s">
         <v>397</v>
       </c>
       <c r="B459" s="0" t="s">
         <v>398</v>
       </c>
       <c r="C459" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" s="0" t="s">
         <v>399</v>
       </c>
       <c r="B460" s="0" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="C460" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" s="0" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="B461" s="0" t="s">
-        <v>401</v>
+        <v>398</v>
       </c>
       <c r="C461" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" s="0" t="s">
         <v>402</v>
       </c>
       <c r="B462" s="0" t="s">
-        <v>403</v>
+        <v>398</v>
       </c>
       <c r="C462" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="0" t="s">
-        <v>404</v>
+        <v>403</v>
       </c>
       <c r="B463" s="0" t="s">
-        <v>405</v>
+        <v>400</v>
       </c>
       <c r="C463" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" s="0" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="B464" s="0" t="s">
-        <v>407</v>
+        <v>398</v>
       </c>
       <c r="C464" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="0" t="s">
-        <v>408</v>
+        <v>405</v>
       </c>
       <c r="B465" s="0" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="C465" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="0" t="s">
-        <v>410</v>
+        <v>407</v>
       </c>
       <c r="B466" s="0" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="C466" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="0" t="s">
-        <v>412</v>
+        <v>409</v>
       </c>
       <c r="B467" s="0" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="C467" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="0" t="s">
-        <v>414</v>
+        <v>411</v>
       </c>
       <c r="B468" s="0" t="s">
-        <v>415</v>
+        <v>412</v>
       </c>
       <c r="C468" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="0" t="s">
-        <v>416</v>
+        <v>413</v>
       </c>
       <c r="B469" s="0" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="C469" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="0" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="B470" s="0" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="C470" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="0" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="B471" s="0" t="s">
-        <v>420</v>
+        <v>416</v>
       </c>
       <c r="C471" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="0" t="s">
-        <v>421</v>
+        <v>418</v>
       </c>
       <c r="B472" s="0" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="C472" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" s="0" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
       <c r="B473" s="0" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="C473" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="0" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="B474" s="0" t="s">
-        <v>424</v>
+        <v>421</v>
       </c>
       <c r="C474" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="0" t="s">
-        <v>425</v>
+        <v>423</v>
       </c>
       <c r="B475" s="0" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="C475" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" s="0" t="s">
-        <v>427</v>
+        <v>425</v>
       </c>
       <c r="B476" s="0" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="C476" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="0" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="B477" s="0" t="s">
-        <v>430</v>
+        <v>424</v>
       </c>
       <c r="C477" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="0" t="s">
-        <v>431</v>
+        <v>428</v>
       </c>
       <c r="B478" s="0" t="s">
-        <v>432</v>
+        <v>426</v>
       </c>
       <c r="C478" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="0" t="s">
-        <v>433</v>
+        <v>429</v>
       </c>
       <c r="B479" s="0" t="s">
         <v>430</v>
       </c>
       <c r="C479" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" s="0" t="s">
-        <v>434</v>
+        <v>431</v>
       </c>
       <c r="B480" s="0" t="s">
         <v>432</v>
       </c>
       <c r="C480" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="0" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="B481" s="0" t="s">
-        <v>436</v>
+        <v>434</v>
       </c>
       <c r="C481" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" s="0" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="B482" s="0" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="C482" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" s="0" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="B483" s="0" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="C483" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" s="0" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="B484" s="0" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="C484" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" s="0" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="B485" s="0" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
       <c r="C485" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" s="0" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="B486" s="0" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="C486" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" s="0" t="s">
-        <v>446</v>
+        <v>444</v>
       </c>
       <c r="B487" s="0" t="s">
-        <v>447</v>
+        <v>442</v>
       </c>
       <c r="C487" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" s="0" t="s">
-        <v>448</v>
+        <v>445</v>
       </c>
       <c r="B488" s="0" t="s">
-        <v>449</v>
+        <v>446</v>
       </c>
       <c r="C488" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="489">
       <c r="A489" s="0" t="s">
-        <v>450</v>
+        <v>447</v>
       </c>
       <c r="B489" s="0" t="s">
-        <v>451</v>
+        <v>448</v>
       </c>
       <c r="C489" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" s="0" t="s">
-        <v>452</v>
+        <v>449</v>
       </c>
       <c r="B490" s="0" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="C490" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" s="0" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="B491" s="0" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="C491" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" s="0" t="s">
+        <v>453</v>
+      </c>
+      <c r="B492" s="0" t="s">
         <v>454</v>
-      </c>
-[...1 lines deleted...]
-        <v>455</v>
       </c>
       <c r="C492" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="493">
       <c r="A493" s="0" t="s">
-        <v>456</v>
+        <v>455</v>
       </c>
       <c r="B493" s="0" t="s">
-        <v>457</v>
+        <v>452</v>
       </c>
       <c r="C493" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="494">
       <c r="A494" s="0" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="B494" s="0" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="C494" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" s="0" t="s">
-        <v>460</v>
+        <v>458</v>
       </c>
       <c r="B495" s="0" t="s">
-        <v>461</v>
+        <v>457</v>
       </c>
       <c r="C495" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="496">
       <c r="A496" s="0" t="s">
-        <v>462</v>
+        <v>459</v>
       </c>
       <c r="B496" s="0" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="C496" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" s="0" t="s">
-        <v>463</v>
+        <v>461</v>
       </c>
       <c r="B497" s="0" t="s">
-        <v>464</v>
+        <v>462</v>
       </c>
       <c r="C497" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="498">
       <c r="A498" s="0" t="s">
-        <v>465</v>
+        <v>463</v>
       </c>
       <c r="B498" s="0" t="s">
-        <v>459</v>
+        <v>464</v>
       </c>
       <c r="C498" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="499">
       <c r="A499" s="0" t="s">
+        <v>465</v>
+      </c>
+      <c r="B499" s="0" t="s">
         <v>466</v>
-      </c>
-[...1 lines deleted...]
-        <v>459</v>
       </c>
       <c r="C499" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="500">
       <c r="A500" s="0" t="s">
         <v>467</v>
       </c>
       <c r="B500" s="0" t="s">
         <v>468</v>
       </c>
       <c r="C500" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="501">
       <c r="A501" s="0" t="s">
         <v>469</v>
       </c>
       <c r="B501" s="0" t="s">
-        <v>470</v>
+        <v>466</v>
       </c>
       <c r="C501" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="502">
       <c r="A502" s="0" t="s">
-        <v>471</v>
+        <v>470</v>
       </c>
       <c r="B502" s="0" t="s">
-        <v>472</v>
+        <v>466</v>
       </c>
       <c r="C502" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="503">
       <c r="A503" s="0" t="s">
-        <v>473</v>
+        <v>471</v>
       </c>
       <c r="B503" s="0" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="C503" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="504">
       <c r="A504" s="0" t="s">
+        <v>473</v>
+      </c>
+      <c r="B504" s="0" t="s">
         <v>474</v>
-      </c>
-[...1 lines deleted...]
-        <v>470</v>
       </c>
       <c r="C504" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" s="0" t="s">
         <v>475</v>
       </c>
       <c r="B505" s="0" t="s">
         <v>472</v>
       </c>
       <c r="C505" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="506">
       <c r="A506" s="0" t="s">
         <v>476</v>
       </c>
       <c r="B506" s="0" t="s">
-        <v>470</v>
+        <v>477</v>
       </c>
       <c r="C506" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" s="0" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="B507" s="0" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="C507" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" s="0" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="B508" s="0" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="C508" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="509">
       <c r="A509" s="0" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="B509" s="0" t="s">
-        <v>482</v>
+        <v>479</v>
       </c>
       <c r="C509" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="510">
       <c r="A510" s="0" t="s">
         <v>483</v>
       </c>
       <c r="B510" s="0" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C510" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="511">
       <c r="A511" s="0" t="s">
+        <v>485</v>
+      </c>
+      <c r="B511" s="0" t="s">
         <v>484</v>
-      </c>
-[...1 lines deleted...]
-        <v>485</v>
       </c>
       <c r="C511" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="512">
       <c r="A512" s="0" t="s">
         <v>486</v>
       </c>
       <c r="B512" s="0" t="s">
-        <v>485</v>
+        <v>53</v>
       </c>
       <c r="C512" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="513">
       <c r="A513" s="0" t="s">
         <v>52</v>
       </c>
       <c r="B513" s="0" t="s">
         <v>53</v>
       </c>
       <c r="C513" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="514">
       <c r="A514" s="0" t="s">
         <v>45</v>
       </c>
       <c r="B514" s="0" t="s">
         <v>46</v>
       </c>
       <c r="C514" s="0" t="s">
         <v>499</v>