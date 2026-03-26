--- v1 (2025-12-26)
+++ v2 (2026-03-26)
@@ -15,191 +15,191 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Part" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="558" uniqueCount="558">
   <si>
     <t>Product No</t>
   </si>
   <si>
     <t>Product name</t>
   </si>
   <si>
     <t>Path</t>
   </si>
   <si>
+    <t>110138</t>
+  </si>
+  <si>
+    <t>Q3M DM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LCS/ </t>
+  </si>
+  <si>
+    <t>110136</t>
+  </si>
+  <si>
+    <t>Q3S DM</t>
+  </si>
+  <si>
+    <t>101733</t>
+  </si>
+  <si>
+    <t>Q3 DM</t>
+  </si>
+  <si>
+    <t>101136</t>
+  </si>
+  <si>
     <t>101138</t>
   </si>
   <si>
-    <t>Q3M DM</t>
-[...20 lines deleted...]
-    <t>Q3 DM</t>
+    <t>110148</t>
+  </si>
+  <si>
+    <t>Q4M DM</t>
+  </si>
+  <si>
+    <t>110146</t>
+  </si>
+  <si>
+    <t>Q4S DM</t>
+  </si>
+  <si>
+    <t>110139</t>
+  </si>
+  <si>
+    <t>Q3L DM</t>
   </si>
   <si>
     <t>101148</t>
   </si>
   <si>
-    <t>Q4M DM</t>
-[...2 lines deleted...]
-    <t>110148</t>
+    <t>101139</t>
+  </si>
+  <si>
+    <t>101741</t>
+  </si>
+  <si>
+    <t>Q4 DM</t>
   </si>
   <si>
     <t>101146</t>
   </si>
   <si>
-    <t>Q4S DM</t>
-[...17 lines deleted...]
-    <t>110139</t>
+    <t>110159</t>
+  </si>
+  <si>
+    <t>Q5L DM</t>
   </si>
   <si>
     <t>101159</t>
   </si>
   <si>
-    <t>Q5L DM</t>
-[...2 lines deleted...]
-    <t>110159</t>
+    <t>110168</t>
+  </si>
+  <si>
+    <t>Q6M DM</t>
+  </si>
+  <si>
+    <t>110166</t>
+  </si>
+  <si>
+    <t>Q6S DM</t>
   </si>
   <si>
     <t>101168</t>
   </si>
   <si>
-    <t>Q6M DM</t>
-[...4 lines deleted...]
-  <si>
     <t>101166</t>
   </si>
   <si>
-    <t>Q6S DM</t>
-[...4 lines deleted...]
-  <si>
     <t>101761</t>
   </si>
   <si>
     <t>Q6 DM</t>
   </si>
   <si>
     <t>101268</t>
   </si>
   <si>
     <t>Q6M DL</t>
   </si>
   <si>
+    <t>110178</t>
+  </si>
+  <si>
+    <t>Q7M DM</t>
+  </si>
+  <si>
+    <t>110176</t>
+  </si>
+  <si>
+    <t>Q7S DM</t>
+  </si>
+  <si>
+    <t>110169</t>
+  </si>
+  <si>
+    <t>Q6L DM</t>
+  </si>
+  <si>
     <t>101178</t>
   </si>
   <si>
-    <t>Q7M DM</t>
-[...4 lines deleted...]
-  <si>
     <t>101176</t>
   </si>
   <si>
-    <t>Q7S DM</t>
-[...4 lines deleted...]
-  <si>
     <t>101169</t>
   </si>
   <si>
-    <t>Q6L DM</t>
-[...2 lines deleted...]
-    <t>110169</t>
+    <t>110288</t>
+  </si>
+  <si>
+    <t>Q8M DL</t>
   </si>
   <si>
     <t>101286</t>
   </si>
   <si>
     <t>Q8S DL</t>
   </si>
   <si>
     <t>101288</t>
   </si>
   <si>
-    <t>Q8M DL</t>
-[...4 lines deleted...]
-  <si>
     <t>101179</t>
   </si>
   <si>
     <t>Q7L DM</t>
   </si>
   <si>
     <t>8753Q8</t>
   </si>
   <si>
     <t>Q85x DL</t>
   </si>
   <si>
     <t xml:space="preserve">Hydro Quick 6/ </t>
   </si>
   <si>
     <t>3011T8</t>
   </si>
   <si>
     <t>+2.0 US</t>
   </si>
   <si>
     <t xml:space="preserve">Multi Doc 4/ </t>
   </si>
   <si>
     <t>3013T8</t>
@@ -1467,81 +1467,81 @@
   <si>
     <t>Q75 DM</t>
   </si>
   <si>
     <t>7516Q8</t>
   </si>
   <si>
     <t>Q75 DM ext.</t>
   </si>
   <si>
     <t>7524Q8</t>
   </si>
   <si>
     <t>8513Q8</t>
   </si>
   <si>
     <t>Q85 DL</t>
   </si>
   <si>
     <t>8523Q8</t>
   </si>
   <si>
     <t>8713Q8</t>
   </si>
   <si>
+    <t>110158</t>
+  </si>
+  <si>
+    <t>Q5M DM</t>
+  </si>
+  <si>
+    <t>110156</t>
+  </si>
+  <si>
+    <t>Q5S DM</t>
+  </si>
+  <si>
+    <t>110149</t>
+  </si>
+  <si>
+    <t>Q4L DM</t>
+  </si>
+  <si>
     <t>101158</t>
   </si>
   <si>
-    <t>Q5M DM</t>
-[...4 lines deleted...]
-  <si>
     <t>101156</t>
   </si>
   <si>
-    <t>Q5S DM</t>
-[...4 lines deleted...]
-  <si>
     <t>101751</t>
   </si>
   <si>
     <t>Q5 DM</t>
   </si>
   <si>
     <t>101149</t>
-  </si>
-[...4 lines deleted...]
-    <t>110149</t>
   </si>
   <si>
     <t xml:space="preserve">/ </t>
   </si>
   <si>
     <t xml:space="preserve">HQ-4/ </t>
   </si>
   <si>
     <t>101D96</t>
   </si>
   <si>
     <t>Q9S DXL</t>
   </si>
   <si>
     <t>1080 DM</t>
   </si>
   <si>
     <t xml:space="preserve">Hydroquick/ </t>
   </si>
   <si>
     <t>1085 DM</t>
   </si>
   <si>
     <t>1070 DM</t>
   </si>
@@ -1764,348 +1764,348 @@
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>12</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>22</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>25</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>28</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>31</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>34</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>36</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>37</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>38</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>44</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
         <v>45</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>46</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
         <v>47</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>48</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
         <v>49</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>51</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
         <v>52</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>53</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>54</v>
@@ -4712,106 +4712,106 @@
         <v>52</v>
       </c>
       <c r="B269" s="0" t="s">
         <v>53</v>
       </c>
       <c r="C269" s="0" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="0" t="s">
         <v>487</v>
       </c>
       <c r="B270" s="0" t="s">
         <v>488</v>
       </c>
       <c r="C270" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="0" t="s">
         <v>489</v>
       </c>
       <c r="B271" s="0" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="C271" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="0" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="B272" s="0" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="C272" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="0" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="B273" s="0" t="s">
-        <v>491</v>
+        <v>488</v>
       </c>
       <c r="C273" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="0" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="B274" s="0" t="s">
-        <v>494</v>
+        <v>490</v>
       </c>
       <c r="C274" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="0" t="s">
         <v>495</v>
       </c>
       <c r="B275" s="0" t="s">
         <v>496</v>
       </c>
       <c r="C275" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="0" t="s">
         <v>497</v>
       </c>
       <c r="B276" s="0" t="s">
-        <v>496</v>
+        <v>492</v>
       </c>
       <c r="C276" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="0" t="s">
         <v>55</v>
       </c>
       <c r="B277" s="0" t="s">
         <v>56</v>
       </c>
       <c r="C277" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="0" t="s">
         <v>58</v>
       </c>
       <c r="B278" s="0" t="s">
         <v>59</v>
       </c>
       <c r="C278" s="0" t="s">
         <v>498</v>
@@ -7382,450 +7382,450 @@
     </row>
     <row r="512">
       <c r="A512" s="0" t="s">
         <v>486</v>
       </c>
       <c r="B512" s="0" t="s">
         <v>53</v>
       </c>
       <c r="C512" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="513">
       <c r="A513" s="0" t="s">
         <v>52</v>
       </c>
       <c r="B513" s="0" t="s">
         <v>53</v>
       </c>
       <c r="C513" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="514">
       <c r="A514" s="0" t="s">
-        <v>45</v>
+        <v>34</v>
       </c>
       <c r="B514" s="0" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="C514" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="515">
       <c r="A515" s="0" t="s">
         <v>47</v>
       </c>
       <c r="B515" s="0" t="s">
         <v>48</v>
       </c>
       <c r="C515" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="516">
       <c r="A516" s="0" t="s">
         <v>500</v>
       </c>
       <c r="B516" s="0" t="s">
         <v>501</v>
       </c>
       <c r="C516" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="517">
       <c r="A517" s="0" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B517" s="0" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="C517" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="518">
       <c r="A518" s="0" t="s">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="B518" s="0" t="s">
-        <v>37</v>
+        <v>51</v>
       </c>
       <c r="C518" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="519">
       <c r="A519" s="0" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="B519" s="0" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="C519" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="520">
       <c r="A520" s="0" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B520" s="0" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="C520" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="521">
       <c r="A521" s="0" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="B521" s="0" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="C521" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="522">
       <c r="A522" s="0" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="B522" s="0" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="C522" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="523">
       <c r="A523" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="B523" s="0" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="C523" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="524">
       <c r="A524" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B524" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C524" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="525">
       <c r="A525" s="0" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B525" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C525" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="526">
       <c r="A526" s="0" t="s">
-        <v>487</v>
+        <v>493</v>
       </c>
       <c r="B526" s="0" t="s">
         <v>488</v>
       </c>
       <c r="C526" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="527">
       <c r="A527" s="0" t="s">
+        <v>494</v>
+      </c>
+      <c r="B527" s="0" t="s">
         <v>490</v>
-      </c>
-[...1 lines deleted...]
-        <v>491</v>
       </c>
       <c r="C527" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="528">
       <c r="A528" s="0" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="B528" s="0" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="C528" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="529">
       <c r="A529" s="0" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B529" s="0" t="s">
-        <v>496</v>
+        <v>492</v>
       </c>
       <c r="C529" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="530">
       <c r="A530" s="0" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="B530" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C530" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="531">
       <c r="A531" s="0" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="B531" s="0" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="C531" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="532">
       <c r="A532" s="0" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="B532" s="0" t="s">
-        <v>19</v>
+        <v>7</v>
       </c>
       <c r="C532" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="533">
       <c r="A533" s="0" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B533" s="0" t="s">
-        <v>21</v>
+        <v>4</v>
       </c>
       <c r="C533" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="534">
       <c r="A534" s="0" t="s">
-        <v>3</v>
+        <v>19</v>
       </c>
       <c r="B534" s="0" t="s">
-        <v>4</v>
+        <v>17</v>
       </c>
       <c r="C534" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="535">
       <c r="A535" s="0" t="s">
-        <v>7</v>
+        <v>20</v>
       </c>
       <c r="B535" s="0" t="s">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="C535" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="536">
       <c r="A536" s="0" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="B536" s="0" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C536" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="537">
       <c r="A537" s="0" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="B537" s="0" t="s">
         <v>37</v>
       </c>
       <c r="C537" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="538">
       <c r="A538" s="0" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="B538" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C538" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="539">
       <c r="A539" s="0" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="B539" s="0" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C539" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="540">
       <c r="A540" s="0" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="B540" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C540" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="541">
       <c r="A541" s="0" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="B541" s="0" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C541" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="542">
       <c r="A542" s="0" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B542" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C542" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="543">
       <c r="A543" s="0" t="s">
-        <v>489</v>
+        <v>487</v>
       </c>
       <c r="B543" s="0" t="s">
         <v>488</v>
       </c>
       <c r="C543" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="544">
       <c r="A544" s="0" t="s">
-        <v>492</v>
+        <v>489</v>
       </c>
       <c r="B544" s="0" t="s">
-        <v>491</v>
+        <v>490</v>
       </c>
       <c r="C544" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="545">
       <c r="A545" s="0" t="s">
-        <v>497</v>
+        <v>491</v>
       </c>
       <c r="B545" s="0" t="s">
-        <v>496</v>
+        <v>492</v>
       </c>
       <c r="C545" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="546">
       <c r="A546" s="0" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="B546" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C546" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="547">
       <c r="A547" s="0" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="B547" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C547" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="548">
       <c r="A548" s="0" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="B548" s="0" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="C548" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="549">
       <c r="A549" s="0" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="B549" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C549" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="550">
       <c r="A550" s="0" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="B550" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C550" s="0" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="551">
       <c r="C551" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="552">
       <c r="C552" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="553">
       <c r="C553" s="0" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="554">
       <c r="C554" s="0" t="s">
         <v>498</v>
       </c>
     </row>