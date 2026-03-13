--- v0 (2025-10-19)
+++ v1 (2026-03-13)
@@ -168,612 +168,612 @@
   <si>
     <t>3916Q8</t>
   </si>
   <si>
     <t>Q39 DM ext.</t>
   </si>
   <si>
     <t>4114Q8</t>
   </si>
   <si>
     <t>Q41 DM</t>
   </si>
   <si>
     <t>4154Q8</t>
   </si>
   <si>
     <t>Bearing boxes/60008017 Locking kit S/N 7371333 -</t>
   </si>
   <si>
     <t>4916Q8</t>
   </si>
   <si>
     <t>Q49 DM ext.</t>
   </si>
   <si>
+    <t>5116Q8</t>
+  </si>
+  <si>
+    <t>Q51 DM ext.</t>
+  </si>
+  <si>
+    <t>9810Q8</t>
+  </si>
+  <si>
+    <t>Q98 DXL</t>
+  </si>
+  <si>
+    <t>2013Q8</t>
+  </si>
+  <si>
+    <t>Q20 DS</t>
+  </si>
+  <si>
+    <t>2014Q8</t>
+  </si>
+  <si>
+    <t>Q20 DM</t>
+  </si>
+  <si>
+    <t>2513Q8</t>
+  </si>
+  <si>
+    <t>Q25 DS</t>
+  </si>
+  <si>
+    <t>3013Q8</t>
+  </si>
+  <si>
+    <t>Q30 DS</t>
+  </si>
+  <si>
+    <t>3014Q8</t>
+  </si>
+  <si>
+    <t>Q30 DM</t>
+  </si>
+  <si>
+    <t>3016Q8</t>
+  </si>
+  <si>
+    <t>Q30 DM ext.</t>
+  </si>
+  <si>
+    <t>3513Q8</t>
+  </si>
+  <si>
+    <t>Q35 DS</t>
+  </si>
+  <si>
+    <t>3514Q8</t>
+  </si>
+  <si>
+    <t>Q35 DM</t>
+  </si>
+  <si>
+    <t>3516Q8</t>
+  </si>
+  <si>
+    <t>Q35 DM ext.</t>
+  </si>
+  <si>
+    <t>3564Q8</t>
+  </si>
+  <si>
+    <t>4014Q8</t>
+  </si>
+  <si>
+    <t>Q40 DM</t>
+  </si>
+  <si>
+    <t>4016Q8</t>
+  </si>
+  <si>
+    <t>Q40 DM ext.</t>
+  </si>
+  <si>
+    <t>4054Q8</t>
+  </si>
+  <si>
+    <t>6014Q8</t>
+  </si>
+  <si>
+    <t>Q60 DM</t>
+  </si>
+  <si>
+    <t>6016Q8</t>
+  </si>
+  <si>
+    <t>Q60 DM ext.</t>
+  </si>
+  <si>
+    <t>6044Q8</t>
+  </si>
+  <si>
+    <t>6046Q8</t>
+  </si>
+  <si>
+    <t>8753Q8</t>
+  </si>
+  <si>
+    <t>Q85x DL</t>
+  </si>
+  <si>
+    <t>4614Q8</t>
+  </si>
+  <si>
+    <t>Q46 DM</t>
+  </si>
+  <si>
+    <t>4616Q8</t>
+  </si>
+  <si>
+    <t>Q46 DM ext.</t>
+  </si>
+  <si>
+    <t>4654Q8</t>
+  </si>
+  <si>
+    <t>5616Q8</t>
+  </si>
+  <si>
+    <t>Q56 DM ext.</t>
+  </si>
+  <si>
+    <t>5514Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM</t>
+  </si>
+  <si>
+    <t>5516Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM ext.</t>
+  </si>
+  <si>
+    <t>5534Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM, DM ext</t>
+  </si>
+  <si>
+    <t>5544Q, 5546Q</t>
+  </si>
+  <si>
+    <t>5554Q8</t>
+  </si>
+  <si>
+    <t>5564Q8</t>
+  </si>
+  <si>
+    <t>6514Q8</t>
+  </si>
+  <si>
+    <t>Q65 DM</t>
+  </si>
+  <si>
+    <t>6516Q8</t>
+  </si>
+  <si>
+    <t>Q65 DM ext.</t>
+  </si>
+  <si>
+    <t>6534Q8</t>
+  </si>
+  <si>
+    <t>6544Q8</t>
+  </si>
+  <si>
+    <t>6546Q8</t>
+  </si>
+  <si>
+    <t>6564Q8</t>
+  </si>
+  <si>
+    <t>4816Q8</t>
+  </si>
+  <si>
+    <t>Q48 DM ext.</t>
+  </si>
+  <si>
+    <t>4814Q8</t>
+  </si>
+  <si>
+    <t>Q48 DM</t>
+  </si>
+  <si>
+    <t>4914Q8</t>
+  </si>
+  <si>
+    <t>Q49 DM</t>
+  </si>
+  <si>
     <t>5114Q8</t>
   </si>
   <si>
     <t>Q51 DM</t>
   </si>
   <si>
-    <t>5116Q8</t>
-[...4 lines deleted...]
-  <si>
     <t>5154Q8</t>
   </si>
   <si>
+    <t>5614Q8</t>
+  </si>
+  <si>
+    <t>Q56 DM</t>
+  </si>
+  <si>
+    <t>5654Q8</t>
+  </si>
+  <si>
+    <t>5856Q8</t>
+  </si>
+  <si>
+    <t>Q58 DM ext.</t>
+  </si>
+  <si>
+    <t>5854Q8</t>
+  </si>
+  <si>
+    <t>Q58 DM</t>
+  </si>
+  <si>
+    <t>5816Q8</t>
+  </si>
+  <si>
+    <t>5814Q8</t>
+  </si>
+  <si>
     <t>6114Q8</t>
   </si>
   <si>
     <t>Q61 DM</t>
   </si>
   <si>
     <t>6116Q8</t>
   </si>
   <si>
     <t>Q61 DM ext.</t>
   </si>
   <si>
+    <t>6614Q8</t>
+  </si>
+  <si>
+    <t>Q66 DM</t>
+  </si>
+  <si>
+    <t>6616Q8</t>
+  </si>
+  <si>
+    <t>Q66 DM ext.</t>
+  </si>
+  <si>
+    <t>6814Q8</t>
+  </si>
+  <si>
+    <t>Q68 DM</t>
+  </si>
+  <si>
+    <t>6816Q8</t>
+  </si>
+  <si>
+    <t>Q68 DM ext.</t>
+  </si>
+  <si>
+    <t>6854Q8</t>
+  </si>
+  <si>
+    <t>6856Q8</t>
+  </si>
+  <si>
+    <t>7614Q8</t>
+  </si>
+  <si>
+    <t>Q76 DM</t>
+  </si>
+  <si>
+    <t>7616Q8</t>
+  </si>
+  <si>
+    <t>Q76 DM ext.</t>
+  </si>
+  <si>
+    <t>7814Q8</t>
+  </si>
+  <si>
+    <t>Q78 DM</t>
+  </si>
+  <si>
+    <t>7816Q8</t>
+  </si>
+  <si>
+    <t>Q78 DM Ext.</t>
+  </si>
+  <si>
+    <t>7854Q8</t>
+  </si>
+  <si>
     <t>8813Q8</t>
   </si>
   <si>
     <t>Q88 DL</t>
   </si>
   <si>
     <t>8853Q8</t>
   </si>
   <si>
-    <t>9810Q8</t>
-[...22 lines deleted...]
-  <si>
     <t>2514Q8</t>
   </si>
   <si>
     <t>Q25 DM</t>
   </si>
   <si>
-    <t>3013Q8</t>
-[...50 lines deleted...]
-    <t>4054Q8</t>
+    <t>4514Q8</t>
+  </si>
+  <si>
+    <t>Q45 DM</t>
+  </si>
+  <si>
+    <t>4516Q8</t>
+  </si>
+  <si>
+    <t>Q45 DM ext.</t>
+  </si>
+  <si>
+    <t>4554Q8</t>
+  </si>
+  <si>
+    <t>4564Q8</t>
   </si>
   <si>
     <t>5014Q8</t>
   </si>
   <si>
     <t>Q50 DM</t>
   </si>
   <si>
     <t>5016Q8</t>
   </si>
   <si>
     <t>Q50 DM ext.</t>
   </si>
   <si>
     <t>5054Q8</t>
   </si>
   <si>
-    <t>6014Q8</t>
-[...14 lines deleted...]
-    <t>6046Q8</t>
+    <t>7514Q8</t>
+  </si>
+  <si>
+    <t>Q75 DM</t>
+  </si>
+  <si>
+    <t>7516Q8</t>
+  </si>
+  <si>
+    <t>Q75 DM ext.</t>
+  </si>
+  <si>
+    <t>7524Q8</t>
+  </si>
+  <si>
+    <t>8513Q8</t>
+  </si>
+  <si>
+    <t>Q85 DL</t>
+  </si>
+  <si>
+    <t>8523Q8</t>
   </si>
   <si>
     <t>8713Q8</t>
   </si>
   <si>
-    <t>Q85x DL</t>
-[...218 lines deleted...]
-    <t>8523Q8</t>
+    <t>101268</t>
+  </si>
+  <si>
+    <t>Q6M DL</t>
+  </si>
+  <si>
+    <t>101286</t>
+  </si>
+  <si>
+    <t>Q8S DL</t>
+  </si>
+  <si>
+    <t>101D96</t>
+  </si>
+  <si>
+    <t>Q9S DXL</t>
+  </si>
+  <si>
+    <t>101288</t>
+  </si>
+  <si>
+    <t>Q8M DL</t>
+  </si>
+  <si>
+    <t>101179</t>
+  </si>
+  <si>
+    <t>Q7L DM</t>
+  </si>
+  <si>
+    <t>101278</t>
+  </si>
+  <si>
+    <t>Q7M DL</t>
+  </si>
+  <si>
+    <t>101178</t>
+  </si>
+  <si>
+    <t>Q7M DM</t>
+  </si>
+  <si>
+    <t>101176</t>
+  </si>
+  <si>
+    <t>Q7S DM</t>
+  </si>
+  <si>
+    <t>101169</t>
+  </si>
+  <si>
+    <t>Q6L DM</t>
+  </si>
+  <si>
+    <t>101168</t>
+  </si>
+  <si>
+    <t>Q6M DM</t>
+  </si>
+  <si>
+    <t>101166</t>
+  </si>
+  <si>
+    <t>Q6S DM</t>
+  </si>
+  <si>
+    <t>101761</t>
+  </si>
+  <si>
+    <t>Q6 DM</t>
+  </si>
+  <si>
+    <t>101159</t>
+  </si>
+  <si>
+    <t>Q5L DM</t>
+  </si>
+  <si>
+    <t>101158</t>
+  </si>
+  <si>
+    <t>Q5M DM</t>
+  </si>
+  <si>
+    <t>101156</t>
+  </si>
+  <si>
+    <t>Q5S DM</t>
+  </si>
+  <si>
+    <t>101751</t>
+  </si>
+  <si>
+    <t>Q5 DM</t>
+  </si>
+  <si>
+    <t>101149</t>
+  </si>
+  <si>
+    <t>Q4L DM</t>
+  </si>
+  <si>
+    <t>101148</t>
+  </si>
+  <si>
+    <t>Q4M DM</t>
+  </si>
+  <si>
+    <t>101733</t>
+  </si>
+  <si>
+    <t>Q3 DM</t>
+  </si>
+  <si>
+    <t>101136</t>
+  </si>
+  <si>
+    <t>Q3S DM</t>
+  </si>
+  <si>
+    <t>101138</t>
+  </si>
+  <si>
+    <t>Q3M DM</t>
+  </si>
+  <si>
+    <t>101139</t>
+  </si>
+  <si>
+    <t>Q3L DM</t>
+  </si>
+  <si>
+    <t>101741</t>
+  </si>
+  <si>
+    <t>Q4 DM</t>
+  </si>
+  <si>
+    <t>101146</t>
+  </si>
+  <si>
+    <t>Q4S DM</t>
+  </si>
+  <si>
+    <t>501741</t>
+  </si>
+  <si>
+    <t>N4 DM</t>
   </si>
   <si>
     <t>501146</t>
   </si>
   <si>
     <t>N4S DM</t>
   </si>
   <si>
+    <t>501751</t>
+  </si>
+  <si>
+    <t>N5 DM</t>
+  </si>
+  <si>
     <t>501156</t>
   </si>
   <si>
     <t>N5S DM</t>
   </si>
   <si>
     <t>501158</t>
   </si>
   <si>
     <t>N5M DM</t>
   </si>
   <si>
     <t>501166</t>
   </si>
   <si>
     <t>N6S DM</t>
   </si>
   <si>
-    <t>501741</t>
-[...10 lines deleted...]
-  <si>
     <t>501761</t>
   </si>
   <si>
     <t>N6 DM</t>
-  </si>
-[...142 lines deleted...]
-    <t>Q3 DM</t>
   </si>
   <si>
     <t xml:space="preserve">/ </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
@@ -1117,854 +1117,854 @@
         <v>54</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>55</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
         <v>56</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>57</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
         <v>58</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>51</v>
+        <v>13</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
         <v>82</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>83</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
         <v>84</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>85</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
         <v>86</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="B49" s="0" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
+        <v>90</v>
+      </c>
+      <c r="B50" s="0" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="B51" s="0" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
         <v>94</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="B53" s="0" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="B54" s="0" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
         <v>99</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>100</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
         <v>101</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="B57" s="0" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
         <v>104</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
         <v>105</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>106</v>
+        <v>98</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="B60" s="0" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
         <v>108</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>109</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
         <v>110</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>51</v>
+        <v>13</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>116</v>
+        <v>107</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>51</v>
+        <v>13</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>51</v>
+        <v>13</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>51</v>
+        <v>13</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>51</v>
+        <v>13</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>51</v>
+        <v>13</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>51</v>
+        <v>13</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="B73" s="0" t="s">
         <v>127</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>51</v>
+        <v>13</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>133</v>
+        <v>127</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>135</v>
+        <v>129</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="B78" s="0" t="s">
         <v>135</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="B79" s="0" t="s">
         <v>137</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>147</v>
+        <v>141</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>156</v>
+        <v>151</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="B91" s="0" t="s">
         <v>156</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
+        <v>162</v>
+      </c>
+      <c r="B94" s="0" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
         <v>164</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>167</v>
+        <v>161</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="B98" s="0" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
         <v>170</v>
       </c>
       <c r="B99" s="0" t="s">
         <v>167</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
         <v>171</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>165</v>
+        <v>172</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
         <v>176</v>
       </c>
       <c r="B103" s="0" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
+        <v>178</v>
+      </c>
+      <c r="B104" s="0" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
         <v>179</v>
       </c>
       <c r="B105" s="0" t="s">
-        <v>178</v>
+        <v>89</v>
       </c>
       <c r="C105" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
         <v>180</v>
       </c>
       <c r="B106" s="0" t="s">
         <v>181</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
         <v>182</v>
       </c>
       <c r="B107" s="0" t="s">
         <v>183</v>
       </c>
       <c r="C107" s="0" t="s">
         <v>4</v>