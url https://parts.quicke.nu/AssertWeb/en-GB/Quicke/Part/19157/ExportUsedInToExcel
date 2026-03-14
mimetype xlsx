--- v0 (2025-12-13)
+++ v1 (2026-03-14)
@@ -150,131 +150,131 @@
   <si>
     <t>6546Q8</t>
   </si>
   <si>
     <t>Q65 DM ext.</t>
   </si>
   <si>
     <t>6544Q8</t>
   </si>
   <si>
     <t>Q65 DM</t>
   </si>
   <si>
     <t>6534Q8</t>
   </si>
   <si>
     <t>6512Q8</t>
   </si>
   <si>
     <t>Q65 UM</t>
   </si>
   <si>
     <t>6564Q8</t>
   </si>
   <si>
+    <t>110288</t>
+  </si>
+  <si>
+    <t>Q8M DL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Maintenance kits/ </t>
+  </si>
+  <si>
+    <t>110178</t>
+  </si>
+  <si>
+    <t>Q7M DM</t>
+  </si>
+  <si>
+    <t>110176</t>
+  </si>
+  <si>
+    <t>Q7S DM</t>
+  </si>
+  <si>
+    <t>110169</t>
+  </si>
+  <si>
+    <t>Q6L DM</t>
+  </si>
+  <si>
+    <t>110168</t>
+  </si>
+  <si>
+    <t>Q6M DM</t>
+  </si>
+  <si>
+    <t>110166</t>
+  </si>
+  <si>
+    <t>Q6S DM</t>
+  </si>
+  <si>
+    <t>101268</t>
+  </si>
+  <si>
+    <t>Q6M DL</t>
+  </si>
+  <si>
     <t>101286</t>
   </si>
   <si>
     <t>Q8S DL</t>
   </si>
   <si>
-    <t xml:space="preserve">Maintenance kits/ </t>
-[...1 lines deleted...]
-  <si>
     <t>101288</t>
   </si>
   <si>
-    <t>Q8M DL</t>
-[...4 lines deleted...]
-  <si>
     <t>101179</t>
   </si>
   <si>
     <t>Q7L DM</t>
   </si>
   <si>
+    <t>101278</t>
+  </si>
+  <si>
+    <t>Q7M DL</t>
+  </si>
+  <si>
     <t>101178</t>
   </si>
   <si>
-    <t>Q7M DM</t>
-[...4 lines deleted...]
-  <si>
     <t>101176</t>
   </si>
   <si>
-    <t>Q7S DM</t>
-[...4 lines deleted...]
-  <si>
     <t>101169</t>
   </si>
   <si>
-    <t>Q6L DM</t>
-[...4 lines deleted...]
-  <si>
     <t>101168</t>
   </si>
   <si>
-    <t>Q6M DM</t>
-[...10 lines deleted...]
-  <si>
     <t>101166</t>
   </si>
   <si>
-    <t>Q6S DM</t>
-[...10 lines deleted...]
-  <si>
     <t>101761</t>
   </si>
   <si>
     <t>Q6 DM</t>
   </si>
   <si>
     <t>6014Q8</t>
   </si>
   <si>
     <t>6016Q8</t>
   </si>
   <si>
     <t>Q60 DM ext.</t>
   </si>
   <si>
     <t>6114T8</t>
   </si>
   <si>
     <t>+5.1 DM</t>
   </si>
   <si>
     <t>6114Q8</t>
   </si>
   <si>
     <t>Q61 DM</t>
@@ -306,66 +306,66 @@
   <si>
     <t>Q66 DM</t>
   </si>
   <si>
     <t>6616Q8</t>
   </si>
   <si>
     <t>Q66 DM ext.</t>
   </si>
   <si>
     <t>6814Q8</t>
   </si>
   <si>
     <t>403456</t>
   </si>
   <si>
     <t>V5S</t>
   </si>
   <si>
     <t>403551</t>
   </si>
   <si>
     <t>V5</t>
   </si>
   <si>
+    <t>Manure &amp; Silage Implements</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Powergrab XL+/ </t>
+  </si>
+  <si>
+    <t>101D96</t>
+  </si>
+  <si>
+    <t>Q9S DXL</t>
+  </si>
+  <si>
     <t>501761</t>
   </si>
   <si>
     <t>N6 DM</t>
-  </si>
-[...10 lines deleted...]
-    <t>Q9S DXL</t>
   </si>
   <si>
     <t xml:space="preserve">/ </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
@@ -708,194 +708,194 @@
         <v>48</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>49</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
         <v>51</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>52</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>63</v>
+        <v>49</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>66</v>
+        <v>52</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>69</v>
+        <v>54</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>71</v>
+        <v>56</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>71</v>
+        <v>58</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>74</v>
+        <v>60</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
         <v>75</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>76</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
         <v>77</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>50</v>
@@ -1727,417 +1727,417 @@
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="s">
         <v>37</v>
       </c>
       <c r="B121" s="0" t="s">
         <v>38</v>
       </c>
       <c r="C121" s="0" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="s">
         <v>39</v>
       </c>
       <c r="B122" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C122" s="0" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="123">
-      <c r="A123" s="0" t="s">
+      <c r="B123" s="0" t="s">
         <v>100</v>
       </c>
-      <c r="B123" s="0" t="s">
+      <c r="C123" s="0" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
     </row>
     <row r="124">
       <c r="B124" s="0" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
     </row>
     <row r="125">
       <c r="B125" s="0" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="C125" s="0" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
     </row>
     <row r="126">
       <c r="B126" s="0" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="C126" s="0" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
     </row>
     <row r="127">
+      <c r="A127" s="0" t="s">
+        <v>82</v>
+      </c>
       <c r="B127" s="0" t="s">
-        <v>102</v>
+        <v>83</v>
       </c>
       <c r="C127" s="0" t="s">
-        <v>103</v>
+        <v>5</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="0" t="s">
-        <v>48</v>
+        <v>84</v>
       </c>
       <c r="B128" s="0" t="s">
-        <v>49</v>
+        <v>85</v>
       </c>
       <c r="C128" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="0" t="s">
-        <v>51</v>
+        <v>91</v>
       </c>
       <c r="B129" s="0" t="s">
-        <v>52</v>
+        <v>92</v>
       </c>
       <c r="C129" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="0" t="s">
-        <v>53</v>
+        <v>93</v>
       </c>
       <c r="B130" s="0" t="s">
-        <v>52</v>
+        <v>94</v>
       </c>
       <c r="C130" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="0" t="s">
-        <v>104</v>
+        <v>95</v>
       </c>
       <c r="B131" s="0" t="s">
-        <v>105</v>
+        <v>38</v>
       </c>
       <c r="C131" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="0" t="s">
-        <v>54</v>
+        <v>77</v>
       </c>
       <c r="B132" s="0" t="s">
-        <v>55</v>
+        <v>7</v>
       </c>
       <c r="C132" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="0" t="s">
-        <v>56</v>
+        <v>78</v>
       </c>
       <c r="B133" s="0" t="s">
-        <v>57</v>
+        <v>79</v>
       </c>
       <c r="C133" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="0" t="s">
-        <v>58</v>
+        <v>86</v>
       </c>
       <c r="B134" s="0" t="s">
-        <v>57</v>
+        <v>43</v>
       </c>
       <c r="C134" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="0" t="s">
-        <v>59</v>
+        <v>87</v>
       </c>
       <c r="B135" s="0" t="s">
-        <v>60</v>
+        <v>41</v>
       </c>
       <c r="C135" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="0" t="s">
-        <v>61</v>
+        <v>80</v>
       </c>
       <c r="B136" s="0" t="s">
-        <v>60</v>
+        <v>81</v>
       </c>
       <c r="C136" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="0" t="s">
-        <v>73</v>
+        <v>88</v>
       </c>
       <c r="B137" s="0" t="s">
-        <v>74</v>
+        <v>89</v>
       </c>
       <c r="C137" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="0" t="s">
-        <v>62</v>
+        <v>90</v>
       </c>
       <c r="B138" s="0" t="s">
-        <v>63</v>
+        <v>31</v>
       </c>
       <c r="C138" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="0" t="s">
-        <v>64</v>
+        <v>75</v>
       </c>
       <c r="B139" s="0" t="s">
-        <v>63</v>
+        <v>76</v>
       </c>
       <c r="C139" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="0" t="s">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="B140" s="0" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="C140" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="0" t="s">
-        <v>67</v>
+        <v>59</v>
       </c>
       <c r="B141" s="0" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="C141" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="0" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="B142" s="0" t="s">
-        <v>69</v>
+        <v>58</v>
       </c>
       <c r="C142" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="0" t="s">
-        <v>70</v>
+        <v>57</v>
       </c>
       <c r="B143" s="0" t="s">
-        <v>71</v>
+        <v>58</v>
       </c>
       <c r="C143" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="0" t="s">
-        <v>72</v>
+        <v>61</v>
       </c>
       <c r="B144" s="0" t="s">
-        <v>71</v>
+        <v>62</v>
       </c>
       <c r="C144" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="B145" s="0" t="s">
-        <v>76</v>
+        <v>56</v>
       </c>
       <c r="C145" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="0" t="s">
-        <v>82</v>
+        <v>55</v>
       </c>
       <c r="B146" s="0" t="s">
-        <v>83</v>
+        <v>56</v>
       </c>
       <c r="C146" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="0" t="s">
-        <v>84</v>
+        <v>71</v>
       </c>
       <c r="B147" s="0" t="s">
-        <v>85</v>
+        <v>54</v>
       </c>
       <c r="C147" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="0" t="s">
-        <v>91</v>
+        <v>53</v>
       </c>
       <c r="B148" s="0" t="s">
-        <v>92</v>
+        <v>54</v>
       </c>
       <c r="C148" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="0" t="s">
-        <v>93</v>
+        <v>70</v>
       </c>
       <c r="B149" s="0" t="s">
-        <v>94</v>
+        <v>52</v>
       </c>
       <c r="C149" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="0" t="s">
-        <v>95</v>
+        <v>51</v>
       </c>
       <c r="B150" s="0" t="s">
-        <v>38</v>
+        <v>52</v>
       </c>
       <c r="C150" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="s">
-        <v>77</v>
+        <v>68</v>
       </c>
       <c r="B151" s="0" t="s">
-        <v>7</v>
+        <v>69</v>
       </c>
       <c r="C151" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="s">
-        <v>78</v>
+        <v>66</v>
       </c>
       <c r="B152" s="0" t="s">
-        <v>79</v>
+        <v>67</v>
       </c>
       <c r="C152" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="s">
-        <v>86</v>
+        <v>63</v>
       </c>
       <c r="B153" s="0" t="s">
-        <v>43</v>
+        <v>64</v>
       </c>
       <c r="C153" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0" t="s">
-        <v>87</v>
+        <v>65</v>
       </c>
       <c r="B154" s="0" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="C154" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="0" t="s">
-        <v>80</v>
+        <v>48</v>
       </c>
       <c r="B155" s="0" t="s">
-        <v>81</v>
+        <v>49</v>
       </c>
       <c r="C155" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="0" t="s">
-        <v>88</v>
+        <v>102</v>
       </c>
       <c r="B156" s="0" t="s">
-        <v>89</v>
+        <v>103</v>
       </c>
       <c r="C156" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="0" t="s">
-        <v>90</v>
+        <v>104</v>
       </c>
       <c r="B157" s="0" t="s">
-        <v>31</v>
+        <v>105</v>
       </c>
       <c r="C157" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="158">
       <c r="C158" s="0" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="159">
       <c r="C159" s="0" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="160">
       <c r="C160" s="0" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="161">
       <c r="C161" s="0" t="s">
         <v>106</v>
       </c>
     </row>