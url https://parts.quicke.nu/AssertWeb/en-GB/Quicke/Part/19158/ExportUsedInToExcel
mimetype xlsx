--- v0 (2025-11-07)
+++ v1 (2026-02-05)
@@ -15,1238 +15,1238 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Part" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="527" uniqueCount="527">
   <si>
     <t>Product No</t>
   </si>
   <si>
     <t>Product name</t>
   </si>
   <si>
     <t>Path</t>
   </si>
   <si>
+    <t>6016T8</t>
+  </si>
+  <si>
+    <t>+5.0 DM ext.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Loader beam/ </t>
+  </si>
+  <si>
+    <t>6044Q8</t>
+  </si>
+  <si>
+    <t>Q60 DM</t>
+  </si>
+  <si>
+    <t>6046Q8</t>
+  </si>
+  <si>
+    <t>6046T8</t>
+  </si>
+  <si>
+    <t>+5.0 DM</t>
+  </si>
+  <si>
+    <t>6544T8</t>
+  </si>
+  <si>
+    <t>+5.0P DM</t>
+  </si>
+  <si>
+    <t>6546T8</t>
+  </si>
+  <si>
+    <t>+5.0P DM ext.</t>
+  </si>
+  <si>
+    <t>6014T8</t>
+  </si>
+  <si>
+    <t>6044T8</t>
+  </si>
+  <si>
+    <t>6512T8</t>
+  </si>
+  <si>
+    <t>+5.0P UM</t>
+  </si>
+  <si>
+    <t>6514T8</t>
+  </si>
+  <si>
+    <t>Loader beam/6514_1 Loader beam</t>
+  </si>
+  <si>
+    <t>6516T8</t>
+  </si>
+  <si>
+    <t>7512T8</t>
+  </si>
+  <si>
+    <t>+6.0P UM</t>
+  </si>
+  <si>
+    <t>7514T8</t>
+  </si>
+  <si>
+    <t>+6.0P DM</t>
+  </si>
+  <si>
+    <t>7516T8</t>
+  </si>
+  <si>
+    <t>+6.0P DM ext.</t>
+  </si>
+  <si>
+    <t>8513T8</t>
+  </si>
+  <si>
+    <t>+7.0P DL</t>
+  </si>
+  <si>
+    <t>8753T8</t>
+  </si>
+  <si>
+    <t>+7.0x DL</t>
+  </si>
+  <si>
+    <t>6116T8</t>
+  </si>
+  <si>
+    <t>+5.1 DM ext.</t>
+  </si>
+  <si>
+    <t>6612T8</t>
+  </si>
+  <si>
+    <t>+5.1P UM</t>
+  </si>
+  <si>
+    <t>6616T8</t>
+  </si>
+  <si>
+    <t>+5.1P DM ext.</t>
+  </si>
+  <si>
+    <t>6816T8</t>
+  </si>
+  <si>
+    <t>+5.3P DM ext.</t>
+  </si>
+  <si>
+    <t>6854T8</t>
+  </si>
+  <si>
+    <t>+5.3P DM</t>
+  </si>
+  <si>
+    <t>6856T8</t>
+  </si>
+  <si>
+    <t>7612T8</t>
+  </si>
+  <si>
+    <t>+6.1P UM</t>
+  </si>
+  <si>
+    <t>7616T8</t>
+  </si>
+  <si>
+    <t>+6.1P DM ext.</t>
+  </si>
+  <si>
+    <t>7854T8</t>
+  </si>
+  <si>
+    <t>+6.3P DM</t>
+  </si>
+  <si>
+    <t>8853T8</t>
+  </si>
+  <si>
+    <t>+7.3P DL</t>
+  </si>
+  <si>
+    <t>110178</t>
+  </si>
+  <si>
+    <t>Q7M DM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">/ </t>
+  </si>
+  <si>
+    <t>110176</t>
+  </si>
+  <si>
+    <t>Q7S DM</t>
+  </si>
+  <si>
+    <t>110169</t>
+  </si>
+  <si>
+    <t>Q6L DM</t>
+  </si>
+  <si>
+    <t>110168</t>
+  </si>
+  <si>
+    <t>Q6M DM</t>
+  </si>
+  <si>
+    <t>110166</t>
+  </si>
+  <si>
+    <t>Q6S DM</t>
+  </si>
+  <si>
+    <t>110159</t>
+  </si>
+  <si>
+    <t>Q5L DM</t>
+  </si>
+  <si>
+    <t>110158</t>
+  </si>
+  <si>
+    <t>Q5M DM</t>
+  </si>
+  <si>
+    <t>110156</t>
+  </si>
+  <si>
+    <t>Q5S DM</t>
+  </si>
+  <si>
+    <t>110149</t>
+  </si>
+  <si>
+    <t>Q4L DM</t>
+  </si>
+  <si>
+    <t>110148</t>
+  </si>
+  <si>
+    <t>Q4M DM</t>
+  </si>
+  <si>
+    <t>110146</t>
+  </si>
+  <si>
+    <t>Q4S DM</t>
+  </si>
+  <si>
+    <t>110139</t>
+  </si>
+  <si>
+    <t>Q3L DM</t>
+  </si>
+  <si>
+    <t>110138</t>
+  </si>
+  <si>
+    <t>Q3M DM</t>
+  </si>
+  <si>
+    <t>110136</t>
+  </si>
+  <si>
+    <t>Q3S DM</t>
+  </si>
+  <si>
+    <t>8713T8</t>
+  </si>
+  <si>
+    <t>8813T8</t>
+  </si>
+  <si>
+    <t>3511T8</t>
+  </si>
+  <si>
+    <t>+2.0P US</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Maintenance kits/ </t>
+  </si>
+  <si>
+    <t>3513T8</t>
+  </si>
+  <si>
+    <t>+2.0P DS</t>
+  </si>
+  <si>
+    <t>3514T8</t>
+  </si>
+  <si>
+    <t>+2.0P DM</t>
+  </si>
+  <si>
+    <t>3516T8</t>
+  </si>
+  <si>
+    <t>+2.0P DM ext.</t>
+  </si>
+  <si>
+    <t>3517T8</t>
+  </si>
+  <si>
+    <t>+2.0P Special S</t>
+  </si>
+  <si>
+    <t>3518T8</t>
+  </si>
+  <si>
+    <t>+2.0P Special B</t>
+  </si>
+  <si>
+    <t>2513Q8</t>
+  </si>
+  <si>
+    <t>Q25 DS</t>
+  </si>
+  <si>
+    <t>3511Q8</t>
+  </si>
+  <si>
+    <t>Q35 US</t>
+  </si>
+  <si>
+    <t>3513Q8</t>
+  </si>
+  <si>
+    <t>Q35 DS</t>
+  </si>
+  <si>
+    <t>3514Q8</t>
+  </si>
+  <si>
+    <t>Q35 DM</t>
+  </si>
+  <si>
+    <t>3516Q8</t>
+  </si>
+  <si>
+    <t>Q35 DM ext.</t>
+  </si>
+  <si>
+    <t>3564Q8</t>
+  </si>
+  <si>
+    <t>2511T8</t>
+  </si>
+  <si>
+    <t>+1.0P US</t>
+  </si>
+  <si>
+    <t>2513T8</t>
+  </si>
+  <si>
+    <t>+1.0P DS</t>
+  </si>
+  <si>
+    <t>2514T8</t>
+  </si>
+  <si>
+    <t>+1.0P DM</t>
+  </si>
+  <si>
+    <t>4511T8</t>
+  </si>
+  <si>
+    <t>+3.0P US</t>
+  </si>
+  <si>
+    <t>4514T8</t>
+  </si>
+  <si>
+    <t>+3.0P DM</t>
+  </si>
+  <si>
+    <t>4516T8</t>
+  </si>
+  <si>
+    <t>+3.0P DM ext.</t>
+  </si>
+  <si>
+    <t>4517T8</t>
+  </si>
+  <si>
+    <t>+3.0P Special S</t>
+  </si>
+  <si>
+    <t>4518T8</t>
+  </si>
+  <si>
+    <t>+3.0P Special B</t>
+  </si>
+  <si>
+    <t>2511Q8</t>
+  </si>
+  <si>
+    <t>Q25 US</t>
+  </si>
+  <si>
+    <t>2514Q8</t>
+  </si>
+  <si>
+    <t>Q25 DM</t>
+  </si>
+  <si>
+    <t>4511Q8</t>
+  </si>
+  <si>
+    <t>Q45 US</t>
+  </si>
+  <si>
+    <t>4514Q8</t>
+  </si>
+  <si>
+    <t>Q45 DM</t>
+  </si>
+  <si>
+    <t>4516Q8</t>
+  </si>
+  <si>
+    <t>Q45 DM ext.</t>
+  </si>
+  <si>
+    <t>4554Q8</t>
+  </si>
+  <si>
+    <t>4564Q8</t>
+  </si>
+  <si>
+    <t>101179</t>
+  </si>
+  <si>
+    <t>Q7L DM</t>
+  </si>
+  <si>
+    <t>101178</t>
+  </si>
+  <si>
+    <t>101176</t>
+  </si>
+  <si>
+    <t>101169</t>
+  </si>
+  <si>
+    <t>101168</t>
+  </si>
+  <si>
+    <t>101166</t>
+  </si>
+  <si>
+    <t>101761</t>
+  </si>
+  <si>
+    <t>Q6 DM</t>
+  </si>
+  <si>
+    <t>101159</t>
+  </si>
+  <si>
+    <t>101158</t>
+  </si>
+  <si>
+    <t>101156</t>
+  </si>
+  <si>
+    <t>101751</t>
+  </si>
+  <si>
+    <t>Q5 DM</t>
+  </si>
+  <si>
+    <t>101149</t>
+  </si>
+  <si>
+    <t>101148</t>
+  </si>
+  <si>
+    <t>101733</t>
+  </si>
+  <si>
+    <t>Q3 DM</t>
+  </si>
+  <si>
+    <t>101136</t>
+  </si>
+  <si>
+    <t>101138</t>
+  </si>
+  <si>
+    <t>101139</t>
+  </si>
+  <si>
+    <t>101741</t>
+  </si>
+  <si>
+    <t>Q4 DM</t>
+  </si>
+  <si>
+    <t>101146</t>
+  </si>
+  <si>
+    <t>9810Q8</t>
+  </si>
+  <si>
+    <t>Q98 DXL</t>
+  </si>
+  <si>
+    <t>8753Q8</t>
+  </si>
+  <si>
+    <t>Q85x DL</t>
+  </si>
+  <si>
+    <t>9810T8</t>
+  </si>
+  <si>
+    <t>+8.3P DXL</t>
+  </si>
+  <si>
+    <t>7614T8</t>
+  </si>
+  <si>
+    <t>+6.1P DM</t>
+  </si>
+  <si>
+    <t>7814T8</t>
+  </si>
+  <si>
+    <t>7612Q8</t>
+  </si>
+  <si>
+    <t>Q76 UM</t>
+  </si>
+  <si>
+    <t>7614Q8</t>
+  </si>
+  <si>
+    <t>Q76 DM</t>
+  </si>
+  <si>
+    <t>7616Q8</t>
+  </si>
+  <si>
+    <t>Q76 DM ext.</t>
+  </si>
+  <si>
+    <t>7814Q8</t>
+  </si>
+  <si>
+    <t>Q78 DM</t>
+  </si>
+  <si>
+    <t>7816Q8</t>
+  </si>
+  <si>
+    <t>Q78 DM Ext.</t>
+  </si>
+  <si>
+    <t>7854Q8</t>
+  </si>
+  <si>
+    <t>8813Q8</t>
+  </si>
+  <si>
+    <t>Q88 DL</t>
+  </si>
+  <si>
+    <t>8853Q8</t>
+  </si>
+  <si>
+    <t>7512Q8</t>
+  </si>
+  <si>
+    <t>Q75 UM</t>
+  </si>
+  <si>
+    <t>7514Q8</t>
+  </si>
+  <si>
+    <t>Q75 DM</t>
+  </si>
+  <si>
+    <t>7516Q8</t>
+  </si>
+  <si>
+    <t>Q75 DM ext.</t>
+  </si>
+  <si>
+    <t>7524Q8</t>
+  </si>
+  <si>
+    <t>8513Q8</t>
+  </si>
+  <si>
+    <t>Q85 DL</t>
+  </si>
+  <si>
+    <t>8523Q8</t>
+  </si>
+  <si>
+    <t>8713Q8</t>
+  </si>
+  <si>
+    <t>2114Q8</t>
+  </si>
+  <si>
+    <t>Q21 DM</t>
+  </si>
+  <si>
+    <t>2614Q8</t>
+  </si>
+  <si>
+    <t>Q26 DM</t>
+  </si>
+  <si>
+    <t>3114Q8</t>
+  </si>
+  <si>
+    <t>Q31 DM</t>
+  </si>
+  <si>
+    <t>3116Q8</t>
+  </si>
+  <si>
+    <t>Q31 DM ext.</t>
+  </si>
+  <si>
+    <t>3314Q8</t>
+  </si>
+  <si>
+    <t>Q33 DM</t>
+  </si>
+  <si>
+    <t>3316Q8</t>
+  </si>
+  <si>
+    <t>Q33 DM ext.</t>
+  </si>
+  <si>
+    <t>3614Q8</t>
+  </si>
+  <si>
+    <t>Q36 DM</t>
+  </si>
+  <si>
+    <t>3616Q8</t>
+  </si>
+  <si>
+    <t>Q36 DM ext.</t>
+  </si>
+  <si>
+    <t>3814Q8</t>
+  </si>
+  <si>
+    <t>Q38 DM</t>
+  </si>
+  <si>
+    <t>3816Q8</t>
+  </si>
+  <si>
+    <t>Q38 DM ext.</t>
+  </si>
+  <si>
+    <t>3914Q8</t>
+  </si>
+  <si>
+    <t>Q39 DM</t>
+  </si>
+  <si>
+    <t>3916Q8</t>
+  </si>
+  <si>
+    <t>Q39 DM ext.</t>
+  </si>
+  <si>
+    <t>4114Q8</t>
+  </si>
+  <si>
+    <t>Q41 DM</t>
+  </si>
+  <si>
+    <t>4154Q8</t>
+  </si>
+  <si>
+    <t>4916Q8</t>
+  </si>
+  <si>
+    <t>Q49 DM ext.</t>
+  </si>
+  <si>
+    <t>5116Q8</t>
+  </si>
+  <si>
+    <t>Q51 DM ext.</t>
+  </si>
+  <si>
+    <t>4614Q8</t>
+  </si>
+  <si>
+    <t>Q46 DM</t>
+  </si>
+  <si>
+    <t>4616Q8</t>
+  </si>
+  <si>
+    <t>Q46 DM ext.</t>
+  </si>
+  <si>
+    <t>4654Q8</t>
+  </si>
+  <si>
+    <t>5616Q8</t>
+  </si>
+  <si>
+    <t>Q56 DM ext.</t>
+  </si>
+  <si>
+    <t>4816Q8</t>
+  </si>
+  <si>
+    <t>Q48 DM ext.</t>
+  </si>
+  <si>
+    <t>4814Q8</t>
+  </si>
+  <si>
+    <t>Q48 DM</t>
+  </si>
+  <si>
+    <t>4912Q8</t>
+  </si>
+  <si>
+    <t>Q49 UM</t>
+  </si>
+  <si>
+    <t>4914Q8</t>
+  </si>
+  <si>
+    <t>Q49 DM</t>
+  </si>
+  <si>
+    <t>5114Q8</t>
+  </si>
+  <si>
+    <t>Q51 DM</t>
+  </si>
+  <si>
+    <t>5154Q8</t>
+  </si>
+  <si>
+    <t>5612Q8</t>
+  </si>
+  <si>
+    <t>Q56 UM</t>
+  </si>
+  <si>
+    <t>5614Q8</t>
+  </si>
+  <si>
+    <t>Q56 DM</t>
+  </si>
+  <si>
+    <t>5654Q8</t>
+  </si>
+  <si>
+    <t>5856Q8</t>
+  </si>
+  <si>
+    <t>Q58 DM ext.</t>
+  </si>
+  <si>
+    <t>5854Q8</t>
+  </si>
+  <si>
+    <t>Q58 DM</t>
+  </si>
+  <si>
+    <t>5816Q8</t>
+  </si>
+  <si>
+    <t>5814Q8</t>
+  </si>
+  <si>
+    <t>2014Q8</t>
+  </si>
+  <si>
+    <t>Q20 DM</t>
+  </si>
+  <si>
+    <t>3014Q8</t>
+  </si>
+  <si>
+    <t>Q30 DM</t>
+  </si>
+  <si>
+    <t>3016Q8</t>
+  </si>
+  <si>
+    <t>Q30 DM ext.</t>
+  </si>
+  <si>
+    <t>4014Q8</t>
+  </si>
+  <si>
+    <t>Q40 DM</t>
+  </si>
+  <si>
+    <t>4016Q8</t>
+  </si>
+  <si>
+    <t>Q40 DM ext.</t>
+  </si>
+  <si>
+    <t>4054Q8</t>
+  </si>
+  <si>
+    <t>5512Q8</t>
+  </si>
+  <si>
+    <t>Q55 UM</t>
+  </si>
+  <si>
+    <t>5514Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM</t>
+  </si>
+  <si>
+    <t>5516Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM ext.</t>
+  </si>
+  <si>
+    <t>5534Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM, DM ext</t>
+  </si>
+  <si>
+    <t>5544Q, 5546Q</t>
+  </si>
+  <si>
+    <t>5554Q8</t>
+  </si>
+  <si>
+    <t>5564Q8</t>
+  </si>
+  <si>
+    <t>5014Q8</t>
+  </si>
+  <si>
+    <t>Q50 DM</t>
+  </si>
+  <si>
+    <t>5016Q8</t>
+  </si>
+  <si>
+    <t>Q50 DM ext.</t>
+  </si>
+  <si>
+    <t>5054Q8</t>
+  </si>
+  <si>
+    <t>3014T8</t>
+  </si>
+  <si>
+    <t>+2.0 DM</t>
+  </si>
+  <si>
+    <t>3016T8</t>
+  </si>
+  <si>
+    <t>+2.0 DM ext.</t>
+  </si>
+  <si>
+    <t>4014T8</t>
+  </si>
+  <si>
+    <t>+3.0 DM</t>
+  </si>
+  <si>
+    <t>5016T8</t>
+  </si>
+  <si>
+    <t>+4.0 DM ext.</t>
+  </si>
+  <si>
+    <t>2014T8</t>
+  </si>
+  <si>
+    <t>+1.0 DM</t>
+  </si>
+  <si>
+    <t>5014T8</t>
+  </si>
+  <si>
+    <t>+4.0 DM</t>
+  </si>
+  <si>
+    <t>5512T8</t>
+  </si>
+  <si>
+    <t>+4.0P UM</t>
+  </si>
+  <si>
+    <t>5514T8</t>
+  </si>
+  <si>
+    <t>+4.0P DM</t>
+  </si>
+  <si>
+    <t>5516T8</t>
+  </si>
+  <si>
+    <t>+4.0P DM ext.</t>
+  </si>
+  <si>
+    <t>5518T8</t>
+  </si>
+  <si>
+    <t>+4.0P Special B</t>
+  </si>
+  <si>
+    <t>2114T8</t>
+  </si>
+  <si>
+    <t>+1.1 DM</t>
+  </si>
+  <si>
+    <t>2614T8</t>
+  </si>
+  <si>
+    <t>+1.1P DM</t>
+  </si>
+  <si>
+    <t>3114T8</t>
+  </si>
+  <si>
+    <t>+2.1 DM</t>
+  </si>
+  <si>
+    <t>3116T8</t>
+  </si>
+  <si>
+    <t>+2.1 DM ext.</t>
+  </si>
+  <si>
+    <t>3314T8</t>
+  </si>
+  <si>
+    <t>+2.3 DM</t>
+  </si>
+  <si>
+    <t>3316T8</t>
+  </si>
+  <si>
+    <t>+2.3 DM ext.</t>
+  </si>
+  <si>
+    <t>3614T8</t>
+  </si>
+  <si>
+    <t>+2.1P DM</t>
+  </si>
+  <si>
+    <t>3616T8</t>
+  </si>
+  <si>
+    <t>+2.1P DM ext.</t>
+  </si>
+  <si>
+    <t>3618T8</t>
+  </si>
+  <si>
+    <t>+2.3P Special B</t>
+  </si>
+  <si>
+    <t>3814T8</t>
+  </si>
+  <si>
+    <t>+2.3P DM</t>
+  </si>
+  <si>
+    <t>3816T8</t>
+  </si>
+  <si>
+    <t>+2.3P DM ext.</t>
+  </si>
+  <si>
+    <t>3914T8</t>
+  </si>
+  <si>
+    <t>+2.4P DM</t>
+  </si>
+  <si>
+    <t>3916T8</t>
+  </si>
+  <si>
+    <t>+2.4P DM ext.</t>
+  </si>
+  <si>
+    <t>4114T8</t>
+  </si>
+  <si>
+    <t>+3.1 DM</t>
+  </si>
+  <si>
+    <t>4154T8</t>
+  </si>
+  <si>
+    <t>4912T8</t>
+  </si>
+  <si>
+    <t>+3.4P UM</t>
+  </si>
+  <si>
+    <t>4914T8</t>
+  </si>
+  <si>
+    <t>+3.4P DM</t>
+  </si>
+  <si>
+    <t>4916T8</t>
+  </si>
+  <si>
+    <t>+3.4P DM ext.</t>
+  </si>
+  <si>
+    <t>5114T8</t>
+  </si>
+  <si>
+    <t>+4.1 DM</t>
+  </si>
+  <si>
+    <t>5116T8</t>
+  </si>
+  <si>
+    <t>+4.1 DM ext.</t>
+  </si>
+  <si>
+    <t>5154T8</t>
+  </si>
+  <si>
+    <t>4614T8</t>
+  </si>
+  <si>
+    <t>+3.1P DM</t>
+  </si>
+  <si>
+    <t>4616T8</t>
+  </si>
+  <si>
+    <t>+3.1P DM ext.</t>
+  </si>
+  <si>
+    <t>4618T8</t>
+  </si>
+  <si>
+    <t>+3.1P Special B</t>
+  </si>
+  <si>
+    <t>4654T8</t>
+  </si>
+  <si>
+    <t>4814T8</t>
+  </si>
+  <si>
+    <t>+3.3P DM</t>
+  </si>
+  <si>
+    <t>4816T8</t>
+  </si>
+  <si>
+    <t>+3.3P DM ext.</t>
+  </si>
+  <si>
+    <t>5612T8</t>
+  </si>
+  <si>
+    <t>+4.1P UM</t>
+  </si>
+  <si>
+    <t>5614T8</t>
+  </si>
+  <si>
+    <t>+4.1P DM</t>
+  </si>
+  <si>
+    <t>5616T8</t>
+  </si>
+  <si>
+    <t>+4.1P DM ext.</t>
+  </si>
+  <si>
+    <t>5618T8</t>
+  </si>
+  <si>
+    <t>+4.1P Special B</t>
+  </si>
+  <si>
+    <t>5654T8</t>
+  </si>
+  <si>
+    <t>5814T8</t>
+  </si>
+  <si>
+    <t>+4.3P DM</t>
+  </si>
+  <si>
+    <t>5816T8</t>
+  </si>
+  <si>
+    <t>+4.3P DM ext.</t>
+  </si>
+  <si>
+    <t>5845T8</t>
+  </si>
+  <si>
+    <t>5856T8</t>
+  </si>
+  <si>
+    <t>6612Q8</t>
+  </si>
+  <si>
+    <t>Q66 UM</t>
+  </si>
+  <si>
+    <t>6816Q8</t>
+  </si>
+  <si>
+    <t>Q68 DM ext.</t>
+  </si>
+  <si>
+    <t>6854Q8</t>
+  </si>
+  <si>
+    <t>Q68 DM</t>
+  </si>
+  <si>
+    <t>6856Q8</t>
+  </si>
+  <si>
+    <t>6546Q8</t>
+  </si>
+  <si>
+    <t>Q65 DM ext.</t>
+  </si>
+  <si>
+    <t>6544Q8</t>
+  </si>
+  <si>
+    <t>Q65 DM</t>
+  </si>
+  <si>
+    <t>6534Q8</t>
+  </si>
+  <si>
+    <t>6512Q8</t>
+  </si>
+  <si>
+    <t>Q65 UM</t>
+  </si>
+  <si>
+    <t>6564Q8</t>
+  </si>
+  <si>
     <t>6014Q8</t>
   </si>
   <si>
-    <t>Q60 DM</t>
-[...4 lines deleted...]
-  <si>
     <t>6016Q8</t>
   </si>
   <si>
     <t>Q60 DM ext.</t>
   </si>
   <si>
-    <t>6016T8</t>
-[...77 lines deleted...]
-    <t>+7.0x DL</t>
+    <t>6114T8</t>
+  </si>
+  <si>
+    <t>+5.1 DM</t>
+  </si>
+  <si>
+    <t>6114Q8</t>
+  </si>
+  <si>
+    <t>Q61 DM</t>
   </si>
   <si>
     <t>6116Q8</t>
   </si>
   <si>
     <t>Q61 DM ext.</t>
   </si>
   <si>
-    <t>6116T8</t>
-[...14 lines deleted...]
-    <t>+5.1P DM ext.</t>
+    <t>6514Q8</t>
+  </si>
+  <si>
+    <t>6516Q8</t>
+  </si>
+  <si>
+    <t>6614T8</t>
+  </si>
+  <si>
+    <t>+5.1P DM</t>
   </si>
   <si>
     <t>6814T8</t>
   </si>
   <si>
-    <t>+5.3P DM</t>
-[...158 lines deleted...]
-    <t>8523Q8</t>
+    <t>6614Q8</t>
+  </si>
+  <si>
+    <t>Q66 DM</t>
   </si>
   <si>
     <t>6616Q8</t>
   </si>
   <si>
     <t>Q66 DM ext.</t>
   </si>
   <si>
     <t>6814Q8</t>
   </si>
   <si>
-    <t>Q68 DM</t>
-[...892 lines deleted...]
-  <si>
     <t>2611Q8</t>
   </si>
   <si>
     <t>Q26 US</t>
   </si>
   <si>
     <t>2613Q8</t>
   </si>
   <si>
     <t>Q26 DS</t>
   </si>
   <si>
     <t>3611Q8</t>
   </si>
   <si>
     <t>Q36 US</t>
   </si>
   <si>
     <t>3613Q8</t>
   </si>
   <si>
     <t>Q36 DS</t>
   </si>
   <si>
     <t>3813Q8</t>
@@ -1479,84 +1479,84 @@
   <si>
     <t>2011T8</t>
   </si>
   <si>
     <t>+1.0 US</t>
   </si>
   <si>
     <t>2013T8</t>
   </si>
   <si>
     <t>+1.0 DS</t>
   </si>
   <si>
     <t>5011T8</t>
   </si>
   <si>
     <t>+4.0 US</t>
   </si>
   <si>
     <t>5111Q8</t>
   </si>
   <si>
     <t>Q51 US</t>
   </si>
   <si>
+    <t>501741</t>
+  </si>
+  <si>
+    <t>N4 DM</t>
+  </si>
+  <si>
+    <t>501751</t>
+  </si>
+  <si>
+    <t>N5 DM</t>
+  </si>
+  <si>
+    <t>501761</t>
+  </si>
+  <si>
+    <t>N6 DM</t>
+  </si>
+  <si>
     <t>501146</t>
   </si>
   <si>
     <t>N4S DM</t>
   </si>
   <si>
     <t>501156</t>
   </si>
   <si>
     <t>N5S DM</t>
   </si>
   <si>
     <t>501158</t>
   </si>
   <si>
     <t>N5M DM</t>
-  </si>
-[...16 lines deleted...]
-    <t>N6 DM</t>
   </si>
   <si>
     <t>Euro/Alo Type 3/60021067 Pin kit</t>
   </si>
   <si>
     <t>Euro/Alo Type 3 S/N 723699 -/60021067 Pin kit</t>
   </si>
   <si>
     <t>Euro/Alo Type 3 S/N - 723698/60021067 Pin kit</t>
   </si>
   <si>
     <t>Euro/Valtra/60021067 Pin kit</t>
   </si>
   <si>
     <t>Euro/MX/60021067 Pin kit</t>
   </si>
   <si>
     <t>501166</t>
   </si>
   <si>
     <t>N6S DM</t>
   </si>
   <si>
     <t>403551</t>
   </si>
@@ -1682,26803 +1682,26803 @@
         <v>3</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
+        <v>9</v>
+      </c>
+      <c r="B5" s="0" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>4</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>16</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="B10" s="0" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>19</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>22</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>23</v>
+        <v>5</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>43</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>44</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>45</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>46</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>47</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>5</v>
+        <v>53</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>5</v>
+        <v>53</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>5</v>
+        <v>53</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>5</v>
+        <v>53</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>5</v>
+        <v>53</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>78</v>
+        <v>51</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>79</v>
+        <v>52</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>80</v>
+        <v>54</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>81</v>
+        <v>55</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>82</v>
+        <v>56</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>83</v>
+        <v>57</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>84</v>
+        <v>58</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>85</v>
+        <v>59</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>86</v>
+        <v>60</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>87</v>
+        <v>61</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>78</v>
+        <v>51</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>79</v>
+        <v>52</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>80</v>
+        <v>54</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>81</v>
+        <v>55</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>82</v>
+        <v>56</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>83</v>
+        <v>57</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>84</v>
+        <v>58</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>85</v>
+        <v>59</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>86</v>
+        <v>60</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>87</v>
+        <v>61</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>79</v>
+        <v>31</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>61</v>
+        <v>5</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>81</v>
+        <v>50</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>61</v>
+        <v>5</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
         <v>82</v>
       </c>
       <c r="B72" s="0" t="s">
         <v>83</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>61</v>
+        <v>84</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>61</v>
+        <v>84</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>61</v>
+        <v>84</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>34</v>
+        <v>90</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>5</v>
+        <v>84</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>5</v>
+        <v>84</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>5</v>
+        <v>84</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>5</v>
+        <v>84</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>5</v>
+        <v>84</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>5</v>
+        <v>84</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>5</v>
+        <v>84</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>5</v>
+        <v>84</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="B83" s="0" t="s">
         <v>102</v>
       </c>
-      <c r="B83" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C83" s="0" t="s">
-        <v>5</v>
+        <v>84</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>5</v>
+        <v>84</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>5</v>
+        <v>84</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>5</v>
+        <v>84</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>5</v>
+        <v>84</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>5</v>
+        <v>84</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>58</v>
+        <v>117</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>5</v>
+        <v>84</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>5</v>
+        <v>84</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>56</v>
+        <v>121</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>5</v>
+        <v>84</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="B97" s="0" t="s">
         <v>129</v>
       </c>
-      <c r="B97" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C97" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>136</v>
+        <v>52</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
         <v>137</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>138</v>
+        <v>55</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>140</v>
+        <v>57</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="B103" s="0" t="s">
-        <v>138</v>
+        <v>59</v>
       </c>
       <c r="C103" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="B104" s="0" t="s">
-        <v>143</v>
+        <v>61</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="B105" s="0" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="B106" s="0" t="s">
-        <v>147</v>
+        <v>63</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="B107" s="0" t="s">
-        <v>149</v>
+        <v>65</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="B108" s="0" t="s">
-        <v>151</v>
+        <v>67</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
       <c r="B109" s="0" t="s">
-        <v>153</v>
+        <v>147</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
-        <v>154</v>
+        <v>148</v>
       </c>
       <c r="B110" s="0" t="s">
-        <v>155</v>
+        <v>69</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
-        <v>156</v>
+        <v>149</v>
       </c>
       <c r="B111" s="0" t="s">
-        <v>157</v>
+        <v>71</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
-        <v>158</v>
+        <v>150</v>
       </c>
       <c r="B112" s="0" t="s">
-        <v>159</v>
+        <v>151</v>
       </c>
       <c r="C112" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
-        <v>160</v>
+        <v>152</v>
       </c>
       <c r="B113" s="0" t="s">
-        <v>161</v>
+        <v>79</v>
       </c>
       <c r="C113" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
-        <v>162</v>
+        <v>153</v>
       </c>
       <c r="B114" s="0" t="s">
-        <v>163</v>
+        <v>77</v>
       </c>
       <c r="C114" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
-        <v>164</v>
+        <v>154</v>
       </c>
       <c r="B115" s="0" t="s">
-        <v>165</v>
+        <v>75</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
-        <v>166</v>
+        <v>155</v>
       </c>
       <c r="B116" s="0" t="s">
-        <v>167</v>
+        <v>156</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
-        <v>168</v>
+        <v>157</v>
       </c>
       <c r="B117" s="0" t="s">
-        <v>165</v>
+        <v>73</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
-        <v>169</v>
+        <v>134</v>
       </c>
       <c r="B118" s="0" t="s">
-        <v>165</v>
+        <v>135</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
-        <v>170</v>
+        <v>136</v>
       </c>
       <c r="B119" s="0" t="s">
-        <v>171</v>
+        <v>52</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="s">
-        <v>172</v>
+        <v>137</v>
       </c>
       <c r="B120" s="0" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="s">
-        <v>173</v>
+        <v>138</v>
       </c>
       <c r="B121" s="0" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="s">
-        <v>174</v>
+        <v>139</v>
       </c>
       <c r="B122" s="0" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="C122" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0" t="s">
-        <v>175</v>
+        <v>140</v>
       </c>
       <c r="B123" s="0" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0" t="s">
-        <v>176</v>
+        <v>141</v>
       </c>
       <c r="B124" s="0" t="s">
-        <v>69</v>
+        <v>142</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
-        <v>177</v>
+        <v>143</v>
       </c>
       <c r="B125" s="0" t="s">
-        <v>178</v>
+        <v>63</v>
       </c>
       <c r="C125" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="0" t="s">
-        <v>179</v>
+        <v>144</v>
       </c>
       <c r="B126" s="0" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="C126" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="0" t="s">
-        <v>180</v>
+        <v>145</v>
       </c>
       <c r="B127" s="0" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="C127" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="0" t="s">
-        <v>181</v>
+        <v>146</v>
       </c>
       <c r="B128" s="0" t="s">
-        <v>75</v>
+        <v>147</v>
       </c>
       <c r="C128" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="0" t="s">
-        <v>182</v>
+        <v>148</v>
       </c>
       <c r="B129" s="0" t="s">
-        <v>183</v>
+        <v>69</v>
       </c>
       <c r="C129" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="0" t="s">
-        <v>184</v>
+        <v>149</v>
       </c>
       <c r="B130" s="0" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="C130" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="0" t="s">
-        <v>185</v>
+        <v>150</v>
       </c>
       <c r="B131" s="0" t="s">
-        <v>79</v>
+        <v>151</v>
       </c>
       <c r="C131" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="0" t="s">
-        <v>186</v>
+        <v>152</v>
       </c>
       <c r="B132" s="0" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="C132" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="0" t="s">
-        <v>187</v>
+        <v>153</v>
       </c>
       <c r="B133" s="0" t="s">
-        <v>188</v>
+        <v>77</v>
       </c>
       <c r="C133" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="0" t="s">
-        <v>189</v>
+        <v>154</v>
       </c>
       <c r="B134" s="0" t="s">
-        <v>83</v>
+        <v>75</v>
       </c>
       <c r="C134" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="0" t="s">
-        <v>190</v>
+        <v>155</v>
       </c>
       <c r="B135" s="0" t="s">
-        <v>85</v>
+        <v>156</v>
       </c>
       <c r="C135" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="0" t="s">
-        <v>191</v>
+        <v>157</v>
       </c>
       <c r="B136" s="0" t="s">
-        <v>87</v>
+        <v>73</v>
       </c>
       <c r="C136" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="0" t="s">
-        <v>192</v>
+        <v>158</v>
       </c>
       <c r="B137" s="0" t="s">
-        <v>193</v>
+        <v>159</v>
       </c>
       <c r="C137" s="0" t="s">
-        <v>61</v>
+        <v>84</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="0" t="s">
-        <v>170</v>
+        <v>160</v>
       </c>
       <c r="B138" s="0" t="s">
-        <v>171</v>
+        <v>161</v>
       </c>
       <c r="C138" s="0" t="s">
-        <v>61</v>
+        <v>84</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="0" t="s">
-        <v>172</v>
+        <v>81</v>
       </c>
       <c r="B139" s="0" t="s">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="C139" s="0" t="s">
-        <v>61</v>
+        <v>84</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="0" t="s">
-        <v>173</v>
+        <v>49</v>
       </c>
       <c r="B140" s="0" t="s">
-        <v>63</v>
+        <v>50</v>
       </c>
       <c r="C140" s="0" t="s">
-        <v>61</v>
+        <v>84</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="0" t="s">
-        <v>174</v>
+        <v>162</v>
       </c>
       <c r="B141" s="0" t="s">
-        <v>65</v>
+        <v>163</v>
       </c>
       <c r="C141" s="0" t="s">
-        <v>61</v>
+        <v>84</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="0" t="s">
-        <v>175</v>
+        <v>80</v>
       </c>
       <c r="B142" s="0" t="s">
-        <v>67</v>
+        <v>31</v>
       </c>
       <c r="C142" s="0" t="s">
-        <v>61</v>
+        <v>84</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="0" t="s">
-        <v>176</v>
+        <v>30</v>
       </c>
       <c r="B143" s="0" t="s">
-        <v>69</v>
+        <v>31</v>
       </c>
       <c r="C143" s="0" t="s">
-        <v>61</v>
+        <v>84</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="0" t="s">
-        <v>177</v>
+        <v>22</v>
       </c>
       <c r="B144" s="0" t="s">
-        <v>178</v>
+        <v>23</v>
       </c>
       <c r="C144" s="0" t="s">
-        <v>61</v>
+        <v>84</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="s">
-        <v>179</v>
+        <v>24</v>
       </c>
       <c r="B145" s="0" t="s">
-        <v>71</v>
+        <v>25</v>
       </c>
       <c r="C145" s="0" t="s">
-        <v>61</v>
+        <v>84</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="0" t="s">
-        <v>180</v>
+        <v>26</v>
       </c>
       <c r="B146" s="0" t="s">
-        <v>73</v>
+        <v>27</v>
       </c>
       <c r="C146" s="0" t="s">
-        <v>61</v>
+        <v>84</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="0" t="s">
-        <v>181</v>
+        <v>28</v>
       </c>
       <c r="B147" s="0" t="s">
-        <v>75</v>
+        <v>29</v>
       </c>
       <c r="C147" s="0" t="s">
-        <v>61</v>
+        <v>84</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="0" t="s">
-        <v>182</v>
+        <v>43</v>
       </c>
       <c r="B148" s="0" t="s">
-        <v>183</v>
+        <v>44</v>
       </c>
       <c r="C148" s="0" t="s">
-        <v>61</v>
+        <v>84</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="0" t="s">
-        <v>184</v>
+        <v>164</v>
       </c>
       <c r="B149" s="0" t="s">
-        <v>77</v>
+        <v>165</v>
       </c>
       <c r="C149" s="0" t="s">
-        <v>61</v>
+        <v>84</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="0" t="s">
-        <v>185</v>
+        <v>45</v>
       </c>
       <c r="B150" s="0" t="s">
-        <v>79</v>
+        <v>46</v>
       </c>
       <c r="C150" s="0" t="s">
-        <v>61</v>
+        <v>84</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="s">
-        <v>186</v>
+        <v>166</v>
       </c>
       <c r="B151" s="0" t="s">
-        <v>81</v>
+        <v>48</v>
       </c>
       <c r="C151" s="0" t="s">
-        <v>61</v>
+        <v>84</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="s">
-        <v>187</v>
+        <v>47</v>
       </c>
       <c r="B152" s="0" t="s">
-        <v>188</v>
+        <v>48</v>
       </c>
       <c r="C152" s="0" t="s">
-        <v>61</v>
+        <v>84</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="s">
-        <v>189</v>
+        <v>167</v>
       </c>
       <c r="B153" s="0" t="s">
-        <v>83</v>
+        <v>168</v>
       </c>
       <c r="C153" s="0" t="s">
-        <v>61</v>
+        <v>84</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0" t="s">
-        <v>190</v>
+        <v>169</v>
       </c>
       <c r="B154" s="0" t="s">
-        <v>85</v>
+        <v>170</v>
       </c>
       <c r="C154" s="0" t="s">
-        <v>61</v>
+        <v>84</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="0" t="s">
-        <v>191</v>
+        <v>171</v>
       </c>
       <c r="B155" s="0" t="s">
-        <v>87</v>
+        <v>172</v>
       </c>
       <c r="C155" s="0" t="s">
-        <v>61</v>
+        <v>84</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="0" t="s">
-        <v>192</v>
+        <v>173</v>
       </c>
       <c r="B156" s="0" t="s">
-        <v>193</v>
+        <v>174</v>
       </c>
       <c r="C156" s="0" t="s">
-        <v>61</v>
+        <v>84</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="0" t="s">
-        <v>194</v>
+        <v>175</v>
       </c>
       <c r="B157" s="0" t="s">
-        <v>195</v>
+        <v>176</v>
       </c>
       <c r="C157" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="0" t="s">
-        <v>196</v>
+        <v>177</v>
       </c>
       <c r="B158" s="0" t="s">
-        <v>94</v>
+        <v>174</v>
       </c>
       <c r="C158" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="0" t="s">
-        <v>114</v>
+        <v>178</v>
       </c>
       <c r="B159" s="0" t="s">
-        <v>58</v>
+        <v>179</v>
       </c>
       <c r="C159" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="0" t="s">
-        <v>57</v>
+        <v>180</v>
       </c>
       <c r="B160" s="0" t="s">
-        <v>58</v>
+        <v>179</v>
       </c>
       <c r="C160" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="0" t="s">
-        <v>197</v>
+        <v>181</v>
       </c>
       <c r="B161" s="0" t="s">
-        <v>198</v>
+        <v>182</v>
       </c>
       <c r="C161" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="0" t="s">
-        <v>88</v>
+        <v>183</v>
       </c>
       <c r="B162" s="0" t="s">
-        <v>34</v>
+        <v>184</v>
       </c>
       <c r="C162" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="0" t="s">
-        <v>33</v>
+        <v>185</v>
       </c>
       <c r="B163" s="0" t="s">
-        <v>34</v>
+        <v>186</v>
       </c>
       <c r="C163" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="0" t="s">
-        <v>25</v>
+        <v>187</v>
       </c>
       <c r="B164" s="0" t="s">
-        <v>26</v>
+        <v>184</v>
       </c>
       <c r="C164" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="0" t="s">
-        <v>27</v>
+        <v>188</v>
       </c>
       <c r="B165" s="0" t="s">
-        <v>28</v>
+        <v>189</v>
       </c>
       <c r="C165" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="0" t="s">
-        <v>29</v>
+        <v>190</v>
       </c>
       <c r="B166" s="0" t="s">
-        <v>30</v>
+        <v>189</v>
       </c>
       <c r="C166" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="0" t="s">
-        <v>31</v>
+        <v>191</v>
       </c>
       <c r="B167" s="0" t="s">
-        <v>32</v>
+        <v>161</v>
       </c>
       <c r="C167" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="0" t="s">
-        <v>49</v>
+        <v>158</v>
       </c>
       <c r="B168" s="0" t="s">
-        <v>50</v>
+        <v>159</v>
       </c>
       <c r="C168" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="0" t="s">
-        <v>51</v>
+        <v>160</v>
       </c>
       <c r="B169" s="0" t="s">
-        <v>52</v>
+        <v>161</v>
       </c>
       <c r="C169" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="0" t="s">
-        <v>53</v>
+        <v>81</v>
       </c>
       <c r="B170" s="0" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="C170" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="0" t="s">
-        <v>117</v>
+        <v>49</v>
       </c>
       <c r="B171" s="0" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="C171" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="0" t="s">
-        <v>55</v>
+        <v>162</v>
       </c>
       <c r="B172" s="0" t="s">
-        <v>56</v>
+        <v>163</v>
       </c>
       <c r="C172" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="0" t="s">
-        <v>199</v>
+        <v>80</v>
       </c>
       <c r="B173" s="0" t="s">
-        <v>200</v>
+        <v>31</v>
       </c>
       <c r="C173" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="0" t="s">
-        <v>89</v>
+        <v>30</v>
       </c>
       <c r="B174" s="0" t="s">
-        <v>90</v>
+        <v>31</v>
       </c>
       <c r="C174" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="0" t="s">
-        <v>201</v>
+        <v>22</v>
       </c>
       <c r="B175" s="0" t="s">
-        <v>202</v>
+        <v>23</v>
       </c>
       <c r="C175" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="0" t="s">
-        <v>115</v>
+        <v>24</v>
       </c>
       <c r="B176" s="0" t="s">
-        <v>116</v>
+        <v>25</v>
       </c>
       <c r="C176" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="0" t="s">
-        <v>203</v>
+        <v>26</v>
       </c>
       <c r="B177" s="0" t="s">
-        <v>204</v>
+        <v>27</v>
       </c>
       <c r="C177" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="0" t="s">
-        <v>205</v>
+        <v>28</v>
       </c>
       <c r="B178" s="0" t="s">
-        <v>116</v>
+        <v>29</v>
       </c>
       <c r="C178" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="0" t="s">
-        <v>206</v>
+        <v>43</v>
       </c>
       <c r="B179" s="0" t="s">
-        <v>207</v>
+        <v>44</v>
       </c>
       <c r="C179" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="0" t="s">
-        <v>208</v>
+        <v>164</v>
       </c>
       <c r="B180" s="0" t="s">
-        <v>207</v>
+        <v>165</v>
       </c>
       <c r="C180" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="0" t="s">
-        <v>209</v>
+        <v>45</v>
       </c>
       <c r="B181" s="0" t="s">
-        <v>210</v>
+        <v>46</v>
       </c>
       <c r="C181" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="0" t="s">
-        <v>91</v>
+        <v>166</v>
       </c>
       <c r="B182" s="0" t="s">
-        <v>92</v>
+        <v>48</v>
       </c>
       <c r="C182" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="0" t="s">
-        <v>211</v>
+        <v>47</v>
       </c>
       <c r="B183" s="0" t="s">
-        <v>212</v>
+        <v>48</v>
       </c>
       <c r="C183" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="0" t="s">
-        <v>213</v>
+        <v>167</v>
       </c>
       <c r="B184" s="0" t="s">
-        <v>92</v>
+        <v>168</v>
       </c>
       <c r="C184" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="0" t="s">
-        <v>95</v>
+        <v>169</v>
       </c>
       <c r="B185" s="0" t="s">
-        <v>96</v>
+        <v>170</v>
       </c>
       <c r="C185" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="0" t="s">
-        <v>97</v>
+        <v>171</v>
       </c>
       <c r="B186" s="0" t="s">
-        <v>96</v>
+        <v>172</v>
       </c>
       <c r="C186" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="0" t="s">
-        <v>93</v>
+        <v>173</v>
       </c>
       <c r="B187" s="0" t="s">
-        <v>94</v>
+        <v>174</v>
       </c>
       <c r="C187" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="0" t="s">
-        <v>194</v>
+        <v>175</v>
       </c>
       <c r="B188" s="0" t="s">
-        <v>195</v>
+        <v>176</v>
       </c>
       <c r="C188" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="0" t="s">
-        <v>196</v>
+        <v>177</v>
       </c>
       <c r="B189" s="0" t="s">
-        <v>94</v>
+        <v>174</v>
       </c>
       <c r="C189" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="0" t="s">
-        <v>114</v>
+        <v>178</v>
       </c>
       <c r="B190" s="0" t="s">
-        <v>58</v>
+        <v>179</v>
       </c>
       <c r="C190" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="0" t="s">
-        <v>57</v>
+        <v>180</v>
       </c>
       <c r="B191" s="0" t="s">
-        <v>58</v>
+        <v>179</v>
       </c>
       <c r="C191" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="0" t="s">
-        <v>197</v>
+        <v>181</v>
       </c>
       <c r="B192" s="0" t="s">
-        <v>198</v>
+        <v>182</v>
       </c>
       <c r="C192" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="0" t="s">
-        <v>88</v>
+        <v>183</v>
       </c>
       <c r="B193" s="0" t="s">
-        <v>34</v>
+        <v>184</v>
       </c>
       <c r="C193" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="0" t="s">
-        <v>33</v>
+        <v>185</v>
       </c>
       <c r="B194" s="0" t="s">
-        <v>34</v>
+        <v>186</v>
       </c>
       <c r="C194" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="0" t="s">
-        <v>25</v>
+        <v>187</v>
       </c>
       <c r="B195" s="0" t="s">
-        <v>26</v>
+        <v>184</v>
       </c>
       <c r="C195" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="0" t="s">
-        <v>27</v>
+        <v>188</v>
       </c>
       <c r="B196" s="0" t="s">
-        <v>28</v>
+        <v>189</v>
       </c>
       <c r="C196" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="0" t="s">
-        <v>29</v>
+        <v>190</v>
       </c>
       <c r="B197" s="0" t="s">
-        <v>30</v>
+        <v>189</v>
       </c>
       <c r="C197" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="0" t="s">
-        <v>31</v>
+        <v>191</v>
       </c>
       <c r="B198" s="0" t="s">
-        <v>32</v>
+        <v>161</v>
       </c>
       <c r="C198" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="0" t="s">
-        <v>49</v>
+        <v>134</v>
       </c>
       <c r="B199" s="0" t="s">
-        <v>50</v>
+        <v>135</v>
       </c>
       <c r="C199" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="0" t="s">
-        <v>51</v>
+        <v>136</v>
       </c>
       <c r="B200" s="0" t="s">
         <v>52</v>
       </c>
       <c r="C200" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="0" t="s">
-        <v>53</v>
+        <v>137</v>
       </c>
       <c r="B201" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C201" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="0" t="s">
-        <v>117</v>
+        <v>138</v>
       </c>
       <c r="B202" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C202" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="0" t="s">
-        <v>55</v>
+        <v>139</v>
       </c>
       <c r="B203" s="0" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="C203" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="0" t="s">
-        <v>199</v>
+        <v>140</v>
       </c>
       <c r="B204" s="0" t="s">
-        <v>200</v>
+        <v>61</v>
       </c>
       <c r="C204" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="0" t="s">
-        <v>89</v>
+        <v>141</v>
       </c>
       <c r="B205" s="0" t="s">
-        <v>90</v>
+        <v>142</v>
       </c>
       <c r="C205" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="0" t="s">
-        <v>201</v>
+        <v>143</v>
       </c>
       <c r="B206" s="0" t="s">
-        <v>202</v>
+        <v>63</v>
       </c>
       <c r="C206" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="0" t="s">
-        <v>115</v>
+        <v>144</v>
       </c>
       <c r="B207" s="0" t="s">
-        <v>116</v>
+        <v>65</v>
       </c>
       <c r="C207" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="0" t="s">
-        <v>203</v>
+        <v>145</v>
       </c>
       <c r="B208" s="0" t="s">
-        <v>204</v>
+        <v>67</v>
       </c>
       <c r="C208" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="0" t="s">
-        <v>205</v>
+        <v>146</v>
       </c>
       <c r="B209" s="0" t="s">
-        <v>116</v>
+        <v>147</v>
       </c>
       <c r="C209" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="0" t="s">
-        <v>206</v>
+        <v>148</v>
       </c>
       <c r="B210" s="0" t="s">
-        <v>207</v>
+        <v>69</v>
       </c>
       <c r="C210" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="0" t="s">
-        <v>208</v>
+        <v>149</v>
       </c>
       <c r="B211" s="0" t="s">
-        <v>207</v>
+        <v>71</v>
       </c>
       <c r="C211" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="0" t="s">
-        <v>209</v>
+        <v>150</v>
       </c>
       <c r="B212" s="0" t="s">
-        <v>210</v>
+        <v>151</v>
       </c>
       <c r="C212" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="0" t="s">
-        <v>91</v>
+        <v>152</v>
       </c>
       <c r="B213" s="0" t="s">
-        <v>92</v>
+        <v>79</v>
       </c>
       <c r="C213" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="0" t="s">
-        <v>211</v>
+        <v>153</v>
       </c>
       <c r="B214" s="0" t="s">
-        <v>212</v>
+        <v>77</v>
       </c>
       <c r="C214" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="0" t="s">
-        <v>213</v>
+        <v>154</v>
       </c>
       <c r="B215" s="0" t="s">
-        <v>92</v>
+        <v>75</v>
       </c>
       <c r="C215" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="0" t="s">
-        <v>95</v>
+        <v>155</v>
       </c>
       <c r="B216" s="0" t="s">
-        <v>96</v>
+        <v>156</v>
       </c>
       <c r="C216" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="0" t="s">
-        <v>97</v>
+        <v>157</v>
       </c>
       <c r="B217" s="0" t="s">
-        <v>96</v>
+        <v>73</v>
       </c>
       <c r="C217" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="0" t="s">
-        <v>93</v>
+        <v>134</v>
       </c>
       <c r="B218" s="0" t="s">
-        <v>94</v>
+        <v>135</v>
       </c>
       <c r="C218" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="0" t="s">
-        <v>170</v>
+        <v>136</v>
       </c>
       <c r="B219" s="0" t="s">
-        <v>171</v>
+        <v>52</v>
       </c>
       <c r="C219" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="0" t="s">
-        <v>172</v>
+        <v>137</v>
       </c>
       <c r="B220" s="0" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="C220" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="0" t="s">
-        <v>173</v>
+        <v>138</v>
       </c>
       <c r="B221" s="0" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="C221" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="0" t="s">
-        <v>174</v>
+        <v>139</v>
       </c>
       <c r="B222" s="0" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="C222" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="0" t="s">
-        <v>175</v>
+        <v>140</v>
       </c>
       <c r="B223" s="0" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="C223" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="0" t="s">
-        <v>176</v>
+        <v>141</v>
       </c>
       <c r="B224" s="0" t="s">
-        <v>69</v>
+        <v>142</v>
       </c>
       <c r="C224" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="0" t="s">
-        <v>177</v>
+        <v>143</v>
       </c>
       <c r="B225" s="0" t="s">
-        <v>178</v>
+        <v>63</v>
       </c>
       <c r="C225" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="0" t="s">
-        <v>179</v>
+        <v>144</v>
       </c>
       <c r="B226" s="0" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="C226" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="0" t="s">
-        <v>180</v>
+        <v>145</v>
       </c>
       <c r="B227" s="0" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="C227" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="0" t="s">
-        <v>181</v>
+        <v>146</v>
       </c>
       <c r="B228" s="0" t="s">
-        <v>75</v>
+        <v>147</v>
       </c>
       <c r="C228" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="0" t="s">
-        <v>182</v>
+        <v>148</v>
       </c>
       <c r="B229" s="0" t="s">
-        <v>183</v>
+        <v>69</v>
       </c>
       <c r="C229" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="0" t="s">
-        <v>184</v>
+        <v>149</v>
       </c>
       <c r="B230" s="0" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="C230" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="0" t="s">
-        <v>185</v>
+        <v>150</v>
       </c>
       <c r="B231" s="0" t="s">
-        <v>79</v>
+        <v>151</v>
       </c>
       <c r="C231" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="0" t="s">
-        <v>186</v>
+        <v>152</v>
       </c>
       <c r="B232" s="0" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="C232" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="0" t="s">
-        <v>187</v>
+        <v>153</v>
       </c>
       <c r="B233" s="0" t="s">
-        <v>188</v>
+        <v>77</v>
       </c>
       <c r="C233" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="0" t="s">
-        <v>189</v>
+        <v>154</v>
       </c>
       <c r="B234" s="0" t="s">
-        <v>83</v>
+        <v>75</v>
       </c>
       <c r="C234" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="0" t="s">
-        <v>190</v>
+        <v>155</v>
       </c>
       <c r="B235" s="0" t="s">
-        <v>85</v>
+        <v>156</v>
       </c>
       <c r="C235" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="0" t="s">
-        <v>191</v>
+        <v>157</v>
       </c>
       <c r="B236" s="0" t="s">
-        <v>87</v>
+        <v>73</v>
       </c>
       <c r="C236" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="0" t="s">
         <v>192</v>
       </c>
       <c r="B237" s="0" t="s">
         <v>193</v>
       </c>
       <c r="C237" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="0" t="s">
-        <v>170</v>
+        <v>194</v>
       </c>
       <c r="B238" s="0" t="s">
-        <v>171</v>
+        <v>195</v>
       </c>
       <c r="C238" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="0" t="s">
-        <v>172</v>
+        <v>196</v>
       </c>
       <c r="B239" s="0" t="s">
-        <v>60</v>
+        <v>197</v>
       </c>
       <c r="C239" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="0" t="s">
-        <v>173</v>
+        <v>198</v>
       </c>
       <c r="B240" s="0" t="s">
-        <v>63</v>
+        <v>199</v>
       </c>
       <c r="C240" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="0" t="s">
-        <v>174</v>
+        <v>200</v>
       </c>
       <c r="B241" s="0" t="s">
-        <v>65</v>
+        <v>201</v>
       </c>
       <c r="C241" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="0" t="s">
-        <v>175</v>
+        <v>202</v>
       </c>
       <c r="B242" s="0" t="s">
-        <v>67</v>
+        <v>203</v>
       </c>
       <c r="C242" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="0" t="s">
-        <v>176</v>
+        <v>204</v>
       </c>
       <c r="B243" s="0" t="s">
-        <v>69</v>
+        <v>205</v>
       </c>
       <c r="C243" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="0" t="s">
-        <v>177</v>
+        <v>206</v>
       </c>
       <c r="B244" s="0" t="s">
-        <v>178</v>
+        <v>207</v>
       </c>
       <c r="C244" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="0" t="s">
-        <v>179</v>
+        <v>208</v>
       </c>
       <c r="B245" s="0" t="s">
-        <v>71</v>
+        <v>209</v>
       </c>
       <c r="C245" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="0" t="s">
-        <v>180</v>
+        <v>210</v>
       </c>
       <c r="B246" s="0" t="s">
-        <v>73</v>
+        <v>211</v>
       </c>
       <c r="C246" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="0" t="s">
-        <v>181</v>
+        <v>212</v>
       </c>
       <c r="B247" s="0" t="s">
-        <v>75</v>
+        <v>213</v>
       </c>
       <c r="C247" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="0" t="s">
-        <v>182</v>
+        <v>214</v>
       </c>
       <c r="B248" s="0" t="s">
-        <v>183</v>
+        <v>215</v>
       </c>
       <c r="C248" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="0" t="s">
-        <v>184</v>
+        <v>216</v>
       </c>
       <c r="B249" s="0" t="s">
-        <v>77</v>
+        <v>217</v>
       </c>
       <c r="C249" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="0" t="s">
-        <v>185</v>
+        <v>218</v>
       </c>
       <c r="B250" s="0" t="s">
-        <v>79</v>
+        <v>217</v>
       </c>
       <c r="C250" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="0" t="s">
-        <v>186</v>
+        <v>219</v>
       </c>
       <c r="B251" s="0" t="s">
-        <v>81</v>
+        <v>220</v>
       </c>
       <c r="C251" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="0" t="s">
-        <v>187</v>
+        <v>221</v>
       </c>
       <c r="B252" s="0" t="s">
-        <v>188</v>
+        <v>222</v>
       </c>
       <c r="C252" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="0" t="s">
-        <v>189</v>
+        <v>223</v>
       </c>
       <c r="B253" s="0" t="s">
-        <v>83</v>
+        <v>224</v>
       </c>
       <c r="C253" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="0" t="s">
-        <v>190</v>
+        <v>225</v>
       </c>
       <c r="B254" s="0" t="s">
-        <v>85</v>
+        <v>226</v>
       </c>
       <c r="C254" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="0" t="s">
-        <v>191</v>
+        <v>227</v>
       </c>
       <c r="B255" s="0" t="s">
-        <v>87</v>
+        <v>224</v>
       </c>
       <c r="C255" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="0" t="s">
-        <v>192</v>
+        <v>228</v>
       </c>
       <c r="B256" s="0" t="s">
-        <v>193</v>
+        <v>229</v>
       </c>
       <c r="C256" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="0" t="s">
-        <v>214</v>
+        <v>230</v>
       </c>
       <c r="B257" s="0" t="s">
-        <v>215</v>
+        <v>231</v>
       </c>
       <c r="C257" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="0" t="s">
-        <v>216</v>
+        <v>232</v>
       </c>
       <c r="B258" s="0" t="s">
-        <v>217</v>
+        <v>233</v>
       </c>
       <c r="C258" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="0" t="s">
-        <v>218</v>
+        <v>234</v>
       </c>
       <c r="B259" s="0" t="s">
-        <v>219</v>
+        <v>235</v>
       </c>
       <c r="C259" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="0" t="s">
-        <v>220</v>
+        <v>236</v>
       </c>
       <c r="B260" s="0" t="s">
-        <v>221</v>
+        <v>237</v>
       </c>
       <c r="C260" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="0" t="s">
-        <v>222</v>
+        <v>238</v>
       </c>
       <c r="B261" s="0" t="s">
-        <v>223</v>
+        <v>239</v>
       </c>
       <c r="C261" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="0" t="s">
-        <v>224</v>
+        <v>240</v>
       </c>
       <c r="B262" s="0" t="s">
-        <v>225</v>
+        <v>239</v>
       </c>
       <c r="C262" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="0" t="s">
-        <v>226</v>
+        <v>241</v>
       </c>
       <c r="B263" s="0" t="s">
-        <v>227</v>
+        <v>242</v>
       </c>
       <c r="C263" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="0" t="s">
-        <v>228</v>
+        <v>243</v>
       </c>
       <c r="B264" s="0" t="s">
-        <v>229</v>
+        <v>244</v>
       </c>
       <c r="C264" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="0" t="s">
-        <v>230</v>
+        <v>245</v>
       </c>
       <c r="B265" s="0" t="s">
-        <v>231</v>
+        <v>244</v>
       </c>
       <c r="C265" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="0" t="s">
-        <v>232</v>
+        <v>246</v>
       </c>
       <c r="B266" s="0" t="s">
-        <v>233</v>
+        <v>247</v>
       </c>
       <c r="C266" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="0" t="s">
-        <v>234</v>
+        <v>248</v>
       </c>
       <c r="B267" s="0" t="s">
-        <v>235</v>
+        <v>249</v>
       </c>
       <c r="C267" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="0" t="s">
-        <v>236</v>
+        <v>250</v>
       </c>
       <c r="B268" s="0" t="s">
-        <v>237</v>
+        <v>247</v>
       </c>
       <c r="C268" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="0" t="s">
-        <v>238</v>
+        <v>251</v>
       </c>
       <c r="B269" s="0" t="s">
-        <v>239</v>
+        <v>249</v>
       </c>
       <c r="C269" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="0" t="s">
-        <v>240</v>
+        <v>252</v>
       </c>
       <c r="B270" s="0" t="s">
-        <v>239</v>
+        <v>253</v>
       </c>
       <c r="C270" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="0" t="s">
-        <v>241</v>
+        <v>254</v>
       </c>
       <c r="B271" s="0" t="s">
-        <v>242</v>
+        <v>255</v>
       </c>
       <c r="C271" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="0" t="s">
-        <v>243</v>
+        <v>256</v>
       </c>
       <c r="B272" s="0" t="s">
-        <v>244</v>
+        <v>257</v>
       </c>
       <c r="C272" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="0" t="s">
-        <v>245</v>
+        <v>101</v>
       </c>
       <c r="B273" s="0" t="s">
-        <v>246</v>
+        <v>102</v>
       </c>
       <c r="C273" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="0" t="s">
-        <v>247</v>
+        <v>103</v>
       </c>
       <c r="B274" s="0" t="s">
-        <v>248</v>
+        <v>104</v>
       </c>
       <c r="C274" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="0" t="s">
-        <v>249</v>
+        <v>105</v>
       </c>
       <c r="B275" s="0" t="s">
-        <v>246</v>
+        <v>102</v>
       </c>
       <c r="C275" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="0" t="s">
-        <v>250</v>
+        <v>258</v>
       </c>
       <c r="B276" s="0" t="s">
-        <v>251</v>
+        <v>259</v>
       </c>
       <c r="C276" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="0" t="s">
-        <v>252</v>
+        <v>260</v>
       </c>
       <c r="B277" s="0" t="s">
-        <v>253</v>
+        <v>261</v>
       </c>
       <c r="C277" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="0" t="s">
-        <v>254</v>
+        <v>262</v>
       </c>
       <c r="B278" s="0" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="C278" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="0" t="s">
-        <v>256</v>
+        <v>263</v>
       </c>
       <c r="B279" s="0" t="s">
-        <v>257</v>
+        <v>264</v>
       </c>
       <c r="C279" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="0" t="s">
-        <v>258</v>
+        <v>265</v>
       </c>
       <c r="B280" s="0" t="s">
-        <v>259</v>
+        <v>266</v>
       </c>
       <c r="C280" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="0" t="s">
-        <v>260</v>
+        <v>267</v>
       </c>
       <c r="B281" s="0" t="s">
-        <v>261</v>
+        <v>268</v>
       </c>
       <c r="C281" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="0" t="s">
-        <v>262</v>
+        <v>269</v>
       </c>
       <c r="B282" s="0" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="C282" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="0" t="s">
-        <v>263</v>
+        <v>270</v>
       </c>
       <c r="B283" s="0" t="s">
-        <v>264</v>
+        <v>271</v>
       </c>
       <c r="C283" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="0" t="s">
-        <v>265</v>
+        <v>272</v>
       </c>
       <c r="B284" s="0" t="s">
         <v>266</v>
       </c>
       <c r="C284" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="0" t="s">
-        <v>267</v>
+        <v>273</v>
       </c>
       <c r="B285" s="0" t="s">
         <v>266</v>
       </c>
       <c r="C285" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="0" t="s">
-        <v>268</v>
+        <v>124</v>
       </c>
       <c r="B286" s="0" t="s">
-        <v>269</v>
+        <v>125</v>
       </c>
       <c r="C286" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="0" t="s">
-        <v>270</v>
+        <v>128</v>
       </c>
       <c r="B287" s="0" t="s">
-        <v>271</v>
+        <v>129</v>
       </c>
       <c r="C287" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="0" t="s">
-        <v>272</v>
+        <v>130</v>
       </c>
       <c r="B288" s="0" t="s">
-        <v>269</v>
+        <v>131</v>
       </c>
       <c r="C288" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="0" t="s">
-        <v>273</v>
+        <v>132</v>
       </c>
       <c r="B289" s="0" t="s">
-        <v>271</v>
+        <v>129</v>
       </c>
       <c r="C289" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="0" t="s">
-        <v>274</v>
+        <v>133</v>
       </c>
       <c r="B290" s="0" t="s">
-        <v>275</v>
+        <v>129</v>
       </c>
       <c r="C290" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="0" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="B291" s="0" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="C291" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="B292" s="0" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="C292" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="0" t="s">
-        <v>137</v>
+        <v>278</v>
       </c>
       <c r="B293" s="0" t="s">
-        <v>138</v>
+        <v>275</v>
       </c>
       <c r="C293" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="0" t="s">
-        <v>139</v>
+        <v>279</v>
       </c>
       <c r="B294" s="0" t="s">
-        <v>140</v>
+        <v>280</v>
       </c>
       <c r="C294" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="0" t="s">
-        <v>141</v>
+        <v>281</v>
       </c>
       <c r="B295" s="0" t="s">
-        <v>138</v>
+        <v>282</v>
       </c>
       <c r="C295" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="0" t="s">
-        <v>280</v>
+        <v>87</v>
       </c>
       <c r="B296" s="0" t="s">
-        <v>281</v>
+        <v>88</v>
       </c>
       <c r="C296" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="0" t="s">
-        <v>282</v>
+        <v>89</v>
       </c>
       <c r="B297" s="0" t="s">
-        <v>283</v>
+        <v>90</v>
       </c>
       <c r="C297" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="0" t="s">
-        <v>284</v>
+        <v>93</v>
       </c>
       <c r="B298" s="0" t="s">
-        <v>281</v>
+        <v>94</v>
       </c>
       <c r="C298" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="0" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="B299" s="0" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="C299" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="0" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="B300" s="0" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="C300" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="0" t="s">
-        <v>289</v>
+        <v>110</v>
       </c>
       <c r="B301" s="0" t="s">
-        <v>290</v>
+        <v>111</v>
       </c>
       <c r="C301" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="0" t="s">
-        <v>291</v>
+        <v>287</v>
       </c>
       <c r="B302" s="0" t="s">
         <v>288</v>
       </c>
       <c r="C302" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="0" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="B303" s="0" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="C303" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="0" t="s">
-        <v>294</v>
+        <v>114</v>
       </c>
       <c r="B304" s="0" t="s">
-        <v>288</v>
+        <v>115</v>
       </c>
       <c r="C304" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="0" t="s">
-        <v>295</v>
+        <v>116</v>
       </c>
       <c r="B305" s="0" t="s">
-        <v>288</v>
+        <v>117</v>
       </c>
       <c r="C305" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="0" t="s">
-        <v>160</v>
+        <v>120</v>
       </c>
       <c r="B306" s="0" t="s">
-        <v>161</v>
+        <v>121</v>
       </c>
       <c r="C306" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="0" t="s">
-        <v>164</v>
+        <v>291</v>
       </c>
       <c r="B307" s="0" t="s">
-        <v>165</v>
+        <v>292</v>
       </c>
       <c r="C307" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="0" t="s">
-        <v>166</v>
+        <v>293</v>
       </c>
       <c r="B308" s="0" t="s">
-        <v>167</v>
+        <v>294</v>
       </c>
       <c r="C308" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="0" t="s">
-        <v>168</v>
+        <v>295</v>
       </c>
       <c r="B309" s="0" t="s">
-        <v>165</v>
+        <v>296</v>
       </c>
       <c r="C309" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="0" t="s">
-        <v>169</v>
+        <v>297</v>
       </c>
       <c r="B310" s="0" t="s">
-        <v>165</v>
+        <v>298</v>
       </c>
       <c r="C310" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="0" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="B311" s="0" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="C311" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="0" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="B312" s="0" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="C312" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="0" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="B313" s="0" t="s">
-        <v>297</v>
+        <v>304</v>
       </c>
       <c r="C313" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="0" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="B314" s="0" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="C314" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="0" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B315" s="0" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="C315" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="0" t="s">
-        <v>123</v>
+        <v>309</v>
       </c>
       <c r="B316" s="0" t="s">
-        <v>124</v>
+        <v>310</v>
       </c>
       <c r="C316" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="0" t="s">
-        <v>125</v>
+        <v>311</v>
       </c>
       <c r="B317" s="0" t="s">
-        <v>126</v>
+        <v>312</v>
       </c>
       <c r="C317" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="0" t="s">
-        <v>129</v>
+        <v>313</v>
       </c>
       <c r="B318" s="0" t="s">
-        <v>130</v>
+        <v>314</v>
       </c>
       <c r="C318" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="0" t="s">
-        <v>305</v>
+        <v>315</v>
       </c>
       <c r="B319" s="0" t="s">
-        <v>306</v>
+        <v>316</v>
       </c>
       <c r="C319" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="0" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="B320" s="0" t="s">
-        <v>308</v>
+        <v>318</v>
       </c>
       <c r="C320" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="0" t="s">
-        <v>146</v>
+        <v>319</v>
       </c>
       <c r="B321" s="0" t="s">
-        <v>147</v>
+        <v>320</v>
       </c>
       <c r="C321" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="0" t="s">
-        <v>309</v>
+        <v>321</v>
       </c>
       <c r="B322" s="0" t="s">
-        <v>310</v>
+        <v>322</v>
       </c>
       <c r="C322" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="0" t="s">
-        <v>311</v>
+        <v>323</v>
       </c>
       <c r="B323" s="0" t="s">
-        <v>312</v>
+        <v>324</v>
       </c>
       <c r="C323" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="0" t="s">
-        <v>150</v>
+        <v>325</v>
       </c>
       <c r="B324" s="0" t="s">
-        <v>151</v>
+        <v>326</v>
       </c>
       <c r="C324" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="0" t="s">
-        <v>152</v>
+        <v>327</v>
       </c>
       <c r="B325" s="0" t="s">
-        <v>153</v>
+        <v>326</v>
       </c>
       <c r="C325" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="0" t="s">
-        <v>156</v>
+        <v>328</v>
       </c>
       <c r="B326" s="0" t="s">
-        <v>157</v>
+        <v>329</v>
       </c>
       <c r="C326" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="0" t="s">
-        <v>313</v>
+        <v>330</v>
       </c>
       <c r="B327" s="0" t="s">
-        <v>314</v>
+        <v>331</v>
       </c>
       <c r="C327" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="0" t="s">
-        <v>315</v>
+        <v>332</v>
       </c>
       <c r="B328" s="0" t="s">
-        <v>316</v>
+        <v>333</v>
       </c>
       <c r="C328" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="0" t="s">
-        <v>317</v>
+        <v>334</v>
       </c>
       <c r="B329" s="0" t="s">
-        <v>318</v>
+        <v>335</v>
       </c>
       <c r="C329" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="0" t="s">
-        <v>319</v>
+        <v>336</v>
       </c>
       <c r="B330" s="0" t="s">
-        <v>320</v>
+        <v>337</v>
       </c>
       <c r="C330" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="0" t="s">
-        <v>321</v>
+        <v>338</v>
       </c>
       <c r="B331" s="0" t="s">
-        <v>322</v>
+        <v>335</v>
       </c>
       <c r="C331" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="0" t="s">
-        <v>323</v>
+        <v>339</v>
       </c>
       <c r="B332" s="0" t="s">
-        <v>324</v>
+        <v>340</v>
       </c>
       <c r="C332" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="0" t="s">
-        <v>325</v>
+        <v>341</v>
       </c>
       <c r="B333" s="0" t="s">
-        <v>326</v>
+        <v>342</v>
       </c>
       <c r="C333" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="0" t="s">
-        <v>327</v>
+        <v>343</v>
       </c>
       <c r="B334" s="0" t="s">
-        <v>328</v>
+        <v>344</v>
       </c>
       <c r="C334" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="0" t="s">
-        <v>329</v>
+        <v>345</v>
       </c>
       <c r="B335" s="0" t="s">
-        <v>330</v>
+        <v>340</v>
       </c>
       <c r="C335" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="0" t="s">
-        <v>331</v>
+        <v>346</v>
       </c>
       <c r="B336" s="0" t="s">
-        <v>332</v>
+        <v>347</v>
       </c>
       <c r="C336" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="0" t="s">
-        <v>333</v>
+        <v>348</v>
       </c>
       <c r="B337" s="0" t="s">
-        <v>334</v>
+        <v>349</v>
       </c>
       <c r="C337" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="0" t="s">
-        <v>335</v>
+        <v>350</v>
       </c>
       <c r="B338" s="0" t="s">
-        <v>336</v>
+        <v>351</v>
       </c>
       <c r="C338" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="0" t="s">
-        <v>337</v>
+        <v>352</v>
       </c>
       <c r="B339" s="0" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="C339" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="0" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="B340" s="0" t="s">
-        <v>340</v>
+        <v>355</v>
       </c>
       <c r="C340" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="0" t="s">
-        <v>341</v>
+        <v>356</v>
       </c>
       <c r="B341" s="0" t="s">
-        <v>342</v>
+        <v>357</v>
       </c>
       <c r="C341" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="0" t="s">
-        <v>343</v>
+        <v>358</v>
       </c>
       <c r="B342" s="0" t="s">
-        <v>344</v>
+        <v>353</v>
       </c>
       <c r="C342" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="0" t="s">
-        <v>345</v>
+        <v>359</v>
       </c>
       <c r="B343" s="0" t="s">
-        <v>346</v>
+        <v>360</v>
       </c>
       <c r="C343" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="0" t="s">
-        <v>347</v>
+        <v>361</v>
       </c>
       <c r="B344" s="0" t="s">
-        <v>348</v>
+        <v>362</v>
       </c>
       <c r="C344" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="0" t="s">
-        <v>349</v>
+        <v>363</v>
       </c>
       <c r="B345" s="0" t="s">
-        <v>348</v>
+        <v>360</v>
       </c>
       <c r="C345" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="0" t="s">
-        <v>350</v>
+        <v>364</v>
       </c>
       <c r="B346" s="0" t="s">
-        <v>351</v>
+        <v>362</v>
       </c>
       <c r="C346" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="0" t="s">
-        <v>352</v>
+        <v>365</v>
       </c>
       <c r="B347" s="0" t="s">
-        <v>353</v>
+        <v>366</v>
       </c>
       <c r="C347" s="0" t="s">
-        <v>61</v>
+        <v>5</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="0" t="s">
-        <v>354</v>
+        <v>367</v>
       </c>
       <c r="B348" s="0" t="s">
-        <v>355</v>
+        <v>368</v>
       </c>
       <c r="C348" s="0" t="s">
-        <v>61</v>
+        <v>5</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="0" t="s">
-        <v>356</v>
+        <v>369</v>
       </c>
       <c r="B349" s="0" t="s">
-        <v>357</v>
+        <v>370</v>
       </c>
       <c r="C349" s="0" t="s">
-        <v>61</v>
+        <v>5</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="0" t="s">
-        <v>358</v>
+        <v>371</v>
       </c>
       <c r="B350" s="0" t="s">
-        <v>359</v>
+        <v>368</v>
       </c>
       <c r="C350" s="0" t="s">
-        <v>61</v>
+        <v>5</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="0" t="s">
-        <v>360</v>
+        <v>372</v>
       </c>
       <c r="B351" s="0" t="s">
-        <v>357</v>
+        <v>373</v>
       </c>
       <c r="C351" s="0" t="s">
-        <v>61</v>
+        <v>5</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="0" t="s">
-        <v>361</v>
+        <v>374</v>
       </c>
       <c r="B352" s="0" t="s">
-        <v>362</v>
+        <v>375</v>
       </c>
       <c r="C352" s="0" t="s">
-        <v>61</v>
+        <v>5</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="0" t="s">
-        <v>363</v>
+        <v>376</v>
       </c>
       <c r="B353" s="0" t="s">
-        <v>364</v>
+        <v>375</v>
       </c>
       <c r="C353" s="0" t="s">
-        <v>61</v>
+        <v>5</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="0" t="s">
-        <v>365</v>
+        <v>377</v>
       </c>
       <c r="B354" s="0" t="s">
-        <v>366</v>
+        <v>378</v>
       </c>
       <c r="C354" s="0" t="s">
-        <v>61</v>
+        <v>5</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="0" t="s">
-        <v>367</v>
+        <v>379</v>
       </c>
       <c r="B355" s="0" t="s">
-        <v>362</v>
+        <v>375</v>
       </c>
       <c r="C355" s="0" t="s">
-        <v>61</v>
+        <v>5</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="0" t="s">
-        <v>368</v>
+        <v>167</v>
       </c>
       <c r="B356" s="0" t="s">
-        <v>369</v>
+        <v>168</v>
       </c>
       <c r="C356" s="0" t="s">
-        <v>61</v>
+        <v>5</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="0" t="s">
-        <v>370</v>
+        <v>171</v>
       </c>
       <c r="B357" s="0" t="s">
-        <v>371</v>
+        <v>172</v>
       </c>
       <c r="C357" s="0" t="s">
-        <v>61</v>
+        <v>5</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="0" t="s">
-        <v>372</v>
+        <v>177</v>
       </c>
       <c r="B358" s="0" t="s">
-        <v>373</v>
+        <v>174</v>
       </c>
       <c r="C358" s="0" t="s">
-        <v>61</v>
+        <v>5</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="0" t="s">
-        <v>374</v>
+        <v>187</v>
       </c>
       <c r="B359" s="0" t="s">
-        <v>375</v>
+        <v>184</v>
       </c>
       <c r="C359" s="0" t="s">
-        <v>61</v>
+        <v>5</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="0" t="s">
-        <v>376</v>
+        <v>181</v>
       </c>
       <c r="B360" s="0" t="s">
-        <v>377</v>
+        <v>182</v>
       </c>
       <c r="C360" s="0" t="s">
-        <v>61</v>
+        <v>5</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="0" t="s">
-        <v>378</v>
+        <v>185</v>
       </c>
       <c r="B361" s="0" t="s">
-        <v>379</v>
+        <v>186</v>
       </c>
       <c r="C361" s="0" t="s">
-        <v>61</v>
+        <v>5</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="0" t="s">
-        <v>380</v>
+        <v>180</v>
       </c>
       <c r="B362" s="0" t="s">
-        <v>375</v>
+        <v>179</v>
       </c>
       <c r="C362" s="0" t="s">
-        <v>61</v>
+        <v>5</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="0" t="s">
-        <v>381</v>
+        <v>160</v>
       </c>
       <c r="B363" s="0" t="s">
-        <v>382</v>
+        <v>161</v>
       </c>
       <c r="C363" s="0" t="s">
-        <v>61</v>
+        <v>5</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="0" t="s">
-        <v>383</v>
+        <v>178</v>
       </c>
       <c r="B364" s="0" t="s">
-        <v>384</v>
+        <v>179</v>
       </c>
       <c r="C364" s="0" t="s">
-        <v>61</v>
+        <v>5</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="0" t="s">
-        <v>385</v>
+        <v>158</v>
       </c>
       <c r="B365" s="0" t="s">
-        <v>382</v>
+        <v>159</v>
       </c>
       <c r="C365" s="0" t="s">
-        <v>61</v>
+        <v>5</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="0" t="s">
-        <v>386</v>
+        <v>162</v>
       </c>
       <c r="B366" s="0" t="s">
-        <v>384</v>
+        <v>163</v>
       </c>
       <c r="C366" s="0" t="s">
-        <v>61</v>
+        <v>5</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="0" t="s">
-        <v>387</v>
+        <v>62</v>
       </c>
       <c r="B367" s="0" t="s">
-        <v>388</v>
+        <v>63</v>
       </c>
       <c r="C367" s="0" t="s">
-        <v>5</v>
+        <v>84</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="0" t="s">
-        <v>389</v>
+        <v>64</v>
       </c>
       <c r="B368" s="0" t="s">
-        <v>390</v>
+        <v>65</v>
       </c>
       <c r="C368" s="0" t="s">
-        <v>5</v>
+        <v>84</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" s="0" t="s">
-        <v>391</v>
+        <v>66</v>
       </c>
       <c r="B369" s="0" t="s">
-        <v>101</v>
+        <v>67</v>
       </c>
       <c r="C369" s="0" t="s">
-        <v>5</v>
+        <v>84</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" s="0" t="s">
-        <v>392</v>
+        <v>68</v>
       </c>
       <c r="B370" s="0" t="s">
-        <v>390</v>
+        <v>69</v>
       </c>
       <c r="C370" s="0" t="s">
-        <v>5</v>
+        <v>84</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" s="0" t="s">
-        <v>393</v>
+        <v>70</v>
       </c>
       <c r="B371" s="0" t="s">
-        <v>105</v>
+        <v>71</v>
       </c>
       <c r="C371" s="0" t="s">
-        <v>5</v>
+        <v>84</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" s="0" t="s">
-        <v>394</v>
+        <v>72</v>
       </c>
       <c r="B372" s="0" t="s">
-        <v>103</v>
+        <v>73</v>
       </c>
       <c r="C372" s="0" t="s">
-        <v>5</v>
+        <v>84</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" s="0" t="s">
-        <v>395</v>
+        <v>74</v>
       </c>
       <c r="B373" s="0" t="s">
-        <v>103</v>
+        <v>75</v>
       </c>
       <c r="C373" s="0" t="s">
-        <v>5</v>
+        <v>84</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="0" t="s">
-        <v>396</v>
+        <v>76</v>
       </c>
       <c r="B374" s="0" t="s">
-        <v>397</v>
+        <v>77</v>
       </c>
       <c r="C374" s="0" t="s">
-        <v>5</v>
+        <v>84</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="0" t="s">
-        <v>398</v>
+        <v>78</v>
       </c>
       <c r="B375" s="0" t="s">
-        <v>103</v>
+        <v>79</v>
       </c>
       <c r="C375" s="0" t="s">
-        <v>5</v>
+        <v>84</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="0" t="s">
-        <v>199</v>
+        <v>143</v>
       </c>
       <c r="B376" s="0" t="s">
-        <v>200</v>
+        <v>63</v>
       </c>
       <c r="C376" s="0" t="s">
-        <v>5</v>
+        <v>84</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="0" t="s">
-        <v>201</v>
+        <v>144</v>
       </c>
       <c r="B377" s="0" t="s">
-        <v>202</v>
+        <v>65</v>
       </c>
       <c r="C377" s="0" t="s">
-        <v>5</v>
+        <v>84</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" s="0" t="s">
-        <v>205</v>
+        <v>145</v>
       </c>
       <c r="B378" s="0" t="s">
-        <v>116</v>
+        <v>67</v>
       </c>
       <c r="C378" s="0" t="s">
-        <v>5</v>
+        <v>84</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" s="0" t="s">
-        <v>213</v>
+        <v>148</v>
       </c>
       <c r="B379" s="0" t="s">
-        <v>92</v>
+        <v>69</v>
       </c>
       <c r="C379" s="0" t="s">
-        <v>5</v>
+        <v>84</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" s="0" t="s">
-        <v>209</v>
+        <v>149</v>
       </c>
       <c r="B380" s="0" t="s">
-        <v>210</v>
+        <v>71</v>
       </c>
       <c r="C380" s="0" t="s">
-        <v>5</v>
+        <v>84</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" s="0" t="s">
-        <v>211</v>
+        <v>152</v>
       </c>
       <c r="B381" s="0" t="s">
-        <v>212</v>
+        <v>79</v>
       </c>
       <c r="C381" s="0" t="s">
-        <v>5</v>
+        <v>84</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" s="0" t="s">
-        <v>208</v>
+        <v>153</v>
       </c>
       <c r="B382" s="0" t="s">
-        <v>207</v>
+        <v>77</v>
       </c>
       <c r="C382" s="0" t="s">
-        <v>5</v>
+        <v>84</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" s="0" t="s">
-        <v>196</v>
+        <v>154</v>
       </c>
       <c r="B383" s="0" t="s">
-        <v>94</v>
+        <v>75</v>
       </c>
       <c r="C383" s="0" t="s">
-        <v>5</v>
+        <v>84</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="0" t="s">
-        <v>206</v>
+        <v>157</v>
       </c>
       <c r="B384" s="0" t="s">
-        <v>207</v>
+        <v>73</v>
       </c>
       <c r="C384" s="0" t="s">
-        <v>5</v>
+        <v>84</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="0" t="s">
-        <v>194</v>
+        <v>380</v>
       </c>
       <c r="B385" s="0" t="s">
-        <v>195</v>
+        <v>7</v>
       </c>
       <c r="C385" s="0" t="s">
-        <v>5</v>
+        <v>84</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" s="0" t="s">
-        <v>197</v>
+        <v>381</v>
       </c>
       <c r="B386" s="0" t="s">
-        <v>198</v>
+        <v>382</v>
       </c>
       <c r="C386" s="0" t="s">
-        <v>5</v>
+        <v>84</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" s="0" t="s">
-        <v>179</v>
+        <v>6</v>
       </c>
       <c r="B387" s="0" t="s">
-        <v>71</v>
+        <v>7</v>
       </c>
       <c r="C387" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" s="0" t="s">
-        <v>70</v>
+        <v>8</v>
       </c>
       <c r="B388" s="0" t="s">
-        <v>71</v>
+        <v>7</v>
       </c>
       <c r="C388" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="0" t="s">
-        <v>180</v>
+        <v>383</v>
       </c>
       <c r="B389" s="0" t="s">
-        <v>73</v>
+        <v>384</v>
       </c>
       <c r="C389" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="0" t="s">
-        <v>72</v>
+        <v>32</v>
       </c>
       <c r="B390" s="0" t="s">
-        <v>73</v>
+        <v>33</v>
       </c>
       <c r="C390" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="0" t="s">
-        <v>181</v>
+        <v>15</v>
       </c>
       <c r="B391" s="0" t="s">
-        <v>75</v>
+        <v>10</v>
       </c>
       <c r="C391" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="0" t="s">
-        <v>74</v>
+        <v>3</v>
       </c>
       <c r="B392" s="0" t="s">
-        <v>75</v>
+        <v>4</v>
       </c>
       <c r="C392" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="0" t="s">
-        <v>184</v>
+        <v>16</v>
       </c>
       <c r="B393" s="0" t="s">
-        <v>77</v>
+        <v>10</v>
       </c>
       <c r="C393" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="0" t="s">
-        <v>76</v>
+        <v>9</v>
       </c>
       <c r="B394" s="0" t="s">
-        <v>77</v>
+        <v>10</v>
       </c>
       <c r="C394" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="0" t="s">
-        <v>185</v>
+        <v>385</v>
       </c>
       <c r="B395" s="0" t="s">
-        <v>79</v>
+        <v>386</v>
       </c>
       <c r="C395" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="0" t="s">
-        <v>78</v>
+        <v>387</v>
       </c>
       <c r="B396" s="0" t="s">
-        <v>79</v>
+        <v>388</v>
       </c>
       <c r="C396" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="0" t="s">
-        <v>186</v>
+        <v>380</v>
       </c>
       <c r="B397" s="0" t="s">
-        <v>81</v>
+        <v>7</v>
       </c>
       <c r="C397" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="0" t="s">
-        <v>80</v>
+        <v>381</v>
       </c>
       <c r="B398" s="0" t="s">
-        <v>81</v>
+        <v>382</v>
       </c>
       <c r="C398" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" s="0" t="s">
-        <v>189</v>
+        <v>6</v>
       </c>
       <c r="B399" s="0" t="s">
-        <v>83</v>
+        <v>7</v>
       </c>
       <c r="C399" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" s="0" t="s">
-        <v>82</v>
+        <v>8</v>
       </c>
       <c r="B400" s="0" t="s">
-        <v>83</v>
+        <v>7</v>
       </c>
       <c r="C400" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" s="0" t="s">
-        <v>190</v>
+        <v>383</v>
       </c>
       <c r="B401" s="0" t="s">
-        <v>85</v>
+        <v>384</v>
       </c>
       <c r="C401" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" s="0" t="s">
-        <v>84</v>
+        <v>32</v>
       </c>
       <c r="B402" s="0" t="s">
-        <v>85</v>
+        <v>33</v>
       </c>
       <c r="C402" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" s="0" t="s">
-        <v>191</v>
+        <v>15</v>
       </c>
       <c r="B403" s="0" t="s">
-        <v>87</v>
+        <v>10</v>
       </c>
       <c r="C403" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" s="0" t="s">
-        <v>86</v>
+        <v>3</v>
       </c>
       <c r="B404" s="0" t="s">
-        <v>87</v>
+        <v>4</v>
       </c>
       <c r="C404" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" s="0" t="s">
-        <v>3</v>
+        <v>16</v>
       </c>
       <c r="B405" s="0" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C405" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" s="0" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="B406" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C406" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="0" t="s">
-        <v>10</v>
+        <v>385</v>
       </c>
       <c r="B407" s="0" t="s">
-        <v>4</v>
+        <v>386</v>
       </c>
       <c r="C407" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" s="0" t="s">
-        <v>11</v>
+        <v>387</v>
       </c>
       <c r="B408" s="0" t="s">
-        <v>4</v>
+        <v>388</v>
       </c>
       <c r="C408" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="0" t="s">
-        <v>108</v>
+        <v>377</v>
       </c>
       <c r="B409" s="0" t="s">
-        <v>109</v>
+        <v>378</v>
       </c>
       <c r="C409" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="0" t="s">
-        <v>37</v>
+        <v>389</v>
       </c>
       <c r="B410" s="0" t="s">
-        <v>38</v>
+        <v>375</v>
       </c>
       <c r="C410" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="0" t="s">
-        <v>18</v>
+        <v>390</v>
       </c>
       <c r="B411" s="0" t="s">
-        <v>13</v>
+        <v>373</v>
       </c>
       <c r="C411" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="0" t="s">
-        <v>8</v>
+        <v>376</v>
       </c>
       <c r="B412" s="0" t="s">
-        <v>9</v>
+        <v>375</v>
       </c>
       <c r="C412" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="0" t="s">
-        <v>19</v>
+        <v>374</v>
       </c>
       <c r="B413" s="0" t="s">
-        <v>13</v>
+        <v>375</v>
       </c>
       <c r="C413" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="0" t="s">
-        <v>12</v>
+        <v>372</v>
       </c>
       <c r="B414" s="0" t="s">
-        <v>13</v>
+        <v>373</v>
       </c>
       <c r="C414" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" s="0" t="s">
-        <v>106</v>
+        <v>379</v>
       </c>
       <c r="B415" s="0" t="s">
-        <v>107</v>
+        <v>375</v>
       </c>
       <c r="C415" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="0" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="B416" s="0" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="C416" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" s="0" t="s">
-        <v>3</v>
+        <v>19</v>
       </c>
       <c r="B417" s="0" t="s">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="C417" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" s="0" t="s">
-        <v>6</v>
+        <v>21</v>
       </c>
       <c r="B418" s="0" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="C418" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="0" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B419" s="0" t="s">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="C419" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="0" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="B420" s="0" t="s">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="C420" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="0" t="s">
-        <v>108</v>
+        <v>34</v>
       </c>
       <c r="B421" s="0" t="s">
-        <v>109</v>
+        <v>35</v>
       </c>
       <c r="C421" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="0" t="s">
-        <v>37</v>
+        <v>391</v>
       </c>
       <c r="B422" s="0" t="s">
-        <v>38</v>
+        <v>392</v>
       </c>
       <c r="C422" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="0" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="B423" s="0" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C423" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="0" t="s">
-        <v>8</v>
+        <v>393</v>
       </c>
       <c r="B424" s="0" t="s">
-        <v>9</v>
+        <v>41</v>
       </c>
       <c r="C424" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="0" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="B425" s="0" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="C425" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="0" t="s">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="B426" s="0" t="s">
-        <v>13</v>
+        <v>41</v>
       </c>
       <c r="C426" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="0" t="s">
-        <v>106</v>
+        <v>42</v>
       </c>
       <c r="B427" s="0" t="s">
-        <v>107</v>
+        <v>39</v>
       </c>
       <c r="C427" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" s="0" t="s">
-        <v>35</v>
+        <v>365</v>
       </c>
       <c r="B428" s="0" t="s">
-        <v>36</v>
+        <v>366</v>
       </c>
       <c r="C428" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="0" t="s">
-        <v>396</v>
+        <v>394</v>
       </c>
       <c r="B429" s="0" t="s">
-        <v>397</v>
+        <v>395</v>
       </c>
       <c r="C429" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="0" t="s">
-        <v>102</v>
+        <v>396</v>
       </c>
       <c r="B430" s="0" t="s">
-        <v>103</v>
+        <v>397</v>
       </c>
       <c r="C430" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="0" t="s">
-        <v>104</v>
+        <v>398</v>
       </c>
       <c r="B431" s="0" t="s">
-        <v>105</v>
+        <v>370</v>
       </c>
       <c r="C431" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="0" t="s">
-        <v>395</v>
+        <v>367</v>
       </c>
       <c r="B432" s="0" t="s">
-        <v>103</v>
+        <v>368</v>
       </c>
       <c r="C432" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="0" t="s">
-        <v>394</v>
+        <v>369</v>
       </c>
       <c r="B433" s="0" t="s">
-        <v>103</v>
+        <v>370</v>
       </c>
       <c r="C433" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="0" t="s">
-        <v>393</v>
+        <v>371</v>
       </c>
       <c r="B434" s="0" t="s">
-        <v>105</v>
+        <v>368</v>
       </c>
       <c r="C434" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="0" t="s">
-        <v>398</v>
+        <v>377</v>
       </c>
       <c r="B435" s="0" t="s">
-        <v>103</v>
+        <v>378</v>
       </c>
       <c r="C435" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" s="0" t="s">
-        <v>20</v>
+        <v>389</v>
       </c>
       <c r="B436" s="0" t="s">
-        <v>21</v>
+        <v>375</v>
       </c>
       <c r="C436" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="0" t="s">
-        <v>22</v>
+        <v>390</v>
       </c>
       <c r="B437" s="0" t="s">
-        <v>15</v>
+        <v>373</v>
       </c>
       <c r="C437" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="0" t="s">
-        <v>24</v>
+        <v>376</v>
       </c>
       <c r="B438" s="0" t="s">
-        <v>17</v>
+        <v>375</v>
       </c>
       <c r="C438" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="0" t="s">
-        <v>14</v>
+        <v>374</v>
       </c>
       <c r="B439" s="0" t="s">
-        <v>15</v>
+        <v>375</v>
       </c>
       <c r="C439" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="0" t="s">
-        <v>16</v>
+        <v>372</v>
       </c>
       <c r="B440" s="0" t="s">
-        <v>17</v>
+        <v>373</v>
       </c>
       <c r="C440" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" s="0" t="s">
-        <v>39</v>
+        <v>379</v>
       </c>
       <c r="B441" s="0" t="s">
-        <v>40</v>
+        <v>375</v>
       </c>
       <c r="C441" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="0" t="s">
-        <v>110</v>
+        <v>17</v>
       </c>
       <c r="B442" s="0" t="s">
-        <v>111</v>
+        <v>18</v>
       </c>
       <c r="C442" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="B443" s="0" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="C443" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" s="0" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="B444" s="0" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C444" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="0" t="s">
-        <v>45</v>
+        <v>11</v>
       </c>
       <c r="B445" s="0" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="C445" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="0" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="B446" s="0" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C446" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" s="0" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="B447" s="0" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="C447" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" s="0" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="B448" s="0" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
       <c r="C448" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" s="0" t="s">
-        <v>112</v>
+        <v>36</v>
       </c>
       <c r="B449" s="0" t="s">
-        <v>113</v>
+        <v>37</v>
       </c>
       <c r="C449" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" s="0" t="s">
-        <v>98</v>
+        <v>393</v>
       </c>
       <c r="B450" s="0" t="s">
-        <v>99</v>
+        <v>41</v>
       </c>
       <c r="C450" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" s="0" t="s">
-        <v>100</v>
+        <v>38</v>
       </c>
       <c r="B451" s="0" t="s">
-        <v>101</v>
+        <v>39</v>
       </c>
       <c r="C451" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" s="0" t="s">
-        <v>389</v>
+        <v>40</v>
       </c>
       <c r="B452" s="0" t="s">
-        <v>390</v>
+        <v>41</v>
       </c>
       <c r="C452" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" s="0" t="s">
-        <v>391</v>
+        <v>42</v>
       </c>
       <c r="B453" s="0" t="s">
-        <v>101</v>
+        <v>39</v>
       </c>
       <c r="C453" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" s="0" t="s">
-        <v>392</v>
+        <v>365</v>
       </c>
       <c r="B454" s="0" t="s">
-        <v>390</v>
+        <v>366</v>
       </c>
       <c r="C454" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" s="0" t="s">
-        <v>396</v>
+        <v>394</v>
       </c>
       <c r="B455" s="0" t="s">
-        <v>397</v>
+        <v>395</v>
       </c>
       <c r="C455" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" s="0" t="s">
-        <v>102</v>
+        <v>396</v>
       </c>
       <c r="B456" s="0" t="s">
-        <v>103</v>
+        <v>397</v>
       </c>
       <c r="C456" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" s="0" t="s">
-        <v>104</v>
+        <v>398</v>
       </c>
       <c r="B457" s="0" t="s">
-        <v>105</v>
+        <v>370</v>
       </c>
       <c r="C457" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" s="0" t="s">
-        <v>395</v>
+        <v>367</v>
       </c>
       <c r="B458" s="0" t="s">
-        <v>103</v>
+        <v>368</v>
       </c>
       <c r="C458" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" s="0" t="s">
-        <v>394</v>
+        <v>369</v>
       </c>
       <c r="B459" s="0" t="s">
-        <v>103</v>
+        <v>370</v>
       </c>
       <c r="C459" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" s="0" t="s">
-        <v>393</v>
+        <v>371</v>
       </c>
       <c r="B460" s="0" t="s">
-        <v>105</v>
+        <v>368</v>
       </c>
       <c r="C460" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" s="0" t="s">
-        <v>398</v>
+        <v>82</v>
       </c>
       <c r="B461" s="0" t="s">
-        <v>103</v>
+        <v>83</v>
       </c>
       <c r="C461" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" s="0" t="s">
-        <v>20</v>
+        <v>85</v>
       </c>
       <c r="B462" s="0" t="s">
-        <v>21</v>
+        <v>86</v>
       </c>
       <c r="C462" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="0" t="s">
-        <v>22</v>
+        <v>87</v>
       </c>
       <c r="B463" s="0" t="s">
-        <v>15</v>
+        <v>88</v>
       </c>
       <c r="C463" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" s="0" t="s">
-        <v>24</v>
+        <v>89</v>
       </c>
       <c r="B464" s="0" t="s">
-        <v>17</v>
+        <v>90</v>
       </c>
       <c r="C464" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="0" t="s">
-        <v>14</v>
+        <v>91</v>
       </c>
       <c r="B465" s="0" t="s">
-        <v>15</v>
+        <v>92</v>
       </c>
       <c r="C465" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="0" t="s">
-        <v>16</v>
+        <v>93</v>
       </c>
       <c r="B466" s="0" t="s">
-        <v>17</v>
+        <v>94</v>
       </c>
       <c r="C466" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="0" t="s">
-        <v>39</v>
+        <v>399</v>
       </c>
       <c r="B467" s="0" t="s">
-        <v>40</v>
+        <v>400</v>
       </c>
       <c r="C467" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="0" t="s">
-        <v>110</v>
+        <v>401</v>
       </c>
       <c r="B468" s="0" t="s">
-        <v>111</v>
+        <v>402</v>
       </c>
       <c r="C468" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="0" t="s">
-        <v>41</v>
+        <v>194</v>
       </c>
       <c r="B469" s="0" t="s">
-        <v>42</v>
+        <v>195</v>
       </c>
       <c r="C469" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="0" t="s">
-        <v>43</v>
+        <v>403</v>
       </c>
       <c r="B470" s="0" t="s">
-        <v>44</v>
+        <v>404</v>
       </c>
       <c r="C470" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="0" t="s">
-        <v>45</v>
+        <v>405</v>
       </c>
       <c r="B471" s="0" t="s">
-        <v>46</v>
+        <v>406</v>
       </c>
       <c r="C471" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="0" t="s">
-        <v>47</v>
+        <v>204</v>
       </c>
       <c r="B472" s="0" t="s">
-        <v>44</v>
+        <v>205</v>
       </c>
       <c r="C472" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" s="0" t="s">
-        <v>48</v>
+        <v>206</v>
       </c>
       <c r="B473" s="0" t="s">
-        <v>46</v>
+        <v>207</v>
       </c>
       <c r="C473" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="0" t="s">
-        <v>387</v>
+        <v>407</v>
       </c>
       <c r="B474" s="0" t="s">
-        <v>388</v>
+        <v>408</v>
       </c>
       <c r="C474" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="0" t="s">
-        <v>112</v>
+        <v>208</v>
       </c>
       <c r="B475" s="0" t="s">
-        <v>113</v>
+        <v>209</v>
       </c>
       <c r="C475" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" s="0" t="s">
-        <v>98</v>
+        <v>210</v>
       </c>
       <c r="B476" s="0" t="s">
-        <v>99</v>
+        <v>211</v>
       </c>
       <c r="C476" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="0" t="s">
-        <v>100</v>
+        <v>212</v>
       </c>
       <c r="B477" s="0" t="s">
-        <v>101</v>
+        <v>213</v>
       </c>
       <c r="C477" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="0" t="s">
-        <v>389</v>
+        <v>214</v>
       </c>
       <c r="B478" s="0" t="s">
-        <v>390</v>
+        <v>215</v>
       </c>
       <c r="C478" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="0" t="s">
-        <v>391</v>
+        <v>219</v>
       </c>
       <c r="B479" s="0" t="s">
-        <v>101</v>
+        <v>220</v>
       </c>
       <c r="C479" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" s="0" t="s">
-        <v>392</v>
+        <v>95</v>
       </c>
       <c r="B480" s="0" t="s">
-        <v>390</v>
+        <v>96</v>
       </c>
       <c r="C480" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="0" t="s">
-        <v>118</v>
+        <v>97</v>
       </c>
       <c r="B481" s="0" t="s">
-        <v>119</v>
+        <v>98</v>
       </c>
       <c r="C481" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" s="0" t="s">
-        <v>121</v>
+        <v>99</v>
       </c>
       <c r="B482" s="0" t="s">
-        <v>122</v>
+        <v>100</v>
       </c>
       <c r="C482" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" s="0" t="s">
-        <v>123</v>
+        <v>101</v>
       </c>
       <c r="B483" s="0" t="s">
-        <v>124</v>
+        <v>102</v>
       </c>
       <c r="C483" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" s="0" t="s">
-        <v>125</v>
+        <v>103</v>
       </c>
       <c r="B484" s="0" t="s">
-        <v>126</v>
+        <v>104</v>
       </c>
       <c r="C484" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" s="0" t="s">
-        <v>127</v>
+        <v>105</v>
       </c>
       <c r="B485" s="0" t="s">
-        <v>128</v>
+        <v>102</v>
       </c>
       <c r="C485" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" s="0" t="s">
-        <v>129</v>
+        <v>409</v>
       </c>
       <c r="B486" s="0" t="s">
-        <v>130</v>
+        <v>410</v>
       </c>
       <c r="C486" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" s="0" t="s">
-        <v>399</v>
+        <v>411</v>
       </c>
       <c r="B487" s="0" t="s">
-        <v>400</v>
+        <v>412</v>
       </c>
       <c r="C487" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" s="0" t="s">
-        <v>401</v>
+        <v>301</v>
       </c>
       <c r="B488" s="0" t="s">
-        <v>402</v>
+        <v>302</v>
       </c>
       <c r="C488" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="489">
       <c r="A489" s="0" t="s">
-        <v>216</v>
+        <v>413</v>
       </c>
       <c r="B489" s="0" t="s">
-        <v>217</v>
+        <v>414</v>
       </c>
       <c r="C489" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" s="0" t="s">
-        <v>403</v>
+        <v>415</v>
       </c>
       <c r="B490" s="0" t="s">
-        <v>404</v>
+        <v>416</v>
       </c>
       <c r="C490" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" s="0" t="s">
-        <v>405</v>
+        <v>311</v>
       </c>
       <c r="B491" s="0" t="s">
-        <v>406</v>
+        <v>312</v>
       </c>
       <c r="C491" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" s="0" t="s">
-        <v>226</v>
+        <v>313</v>
       </c>
       <c r="B492" s="0" t="s">
-        <v>227</v>
+        <v>314</v>
       </c>
       <c r="C492" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="493">
       <c r="A493" s="0" t="s">
-        <v>228</v>
+        <v>417</v>
       </c>
       <c r="B493" s="0" t="s">
-        <v>229</v>
+        <v>418</v>
       </c>
       <c r="C493" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="494">
       <c r="A494" s="0" t="s">
-        <v>407</v>
+        <v>315</v>
       </c>
       <c r="B494" s="0" t="s">
-        <v>408</v>
+        <v>316</v>
       </c>
       <c r="C494" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" s="0" t="s">
-        <v>230</v>
+        <v>419</v>
       </c>
       <c r="B495" s="0" t="s">
-        <v>231</v>
+        <v>420</v>
       </c>
       <c r="C495" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="496">
       <c r="A496" s="0" t="s">
-        <v>232</v>
+        <v>317</v>
       </c>
       <c r="B496" s="0" t="s">
-        <v>233</v>
+        <v>318</v>
       </c>
       <c r="C496" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" s="0" t="s">
-        <v>234</v>
+        <v>319</v>
       </c>
       <c r="B497" s="0" t="s">
-        <v>235</v>
+        <v>320</v>
       </c>
       <c r="C497" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="498">
       <c r="A498" s="0" t="s">
-        <v>236</v>
+        <v>321</v>
       </c>
       <c r="B498" s="0" t="s">
-        <v>237</v>
+        <v>322</v>
       </c>
       <c r="C498" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="499">
       <c r="A499" s="0" t="s">
-        <v>241</v>
+        <v>323</v>
       </c>
       <c r="B499" s="0" t="s">
-        <v>242</v>
+        <v>324</v>
       </c>
       <c r="C499" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="500">
       <c r="A500" s="0" t="s">
-        <v>131</v>
+        <v>328</v>
       </c>
       <c r="B500" s="0" t="s">
-        <v>132</v>
+        <v>329</v>
       </c>
       <c r="C500" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="501">
       <c r="A501" s="0" t="s">
-        <v>133</v>
+        <v>330</v>
       </c>
       <c r="B501" s="0" t="s">
-        <v>134</v>
+        <v>331</v>
       </c>
       <c r="C501" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="502">
       <c r="A502" s="0" t="s">
-        <v>135</v>
+        <v>332</v>
       </c>
       <c r="B502" s="0" t="s">
-        <v>136</v>
+        <v>333</v>
       </c>
       <c r="C502" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="503">
       <c r="A503" s="0" t="s">
-        <v>137</v>
+        <v>106</v>
       </c>
       <c r="B503" s="0" t="s">
-        <v>138</v>
+        <v>107</v>
       </c>
       <c r="C503" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="504">
       <c r="A504" s="0" t="s">
-        <v>139</v>
+        <v>108</v>
       </c>
       <c r="B504" s="0" t="s">
-        <v>140</v>
+        <v>109</v>
       </c>
       <c r="C504" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" s="0" t="s">
-        <v>141</v>
+        <v>110</v>
       </c>
       <c r="B505" s="0" t="s">
-        <v>138</v>
+        <v>111</v>
       </c>
       <c r="C505" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="506">
       <c r="A506" s="0" t="s">
-        <v>409</v>
+        <v>421</v>
       </c>
       <c r="B506" s="0" t="s">
-        <v>410</v>
+        <v>422</v>
       </c>
       <c r="C506" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" s="0" t="s">
-        <v>411</v>
+        <v>223</v>
       </c>
       <c r="B507" s="0" t="s">
-        <v>412</v>
+        <v>224</v>
       </c>
       <c r="C507" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" s="0" t="s">
-        <v>323</v>
+        <v>225</v>
       </c>
       <c r="B508" s="0" t="s">
-        <v>324</v>
+        <v>226</v>
       </c>
       <c r="C508" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="509">
       <c r="A509" s="0" t="s">
-        <v>413</v>
+        <v>227</v>
       </c>
       <c r="B509" s="0" t="s">
-        <v>414</v>
+        <v>224</v>
       </c>
       <c r="C509" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="510">
       <c r="A510" s="0" t="s">
-        <v>415</v>
+        <v>423</v>
       </c>
       <c r="B510" s="0" t="s">
-        <v>416</v>
+        <v>424</v>
       </c>
       <c r="C510" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="511">
       <c r="A511" s="0" t="s">
-        <v>333</v>
+        <v>228</v>
       </c>
       <c r="B511" s="0" t="s">
-        <v>334</v>
+        <v>229</v>
       </c>
       <c r="C511" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="512">
       <c r="A512" s="0" t="s">
-        <v>335</v>
+        <v>425</v>
       </c>
       <c r="B512" s="0" t="s">
-        <v>336</v>
+        <v>426</v>
       </c>
       <c r="C512" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="513">
       <c r="A513" s="0" t="s">
-        <v>417</v>
+        <v>263</v>
       </c>
       <c r="B513" s="0" t="s">
-        <v>418</v>
+        <v>264</v>
       </c>
       <c r="C513" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="514">
       <c r="A514" s="0" t="s">
-        <v>337</v>
+        <v>265</v>
       </c>
       <c r="B514" s="0" t="s">
-        <v>338</v>
+        <v>266</v>
       </c>
       <c r="C514" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="515">
       <c r="A515" s="0" t="s">
-        <v>419</v>
+        <v>267</v>
       </c>
       <c r="B515" s="0" t="s">
-        <v>420</v>
+        <v>268</v>
       </c>
       <c r="C515" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="516">
       <c r="A516" s="0" t="s">
-        <v>339</v>
+        <v>269</v>
       </c>
       <c r="B516" s="0" t="s">
-        <v>340</v>
+        <v>266</v>
       </c>
       <c r="C516" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="517">
       <c r="A517" s="0" t="s">
-        <v>341</v>
+        <v>270</v>
       </c>
       <c r="B517" s="0" t="s">
-        <v>342</v>
+        <v>271</v>
       </c>
       <c r="C517" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="518">
       <c r="A518" s="0" t="s">
-        <v>343</v>
+        <v>272</v>
       </c>
       <c r="B518" s="0" t="s">
-        <v>344</v>
+        <v>266</v>
       </c>
       <c r="C518" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="519">
       <c r="A519" s="0" t="s">
-        <v>345</v>
+        <v>273</v>
       </c>
       <c r="B519" s="0" t="s">
-        <v>346</v>
+        <v>266</v>
       </c>
       <c r="C519" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="520">
       <c r="A520" s="0" t="s">
-        <v>350</v>
+        <v>112</v>
       </c>
       <c r="B520" s="0" t="s">
-        <v>351</v>
+        <v>113</v>
       </c>
       <c r="C520" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="521">
       <c r="A521" s="0" t="s">
-        <v>352</v>
+        <v>114</v>
       </c>
       <c r="B521" s="0" t="s">
-        <v>353</v>
+        <v>115</v>
       </c>
       <c r="C521" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="522">
       <c r="A522" s="0" t="s">
-        <v>354</v>
+        <v>116</v>
       </c>
       <c r="B522" s="0" t="s">
-        <v>355</v>
+        <v>117</v>
       </c>
       <c r="C522" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="523">
       <c r="A523" s="0" t="s">
-        <v>142</v>
+        <v>118</v>
       </c>
       <c r="B523" s="0" t="s">
-        <v>143</v>
+        <v>119</v>
       </c>
       <c r="C523" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="524">
       <c r="A524" s="0" t="s">
-        <v>144</v>
+        <v>120</v>
       </c>
       <c r="B524" s="0" t="s">
-        <v>145</v>
+        <v>121</v>
       </c>
       <c r="C524" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="525">
       <c r="A525" s="0" t="s">
-        <v>146</v>
+        <v>427</v>
       </c>
       <c r="B525" s="0" t="s">
-        <v>147</v>
+        <v>428</v>
       </c>
       <c r="C525" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="526">
       <c r="A526" s="0" t="s">
-        <v>421</v>
+        <v>291</v>
       </c>
       <c r="B526" s="0" t="s">
-        <v>422</v>
+        <v>292</v>
       </c>
       <c r="C526" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="527">
       <c r="A527" s="0" t="s">
-        <v>245</v>
+        <v>293</v>
       </c>
       <c r="B527" s="0" t="s">
-        <v>246</v>
+        <v>294</v>
       </c>
       <c r="C527" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="528">
       <c r="A528" s="0" t="s">
-        <v>247</v>
+        <v>295</v>
       </c>
       <c r="B528" s="0" t="s">
-        <v>248</v>
+        <v>296</v>
       </c>
       <c r="C528" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="529">
       <c r="A529" s="0" t="s">
-        <v>249</v>
+        <v>429</v>
       </c>
       <c r="B529" s="0" t="s">
-        <v>246</v>
+        <v>430</v>
       </c>
       <c r="C529" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="530">
       <c r="A530" s="0" t="s">
-        <v>423</v>
+        <v>297</v>
       </c>
       <c r="B530" s="0" t="s">
-        <v>424</v>
+        <v>298</v>
       </c>
       <c r="C530" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="531">
       <c r="A531" s="0" t="s">
-        <v>250</v>
+        <v>431</v>
       </c>
       <c r="B531" s="0" t="s">
-        <v>251</v>
+        <v>432</v>
       </c>
       <c r="C531" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="532">
       <c r="A532" s="0" t="s">
-        <v>425</v>
+        <v>339</v>
       </c>
       <c r="B532" s="0" t="s">
-        <v>426</v>
+        <v>340</v>
       </c>
       <c r="C532" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="533">
       <c r="A533" s="0" t="s">
-        <v>285</v>
+        <v>341</v>
       </c>
       <c r="B533" s="0" t="s">
-        <v>286</v>
+        <v>342</v>
       </c>
       <c r="C533" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="534">
       <c r="A534" s="0" t="s">
-        <v>287</v>
+        <v>433</v>
       </c>
       <c r="B534" s="0" t="s">
-        <v>288</v>
+        <v>434</v>
       </c>
       <c r="C534" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="535">
       <c r="A535" s="0" t="s">
-        <v>289</v>
+        <v>343</v>
       </c>
       <c r="B535" s="0" t="s">
-        <v>290</v>
+        <v>344</v>
       </c>
       <c r="C535" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="536">
       <c r="A536" s="0" t="s">
-        <v>291</v>
+        <v>345</v>
       </c>
       <c r="B536" s="0" t="s">
-        <v>288</v>
+        <v>340</v>
       </c>
       <c r="C536" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="537">
       <c r="A537" s="0" t="s">
-        <v>292</v>
+        <v>346</v>
       </c>
       <c r="B537" s="0" t="s">
-        <v>293</v>
+        <v>347</v>
       </c>
       <c r="C537" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="538">
       <c r="A538" s="0" t="s">
-        <v>294</v>
+        <v>348</v>
       </c>
       <c r="B538" s="0" t="s">
-        <v>288</v>
+        <v>349</v>
       </c>
       <c r="C538" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="539">
       <c r="A539" s="0" t="s">
-        <v>295</v>
+        <v>350</v>
       </c>
       <c r="B539" s="0" t="s">
-        <v>288</v>
+        <v>351</v>
       </c>
       <c r="C539" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="540">
       <c r="A540" s="0" t="s">
-        <v>148</v>
+        <v>352</v>
       </c>
       <c r="B540" s="0" t="s">
-        <v>149</v>
+        <v>353</v>
       </c>
       <c r="C540" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="541">
       <c r="A541" s="0" t="s">
-        <v>150</v>
+        <v>354</v>
       </c>
       <c r="B541" s="0" t="s">
-        <v>151</v>
+        <v>355</v>
       </c>
       <c r="C541" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="542">
       <c r="A542" s="0" t="s">
-        <v>152</v>
+        <v>435</v>
       </c>
       <c r="B542" s="0" t="s">
-        <v>153</v>
+        <v>436</v>
       </c>
       <c r="C542" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="543">
       <c r="A543" s="0" t="s">
-        <v>154</v>
+        <v>356</v>
       </c>
       <c r="B543" s="0" t="s">
-        <v>155</v>
+        <v>357</v>
       </c>
       <c r="C543" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="544">
       <c r="A544" s="0" t="s">
-        <v>156</v>
+        <v>358</v>
       </c>
       <c r="B544" s="0" t="s">
-        <v>157</v>
+        <v>353</v>
       </c>
       <c r="C544" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="545">
       <c r="A545" s="0" t="s">
-        <v>427</v>
+        <v>359</v>
       </c>
       <c r="B545" s="0" t="s">
-        <v>428</v>
+        <v>360</v>
       </c>
       <c r="C545" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="546">
       <c r="A546" s="0" t="s">
-        <v>313</v>
+        <v>361</v>
       </c>
       <c r="B546" s="0" t="s">
-        <v>314</v>
+        <v>362</v>
       </c>
       <c r="C546" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="547">
       <c r="A547" s="0" t="s">
-        <v>315</v>
+        <v>363</v>
       </c>
       <c r="B547" s="0" t="s">
-        <v>316</v>
+        <v>360</v>
       </c>
       <c r="C547" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="548">
       <c r="A548" s="0" t="s">
-        <v>317</v>
+        <v>364</v>
       </c>
       <c r="B548" s="0" t="s">
-        <v>318</v>
+        <v>362</v>
       </c>
       <c r="C548" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="549">
       <c r="A549" s="0" t="s">
-        <v>429</v>
+        <v>437</v>
       </c>
       <c r="B549" s="0" t="s">
-        <v>430</v>
+        <v>438</v>
       </c>
       <c r="C549" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="550">
       <c r="A550" s="0" t="s">
-        <v>319</v>
+        <v>230</v>
       </c>
       <c r="B550" s="0" t="s">
-        <v>320</v>
+        <v>231</v>
       </c>
       <c r="C550" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="551">
       <c r="A551" s="0" t="s">
-        <v>431</v>
+        <v>232</v>
       </c>
       <c r="B551" s="0" t="s">
-        <v>432</v>
+        <v>233</v>
       </c>
       <c r="C551" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="552">
       <c r="A552" s="0" t="s">
-        <v>361</v>
+        <v>234</v>
       </c>
       <c r="B552" s="0" t="s">
-        <v>362</v>
+        <v>235</v>
       </c>
       <c r="C552" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="553">
       <c r="A553" s="0" t="s">
-        <v>363</v>
+        <v>236</v>
       </c>
       <c r="B553" s="0" t="s">
-        <v>364</v>
+        <v>237</v>
       </c>
       <c r="C553" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="554">
       <c r="A554" s="0" t="s">
-        <v>433</v>
+        <v>241</v>
       </c>
       <c r="B554" s="0" t="s">
-        <v>434</v>
+        <v>242</v>
       </c>
       <c r="C554" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="555">
       <c r="A555" s="0" t="s">
-        <v>365</v>
+        <v>243</v>
       </c>
       <c r="B555" s="0" t="s">
-        <v>366</v>
+        <v>244</v>
       </c>
       <c r="C555" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="556">
       <c r="A556" s="0" t="s">
-        <v>367</v>
+        <v>245</v>
       </c>
       <c r="B556" s="0" t="s">
-        <v>362</v>
+        <v>244</v>
       </c>
       <c r="C556" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="557">
       <c r="A557" s="0" t="s">
-        <v>368</v>
+        <v>246</v>
       </c>
       <c r="B557" s="0" t="s">
-        <v>369</v>
+        <v>247</v>
       </c>
       <c r="C557" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="558">
       <c r="A558" s="0" t="s">
-        <v>370</v>
+        <v>248</v>
       </c>
       <c r="B558" s="0" t="s">
-        <v>371</v>
+        <v>249</v>
       </c>
       <c r="C558" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="559">
       <c r="A559" s="0" t="s">
-        <v>372</v>
+        <v>250</v>
       </c>
       <c r="B559" s="0" t="s">
-        <v>373</v>
+        <v>247</v>
       </c>
       <c r="C559" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="560">
       <c r="A560" s="0" t="s">
-        <v>374</v>
+        <v>251</v>
       </c>
       <c r="B560" s="0" t="s">
-        <v>375</v>
+        <v>249</v>
       </c>
       <c r="C560" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="561">
       <c r="A561" s="0" t="s">
-        <v>376</v>
+        <v>122</v>
       </c>
       <c r="B561" s="0" t="s">
-        <v>377</v>
+        <v>123</v>
       </c>
       <c r="C561" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="562">
       <c r="A562" s="0" t="s">
-        <v>435</v>
+        <v>124</v>
       </c>
       <c r="B562" s="0" t="s">
-        <v>436</v>
+        <v>125</v>
       </c>
       <c r="C562" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="563">
       <c r="A563" s="0" t="s">
-        <v>378</v>
+        <v>126</v>
       </c>
       <c r="B563" s="0" t="s">
-        <v>379</v>
+        <v>127</v>
       </c>
       <c r="C563" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="564">
       <c r="A564" s="0" t="s">
-        <v>380</v>
+        <v>128</v>
       </c>
       <c r="B564" s="0" t="s">
-        <v>375</v>
+        <v>129</v>
       </c>
       <c r="C564" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="565">
       <c r="A565" s="0" t="s">
-        <v>381</v>
+        <v>130</v>
       </c>
       <c r="B565" s="0" t="s">
-        <v>382</v>
+        <v>131</v>
       </c>
       <c r="C565" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="566">
       <c r="A566" s="0" t="s">
-        <v>383</v>
+        <v>132</v>
       </c>
       <c r="B566" s="0" t="s">
-        <v>384</v>
+        <v>129</v>
       </c>
       <c r="C566" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="567">
       <c r="A567" s="0" t="s">
-        <v>385</v>
+        <v>133</v>
       </c>
       <c r="B567" s="0" t="s">
-        <v>382</v>
+        <v>129</v>
       </c>
       <c r="C567" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="568">
       <c r="A568" s="0" t="s">
-        <v>386</v>
+        <v>439</v>
       </c>
       <c r="B568" s="0" t="s">
-        <v>384</v>
+        <v>440</v>
       </c>
       <c r="C568" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="569">
       <c r="A569" s="0" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="B569" s="0" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
       <c r="C569" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="570">
       <c r="A570" s="0" t="s">
-        <v>252</v>
+        <v>279</v>
       </c>
       <c r="B570" s="0" t="s">
-        <v>253</v>
+        <v>280</v>
       </c>
       <c r="C570" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="571">
       <c r="A571" s="0" t="s">
-        <v>254</v>
+        <v>281</v>
       </c>
       <c r="B571" s="0" t="s">
-        <v>255</v>
+        <v>282</v>
       </c>
       <c r="C571" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="572">
       <c r="A572" s="0" t="s">
-        <v>256</v>
+        <v>443</v>
       </c>
       <c r="B572" s="0" t="s">
-        <v>257</v>
+        <v>444</v>
       </c>
       <c r="C572" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="573">
       <c r="A573" s="0" t="s">
-        <v>258</v>
+        <v>283</v>
       </c>
       <c r="B573" s="0" t="s">
-        <v>259</v>
+        <v>284</v>
       </c>
       <c r="C573" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="574">
       <c r="A574" s="0" t="s">
-        <v>263</v>
+        <v>285</v>
       </c>
       <c r="B574" s="0" t="s">
-        <v>264</v>
+        <v>286</v>
       </c>
       <c r="C574" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="575">
       <c r="A575" s="0" t="s">
-        <v>265</v>
+        <v>445</v>
       </c>
       <c r="B575" s="0" t="s">
-        <v>266</v>
+        <v>446</v>
       </c>
       <c r="C575" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="576">
       <c r="A576" s="0" t="s">
-        <v>267</v>
+        <v>447</v>
       </c>
       <c r="B576" s="0" t="s">
-        <v>266</v>
+        <v>448</v>
       </c>
       <c r="C576" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="577">
       <c r="A577" s="0" t="s">
-        <v>268</v>
+        <v>192</v>
       </c>
       <c r="B577" s="0" t="s">
-        <v>269</v>
+        <v>193</v>
       </c>
       <c r="C577" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="578">
       <c r="A578" s="0" t="s">
-        <v>270</v>
+        <v>449</v>
       </c>
       <c r="B578" s="0" t="s">
-        <v>271</v>
+        <v>450</v>
       </c>
       <c r="C578" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="579">
       <c r="A579" s="0" t="s">
-        <v>272</v>
+        <v>451</v>
       </c>
       <c r="B579" s="0" t="s">
-        <v>269</v>
+        <v>452</v>
       </c>
       <c r="C579" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="580">
       <c r="A580" s="0" t="s">
-        <v>273</v>
+        <v>196</v>
       </c>
       <c r="B580" s="0" t="s">
-        <v>271</v>
+        <v>197</v>
       </c>
       <c r="C580" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="581">
       <c r="A581" s="0" t="s">
-        <v>158</v>
+        <v>198</v>
       </c>
       <c r="B581" s="0" t="s">
-        <v>159</v>
+        <v>199</v>
       </c>
       <c r="C581" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="582">
       <c r="A582" s="0" t="s">
-        <v>160</v>
+        <v>453</v>
       </c>
       <c r="B582" s="0" t="s">
-        <v>161</v>
+        <v>454</v>
       </c>
       <c r="C582" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="583">
       <c r="A583" s="0" t="s">
-        <v>162</v>
+        <v>200</v>
       </c>
       <c r="B583" s="0" t="s">
-        <v>163</v>
+        <v>201</v>
       </c>
       <c r="C583" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="584">
       <c r="A584" s="0" t="s">
-        <v>164</v>
+        <v>202</v>
       </c>
       <c r="B584" s="0" t="s">
-        <v>165</v>
+        <v>203</v>
       </c>
       <c r="C584" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="585">
       <c r="A585" s="0" t="s">
-        <v>166</v>
+        <v>455</v>
       </c>
       <c r="B585" s="0" t="s">
-        <v>167</v>
+        <v>456</v>
       </c>
       <c r="C585" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="586">
       <c r="A586" s="0" t="s">
-        <v>168</v>
+        <v>216</v>
       </c>
       <c r="B586" s="0" t="s">
-        <v>165</v>
+        <v>217</v>
       </c>
       <c r="C586" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="587">
       <c r="A587" s="0" t="s">
-        <v>169</v>
+        <v>218</v>
       </c>
       <c r="B587" s="0" t="s">
-        <v>165</v>
+        <v>217</v>
       </c>
       <c r="C587" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="588">
       <c r="A588" s="0" t="s">
-        <v>439</v>
+        <v>221</v>
       </c>
       <c r="B588" s="0" t="s">
-        <v>440</v>
+        <v>222</v>
       </c>
       <c r="C588" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="589">
       <c r="A589" s="0" t="s">
-        <v>441</v>
+        <v>457</v>
       </c>
       <c r="B589" s="0" t="s">
-        <v>442</v>
+        <v>458</v>
       </c>
       <c r="C589" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="590">
       <c r="A590" s="0" t="s">
-        <v>301</v>
+        <v>459</v>
       </c>
       <c r="B590" s="0" t="s">
-        <v>302</v>
+        <v>460</v>
       </c>
       <c r="C590" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="591">
       <c r="A591" s="0" t="s">
-        <v>303</v>
+        <v>252</v>
       </c>
       <c r="B591" s="0" t="s">
-        <v>304</v>
+        <v>253</v>
       </c>
       <c r="C591" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="592">
       <c r="A592" s="0" t="s">
-        <v>443</v>
+        <v>461</v>
       </c>
       <c r="B592" s="0" t="s">
-        <v>444</v>
+        <v>462</v>
       </c>
       <c r="C592" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="593">
       <c r="A593" s="0" t="s">
-        <v>305</v>
+        <v>463</v>
       </c>
       <c r="B593" s="0" t="s">
-        <v>306</v>
+        <v>464</v>
       </c>
       <c r="C593" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="594">
       <c r="A594" s="0" t="s">
-        <v>307</v>
+        <v>254</v>
       </c>
       <c r="B594" s="0" t="s">
-        <v>308</v>
+        <v>255</v>
       </c>
       <c r="C594" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="595">
       <c r="A595" s="0" t="s">
-        <v>445</v>
+        <v>256</v>
       </c>
       <c r="B595" s="0" t="s">
-        <v>446</v>
+        <v>257</v>
       </c>
       <c r="C595" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="596">
       <c r="A596" s="0" t="s">
-        <v>447</v>
+        <v>465</v>
       </c>
       <c r="B596" s="0" t="s">
-        <v>448</v>
+        <v>466</v>
       </c>
       <c r="C596" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="597">
       <c r="A597" s="0" t="s">
-        <v>214</v>
+        <v>258</v>
       </c>
       <c r="B597" s="0" t="s">
-        <v>215</v>
+        <v>259</v>
       </c>
       <c r="C597" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="598">
       <c r="A598" s="0" t="s">
-        <v>449</v>
+        <v>260</v>
       </c>
       <c r="B598" s="0" t="s">
-        <v>450</v>
+        <v>261</v>
       </c>
       <c r="C598" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="599">
       <c r="A599" s="0" t="s">
-        <v>451</v>
+        <v>262</v>
       </c>
       <c r="B599" s="0" t="s">
-        <v>452</v>
+        <v>259</v>
       </c>
       <c r="C599" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="600">
       <c r="A600" s="0" t="s">
-        <v>218</v>
+        <v>467</v>
       </c>
       <c r="B600" s="0" t="s">
-        <v>219</v>
+        <v>468</v>
       </c>
       <c r="C600" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="601">
       <c r="A601" s="0" t="s">
-        <v>220</v>
+        <v>469</v>
       </c>
       <c r="B601" s="0" t="s">
-        <v>221</v>
+        <v>470</v>
       </c>
       <c r="C601" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="602">
       <c r="A602" s="0" t="s">
-        <v>453</v>
+        <v>471</v>
       </c>
       <c r="B602" s="0" t="s">
-        <v>454</v>
+        <v>472</v>
       </c>
       <c r="C602" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="603">
       <c r="A603" s="0" t="s">
-        <v>222</v>
+        <v>299</v>
       </c>
       <c r="B603" s="0" t="s">
-        <v>223</v>
+        <v>300</v>
       </c>
       <c r="C603" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="604">
       <c r="A604" s="0" t="s">
-        <v>224</v>
+        <v>473</v>
       </c>
       <c r="B604" s="0" t="s">
-        <v>225</v>
+        <v>474</v>
       </c>
       <c r="C604" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="605">
       <c r="A605" s="0" t="s">
-        <v>455</v>
+        <v>475</v>
       </c>
       <c r="B605" s="0" t="s">
-        <v>456</v>
+        <v>476</v>
       </c>
       <c r="C605" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="606">
       <c r="A606" s="0" t="s">
-        <v>238</v>
+        <v>303</v>
       </c>
       <c r="B606" s="0" t="s">
-        <v>239</v>
+        <v>304</v>
       </c>
       <c r="C606" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="607">
       <c r="A607" s="0" t="s">
-        <v>240</v>
+        <v>305</v>
       </c>
       <c r="B607" s="0" t="s">
-        <v>239</v>
+        <v>306</v>
       </c>
       <c r="C607" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="608">
       <c r="A608" s="0" t="s">
-        <v>243</v>
+        <v>477</v>
       </c>
       <c r="B608" s="0" t="s">
-        <v>244</v>
+        <v>478</v>
       </c>
       <c r="C608" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="609">
       <c r="A609" s="0" t="s">
-        <v>457</v>
+        <v>307</v>
       </c>
       <c r="B609" s="0" t="s">
-        <v>458</v>
+        <v>308</v>
       </c>
       <c r="C609" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="610">
       <c r="A610" s="0" t="s">
-        <v>459</v>
+        <v>309</v>
       </c>
       <c r="B610" s="0" t="s">
-        <v>460</v>
+        <v>310</v>
       </c>
       <c r="C610" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="611">
       <c r="A611" s="0" t="s">
-        <v>274</v>
+        <v>479</v>
       </c>
       <c r="B611" s="0" t="s">
-        <v>275</v>
+        <v>480</v>
       </c>
       <c r="C611" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="612">
       <c r="A612" s="0" t="s">
-        <v>461</v>
+        <v>325</v>
       </c>
       <c r="B612" s="0" t="s">
-        <v>462</v>
+        <v>326</v>
       </c>
       <c r="C612" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="613">
       <c r="A613" s="0" t="s">
-        <v>463</v>
+        <v>327</v>
       </c>
       <c r="B613" s="0" t="s">
-        <v>464</v>
+        <v>326</v>
       </c>
       <c r="C613" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="614">
       <c r="A614" s="0" t="s">
-        <v>276</v>
+        <v>481</v>
       </c>
       <c r="B614" s="0" t="s">
-        <v>277</v>
+        <v>482</v>
       </c>
       <c r="C614" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="615">
       <c r="A615" s="0" t="s">
-        <v>278</v>
+        <v>334</v>
       </c>
       <c r="B615" s="0" t="s">
-        <v>279</v>
+        <v>335</v>
       </c>
       <c r="C615" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="616">
       <c r="A616" s="0" t="s">
-        <v>465</v>
+        <v>336</v>
       </c>
       <c r="B616" s="0" t="s">
-        <v>466</v>
+        <v>337</v>
       </c>
       <c r="C616" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="617">
       <c r="A617" s="0" t="s">
-        <v>280</v>
+        <v>338</v>
       </c>
       <c r="B617" s="0" t="s">
-        <v>281</v>
+        <v>335</v>
       </c>
       <c r="C617" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="618">
       <c r="A618" s="0" t="s">
-        <v>282</v>
+        <v>483</v>
       </c>
       <c r="B618" s="0" t="s">
-        <v>283</v>
+        <v>484</v>
       </c>
       <c r="C618" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="619">
       <c r="A619" s="0" t="s">
-        <v>284</v>
+        <v>485</v>
       </c>
       <c r="B619" s="0" t="s">
-        <v>281</v>
+        <v>486</v>
       </c>
       <c r="C619" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="620">
       <c r="A620" s="0" t="s">
-        <v>467</v>
+        <v>287</v>
       </c>
       <c r="B620" s="0" t="s">
-        <v>468</v>
+        <v>288</v>
       </c>
       <c r="C620" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="621">
       <c r="A621" s="0" t="s">
-        <v>469</v>
+        <v>487</v>
       </c>
       <c r="B621" s="0" t="s">
-        <v>470</v>
+        <v>488</v>
       </c>
       <c r="C621" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="622">
       <c r="A622" s="0" t="s">
-        <v>471</v>
+        <v>289</v>
       </c>
       <c r="B622" s="0" t="s">
-        <v>472</v>
+        <v>290</v>
       </c>
       <c r="C622" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="623">
       <c r="A623" s="0" t="s">
-        <v>321</v>
+        <v>489</v>
       </c>
       <c r="B623" s="0" t="s">
-        <v>322</v>
+        <v>490</v>
       </c>
       <c r="C623" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="624">
       <c r="A624" s="0" t="s">
-        <v>473</v>
+        <v>238</v>
       </c>
       <c r="B624" s="0" t="s">
-        <v>474</v>
+        <v>239</v>
       </c>
       <c r="C624" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="625">
       <c r="A625" s="0" t="s">
-        <v>475</v>
+        <v>240</v>
       </c>
       <c r="B625" s="0" t="s">
-        <v>476</v>
+        <v>239</v>
       </c>
       <c r="C625" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="626">
       <c r="A626" s="0" t="s">
-        <v>325</v>
+        <v>274</v>
       </c>
       <c r="B626" s="0" t="s">
-        <v>326</v>
+        <v>275</v>
       </c>
       <c r="C626" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="627">
       <c r="A627" s="0" t="s">
-        <v>327</v>
+        <v>276</v>
       </c>
       <c r="B627" s="0" t="s">
-        <v>328</v>
+        <v>277</v>
       </c>
       <c r="C627" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="628">
       <c r="A628" s="0" t="s">
-        <v>477</v>
+        <v>278</v>
       </c>
       <c r="B628" s="0" t="s">
-        <v>478</v>
+        <v>275</v>
       </c>
       <c r="C628" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="629">
       <c r="A629" s="0" t="s">
-        <v>329</v>
+        <v>192</v>
       </c>
       <c r="B629" s="0" t="s">
-        <v>330</v>
+        <v>193</v>
       </c>
       <c r="C629" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="630">
       <c r="A630" s="0" t="s">
-        <v>331</v>
+        <v>194</v>
       </c>
       <c r="B630" s="0" t="s">
-        <v>332</v>
+        <v>195</v>
       </c>
       <c r="C630" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="631">
       <c r="A631" s="0" t="s">
-        <v>479</v>
+        <v>196</v>
       </c>
       <c r="B631" s="0" t="s">
-        <v>480</v>
+        <v>197</v>
       </c>
       <c r="C631" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="632">
       <c r="A632" s="0" t="s">
-        <v>347</v>
+        <v>198</v>
       </c>
       <c r="B632" s="0" t="s">
-        <v>348</v>
+        <v>199</v>
       </c>
       <c r="C632" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="633">
       <c r="A633" s="0" t="s">
-        <v>349</v>
+        <v>200</v>
       </c>
       <c r="B633" s="0" t="s">
-        <v>348</v>
+        <v>201</v>
       </c>
       <c r="C633" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="634">
       <c r="A634" s="0" t="s">
-        <v>481</v>
+        <v>202</v>
       </c>
       <c r="B634" s="0" t="s">
-        <v>482</v>
+        <v>203</v>
       </c>
       <c r="C634" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="635">
       <c r="A635" s="0" t="s">
-        <v>356</v>
+        <v>204</v>
       </c>
       <c r="B635" s="0" t="s">
-        <v>357</v>
+        <v>205</v>
       </c>
       <c r="C635" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="636">
       <c r="A636" s="0" t="s">
-        <v>358</v>
+        <v>206</v>
       </c>
       <c r="B636" s="0" t="s">
-        <v>359</v>
+        <v>207</v>
       </c>
       <c r="C636" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="637">
       <c r="A637" s="0" t="s">
-        <v>360</v>
+        <v>208</v>
       </c>
       <c r="B637" s="0" t="s">
-        <v>357</v>
+        <v>209</v>
       </c>
       <c r="C637" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="638">
       <c r="A638" s="0" t="s">
-        <v>483</v>
+        <v>210</v>
       </c>
       <c r="B638" s="0" t="s">
-        <v>484</v>
+        <v>211</v>
       </c>
       <c r="C638" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="639">
       <c r="A639" s="0" t="s">
-        <v>485</v>
+        <v>216</v>
       </c>
       <c r="B639" s="0" t="s">
-        <v>486</v>
+        <v>217</v>
       </c>
       <c r="C639" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="640">
       <c r="A640" s="0" t="s">
-        <v>309</v>
+        <v>218</v>
       </c>
       <c r="B640" s="0" t="s">
-        <v>310</v>
+        <v>217</v>
       </c>
       <c r="C640" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="641">
       <c r="A641" s="0" t="s">
-        <v>487</v>
+        <v>252</v>
       </c>
       <c r="B641" s="0" t="s">
-        <v>488</v>
+        <v>253</v>
       </c>
       <c r="C641" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="642">
       <c r="A642" s="0" t="s">
-        <v>311</v>
+        <v>254</v>
       </c>
       <c r="B642" s="0" t="s">
-        <v>312</v>
+        <v>255</v>
       </c>
       <c r="C642" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="643">
       <c r="A643" s="0" t="s">
-        <v>489</v>
+        <v>256</v>
       </c>
       <c r="B643" s="0" t="s">
-        <v>490</v>
+        <v>257</v>
       </c>
       <c r="C643" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="644">
       <c r="A644" s="0" t="s">
-        <v>260</v>
+        <v>101</v>
       </c>
       <c r="B644" s="0" t="s">
-        <v>261</v>
+        <v>102</v>
       </c>
       <c r="C644" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="645">
       <c r="A645" s="0" t="s">
-        <v>262</v>
+        <v>105</v>
       </c>
       <c r="B645" s="0" t="s">
-        <v>261</v>
+        <v>102</v>
       </c>
       <c r="C645" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="646">
       <c r="A646" s="0" t="s">
-        <v>296</v>
+        <v>258</v>
       </c>
       <c r="B646" s="0" t="s">
-        <v>297</v>
+        <v>259</v>
       </c>
       <c r="C646" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="647">
       <c r="A647" s="0" t="s">
-        <v>298</v>
+        <v>260</v>
       </c>
       <c r="B647" s="0" t="s">
-        <v>299</v>
+        <v>261</v>
       </c>
       <c r="C647" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="648">
       <c r="A648" s="0" t="s">
-        <v>300</v>
+        <v>262</v>
       </c>
       <c r="B648" s="0" t="s">
-        <v>297</v>
+        <v>259</v>
       </c>
       <c r="C648" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="649">
       <c r="A649" s="0" t="s">
-        <v>214</v>
+        <v>223</v>
       </c>
       <c r="B649" s="0" t="s">
-        <v>215</v>
+        <v>224</v>
       </c>
       <c r="C649" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="650">
       <c r="A650" s="0" t="s">
-        <v>216</v>
+        <v>225</v>
       </c>
       <c r="B650" s="0" t="s">
-        <v>217</v>
+        <v>226</v>
       </c>
       <c r="C650" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="651">
       <c r="A651" s="0" t="s">
-        <v>218</v>
+        <v>227</v>
       </c>
       <c r="B651" s="0" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="C651" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="652">
       <c r="A652" s="0" t="s">
-        <v>220</v>
+        <v>124</v>
       </c>
       <c r="B652" s="0" t="s">
-        <v>221</v>
+        <v>125</v>
       </c>
       <c r="C652" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="653">
       <c r="A653" s="0" t="s">
-        <v>222</v>
+        <v>128</v>
       </c>
       <c r="B653" s="0" t="s">
-        <v>223</v>
+        <v>129</v>
       </c>
       <c r="C653" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="654">
       <c r="A654" s="0" t="s">
-        <v>224</v>
+        <v>130</v>
       </c>
       <c r="B654" s="0" t="s">
-        <v>225</v>
+        <v>131</v>
       </c>
       <c r="C654" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="655">
       <c r="A655" s="0" t="s">
-        <v>226</v>
+        <v>132</v>
       </c>
       <c r="B655" s="0" t="s">
-        <v>227</v>
+        <v>129</v>
       </c>
       <c r="C655" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="656">
       <c r="A656" s="0" t="s">
-        <v>228</v>
+        <v>133</v>
       </c>
       <c r="B656" s="0" t="s">
-        <v>229</v>
+        <v>129</v>
       </c>
       <c r="C656" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="657">
       <c r="A657" s="0" t="s">
-        <v>230</v>
+        <v>491</v>
       </c>
       <c r="B657" s="0" t="s">
-        <v>231</v>
+        <v>492</v>
       </c>
       <c r="C657" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="658">
       <c r="A658" s="0" t="s">
-        <v>232</v>
+        <v>493</v>
       </c>
       <c r="B658" s="0" t="s">
-        <v>233</v>
+        <v>494</v>
       </c>
       <c r="C658" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="659">
       <c r="A659" s="0" t="s">
-        <v>238</v>
+        <v>495</v>
       </c>
       <c r="B659" s="0" t="s">
-        <v>239</v>
+        <v>496</v>
       </c>
       <c r="C659" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="660">
       <c r="A660" s="0" t="s">
-        <v>240</v>
+        <v>497</v>
       </c>
       <c r="B660" s="0" t="s">
-        <v>239</v>
+        <v>498</v>
       </c>
       <c r="C660" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="661">
       <c r="A661" s="0" t="s">
-        <v>274</v>
+        <v>499</v>
       </c>
       <c r="B661" s="0" t="s">
-        <v>275</v>
+        <v>500</v>
       </c>
       <c r="C661" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="662">
       <c r="A662" s="0" t="s">
-        <v>276</v>
+        <v>501</v>
       </c>
       <c r="B662" s="0" t="s">
-        <v>277</v>
+        <v>502</v>
       </c>
       <c r="C662" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="663">
       <c r="A663" s="0" t="s">
-        <v>278</v>
+        <v>148</v>
       </c>
       <c r="B663" s="0" t="s">
-        <v>279</v>
+        <v>69</v>
       </c>
       <c r="C663" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="664">
       <c r="A664" s="0" t="s">
-        <v>137</v>
+        <v>149</v>
       </c>
       <c r="B664" s="0" t="s">
-        <v>138</v>
+        <v>71</v>
       </c>
       <c r="C664" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="665">
       <c r="A665" s="0" t="s">
-        <v>141</v>
+        <v>150</v>
       </c>
       <c r="B665" s="0" t="s">
-        <v>138</v>
+        <v>151</v>
       </c>
       <c r="C665" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="666">
       <c r="A666" s="0" t="s">
-        <v>280</v>
+        <v>152</v>
       </c>
       <c r="B666" s="0" t="s">
-        <v>281</v>
+        <v>79</v>
       </c>
       <c r="C666" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="667">
       <c r="A667" s="0" t="s">
-        <v>282</v>
+        <v>153</v>
       </c>
       <c r="B667" s="0" t="s">
-        <v>283</v>
+        <v>77</v>
       </c>
       <c r="C667" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="668">
       <c r="A668" s="0" t="s">
-        <v>284</v>
+        <v>154</v>
       </c>
       <c r="B668" s="0" t="s">
-        <v>281</v>
+        <v>75</v>
       </c>
       <c r="C668" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="669">
       <c r="A669" s="0" t="s">
-        <v>245</v>
+        <v>155</v>
       </c>
       <c r="B669" s="0" t="s">
-        <v>246</v>
+        <v>156</v>
       </c>
       <c r="C669" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="670">
       <c r="A670" s="0" t="s">
-        <v>247</v>
+        <v>157</v>
       </c>
       <c r="B670" s="0" t="s">
-        <v>248</v>
+        <v>73</v>
       </c>
       <c r="C670" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="671">
       <c r="A671" s="0" t="s">
-        <v>249</v>
+        <v>457</v>
       </c>
       <c r="B671" s="0" t="s">
-        <v>246</v>
+        <v>458</v>
       </c>
       <c r="C671" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="672">
       <c r="A672" s="0" t="s">
-        <v>491</v>
+        <v>459</v>
       </c>
       <c r="B672" s="0" t="s">
-        <v>492</v>
+        <v>460</v>
       </c>
       <c r="C672" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="673">
       <c r="A673" s="0" t="s">
-        <v>493</v>
+        <v>95</v>
       </c>
       <c r="B673" s="0" t="s">
-        <v>494</v>
+        <v>96</v>
       </c>
       <c r="C673" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="674">
       <c r="A674" s="0" t="s">
-        <v>495</v>
+        <v>461</v>
       </c>
       <c r="B674" s="0" t="s">
-        <v>496</v>
+        <v>462</v>
       </c>
       <c r="C674" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="675">
       <c r="A675" s="0" t="s">
-        <v>497</v>
+        <v>463</v>
       </c>
       <c r="B675" s="0" t="s">
-        <v>498</v>
+        <v>464</v>
       </c>
       <c r="C675" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="676">
       <c r="A676" s="0" t="s">
-        <v>499</v>
+        <v>97</v>
       </c>
       <c r="B676" s="0" t="s">
-        <v>500</v>
+        <v>98</v>
       </c>
       <c r="C676" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="677">
       <c r="A677" s="0" t="s">
-        <v>501</v>
+        <v>99</v>
       </c>
       <c r="B677" s="0" t="s">
-        <v>502</v>
+        <v>100</v>
       </c>
       <c r="C677" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="678">
       <c r="A678" s="0" t="s">
-        <v>184</v>
+        <v>465</v>
       </c>
       <c r="B678" s="0" t="s">
-        <v>77</v>
+        <v>466</v>
       </c>
       <c r="C678" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="679">
       <c r="A679" s="0" t="s">
-        <v>185</v>
+        <v>467</v>
       </c>
       <c r="B679" s="0" t="s">
-        <v>79</v>
+        <v>468</v>
       </c>
       <c r="C679" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="680">
       <c r="A680" s="0" t="s">
-        <v>186</v>
+        <v>425</v>
       </c>
       <c r="B680" s="0" t="s">
-        <v>81</v>
+        <v>426</v>
       </c>
       <c r="C680" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="681">
       <c r="A681" s="0" t="s">
-        <v>187</v>
+        <v>122</v>
       </c>
       <c r="B681" s="0" t="s">
-        <v>188</v>
+        <v>123</v>
       </c>
       <c r="C681" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="682">
       <c r="A682" s="0" t="s">
-        <v>189</v>
+        <v>126</v>
       </c>
       <c r="B682" s="0" t="s">
-        <v>83</v>
+        <v>127</v>
       </c>
       <c r="C682" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="683">
       <c r="A683" s="0" t="s">
-        <v>190</v>
+        <v>457</v>
       </c>
       <c r="B683" s="0" t="s">
-        <v>85</v>
+        <v>458</v>
       </c>
       <c r="C683" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="684">
       <c r="A684" s="0" t="s">
-        <v>191</v>
+        <v>459</v>
       </c>
       <c r="B684" s="0" t="s">
-        <v>87</v>
+        <v>460</v>
       </c>
       <c r="C684" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="685">
       <c r="A685" s="0" t="s">
-        <v>192</v>
+        <v>95</v>
       </c>
       <c r="B685" s="0" t="s">
-        <v>193</v>
+        <v>96</v>
       </c>
       <c r="C685" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="686">
       <c r="A686" s="0" t="s">
-        <v>160</v>
+        <v>461</v>
       </c>
       <c r="B686" s="0" t="s">
-        <v>161</v>
+        <v>462</v>
       </c>
       <c r="C686" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="687">
       <c r="A687" s="0" t="s">
-        <v>164</v>
+        <v>463</v>
       </c>
       <c r="B687" s="0" t="s">
-        <v>165</v>
+        <v>464</v>
       </c>
       <c r="C687" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="688">
       <c r="A688" s="0" t="s">
-        <v>166</v>
+        <v>97</v>
       </c>
       <c r="B688" s="0" t="s">
-        <v>167</v>
+        <v>98</v>
       </c>
       <c r="C688" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="689">
       <c r="A689" s="0" t="s">
-        <v>168</v>
+        <v>99</v>
       </c>
       <c r="B689" s="0" t="s">
-        <v>165</v>
+        <v>100</v>
       </c>
       <c r="C689" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="690">
       <c r="A690" s="0" t="s">
-        <v>169</v>
+        <v>465</v>
       </c>
       <c r="B690" s="0" t="s">
-        <v>165</v>
+        <v>466</v>
       </c>
       <c r="C690" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="691">
       <c r="A691" s="0" t="s">
-        <v>457</v>
+        <v>467</v>
       </c>
       <c r="B691" s="0" t="s">
-        <v>458</v>
+        <v>468</v>
       </c>
       <c r="C691" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="692">
       <c r="A692" s="0" t="s">
-        <v>459</v>
+        <v>425</v>
       </c>
       <c r="B692" s="0" t="s">
-        <v>460</v>
+        <v>426</v>
       </c>
       <c r="C692" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="693">
       <c r="A693" s="0" t="s">
-        <v>131</v>
+        <v>122</v>
       </c>
       <c r="B693" s="0" t="s">
-        <v>132</v>
+        <v>123</v>
       </c>
       <c r="C693" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="694">
       <c r="A694" s="0" t="s">
-        <v>461</v>
+        <v>126</v>
       </c>
       <c r="B694" s="0" t="s">
-        <v>462</v>
+        <v>127</v>
       </c>
       <c r="C694" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="695">
       <c r="A695" s="0" t="s">
-        <v>463</v>
+        <v>252</v>
       </c>
       <c r="B695" s="0" t="s">
-        <v>464</v>
+        <v>253</v>
       </c>
       <c r="C695" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="696">
       <c r="A696" s="0" t="s">
-        <v>133</v>
+        <v>254</v>
       </c>
       <c r="B696" s="0" t="s">
-        <v>134</v>
+        <v>255</v>
       </c>
       <c r="C696" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="697">
       <c r="A697" s="0" t="s">
-        <v>135</v>
+        <v>256</v>
       </c>
       <c r="B697" s="0" t="s">
-        <v>136</v>
+        <v>257</v>
       </c>
       <c r="C697" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="698">
       <c r="A698" s="0" t="s">
-        <v>465</v>
+        <v>101</v>
       </c>
       <c r="B698" s="0" t="s">
-        <v>466</v>
+        <v>102</v>
       </c>
       <c r="C698" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="699">
       <c r="A699" s="0" t="s">
-        <v>467</v>
+        <v>103</v>
       </c>
       <c r="B699" s="0" t="s">
-        <v>468</v>
+        <v>104</v>
       </c>
       <c r="C699" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="700">
       <c r="A700" s="0" t="s">
-        <v>425</v>
+        <v>105</v>
       </c>
       <c r="B700" s="0" t="s">
-        <v>426</v>
+        <v>102</v>
       </c>
       <c r="C700" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="701">
       <c r="A701" s="0" t="s">
-        <v>158</v>
+        <v>258</v>
       </c>
       <c r="B701" s="0" t="s">
-        <v>159</v>
+        <v>259</v>
       </c>
       <c r="C701" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="702">
       <c r="A702" s="0" t="s">
-        <v>162</v>
+        <v>260</v>
       </c>
       <c r="B702" s="0" t="s">
-        <v>163</v>
+        <v>261</v>
       </c>
       <c r="C702" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="703">
       <c r="A703" s="0" t="s">
-        <v>457</v>
+        <v>262</v>
       </c>
       <c r="B703" s="0" t="s">
-        <v>458</v>
+        <v>259</v>
       </c>
       <c r="C703" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="704">
       <c r="A704" s="0" t="s">
-        <v>459</v>
+        <v>380</v>
       </c>
       <c r="B704" s="0" t="s">
-        <v>460</v>
+        <v>7</v>
       </c>
       <c r="C704" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="705">
       <c r="A705" s="0" t="s">
-        <v>131</v>
+        <v>381</v>
       </c>
       <c r="B705" s="0" t="s">
-        <v>132</v>
+        <v>382</v>
       </c>
       <c r="C705" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="706">
       <c r="A706" s="0" t="s">
-        <v>461</v>
+        <v>6</v>
       </c>
       <c r="B706" s="0" t="s">
-        <v>462</v>
+        <v>7</v>
       </c>
       <c r="C706" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="707">
       <c r="A707" s="0" t="s">
-        <v>463</v>
+        <v>8</v>
       </c>
       <c r="B707" s="0" t="s">
-        <v>464</v>
+        <v>7</v>
       </c>
       <c r="C707" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="708">
       <c r="A708" s="0" t="s">
-        <v>133</v>
+        <v>263</v>
       </c>
       <c r="B708" s="0" t="s">
-        <v>134</v>
+        <v>264</v>
       </c>
       <c r="C708" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="709">
       <c r="A709" s="0" t="s">
-        <v>135</v>
+        <v>265</v>
       </c>
       <c r="B709" s="0" t="s">
-        <v>136</v>
+        <v>266</v>
       </c>
       <c r="C709" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="710">
       <c r="A710" s="0" t="s">
-        <v>465</v>
+        <v>267</v>
       </c>
       <c r="B710" s="0" t="s">
-        <v>466</v>
+        <v>268</v>
       </c>
       <c r="C710" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="711">
       <c r="A711" s="0" t="s">
-        <v>467</v>
+        <v>270</v>
       </c>
       <c r="B711" s="0" t="s">
-        <v>468</v>
+        <v>271</v>
       </c>
       <c r="C711" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="712">
       <c r="A712" s="0" t="s">
-        <v>425</v>
+        <v>272</v>
       </c>
       <c r="B712" s="0" t="s">
-        <v>426</v>
+        <v>266</v>
       </c>
       <c r="C712" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="713">
       <c r="A713" s="0" t="s">
-        <v>158</v>
+        <v>273</v>
       </c>
       <c r="B713" s="0" t="s">
-        <v>159</v>
+        <v>266</v>
       </c>
       <c r="C713" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="714">
       <c r="A714" s="0" t="s">
-        <v>162</v>
+        <v>377</v>
       </c>
       <c r="B714" s="0" t="s">
-        <v>163</v>
+        <v>378</v>
       </c>
       <c r="C714" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="715">
       <c r="A715" s="0" t="s">
-        <v>274</v>
+        <v>389</v>
       </c>
       <c r="B715" s="0" t="s">
-        <v>275</v>
+        <v>375</v>
       </c>
       <c r="C715" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="716">
       <c r="A716" s="0" t="s">
-        <v>276</v>
+        <v>390</v>
       </c>
       <c r="B716" s="0" t="s">
-        <v>277</v>
+        <v>373</v>
       </c>
       <c r="C716" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="717">
       <c r="A717" s="0" t="s">
-        <v>278</v>
+        <v>376</v>
       </c>
       <c r="B717" s="0" t="s">
-        <v>279</v>
+        <v>375</v>
       </c>
       <c r="C717" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="718">
       <c r="A718" s="0" t="s">
-        <v>137</v>
+        <v>374</v>
       </c>
       <c r="B718" s="0" t="s">
-        <v>138</v>
+        <v>375</v>
       </c>
       <c r="C718" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="719">
       <c r="A719" s="0" t="s">
-        <v>139</v>
+        <v>372</v>
       </c>
       <c r="B719" s="0" t="s">
-        <v>140</v>
+        <v>373</v>
       </c>
       <c r="C719" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="720">
       <c r="A720" s="0" t="s">
-        <v>141</v>
+        <v>379</v>
       </c>
       <c r="B720" s="0" t="s">
-        <v>138</v>
+        <v>375</v>
       </c>
       <c r="C720" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="721">
       <c r="A721" s="0" t="s">
-        <v>280</v>
+        <v>124</v>
       </c>
       <c r="B721" s="0" t="s">
-        <v>281</v>
+        <v>125</v>
       </c>
       <c r="C721" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="722">
       <c r="A722" s="0" t="s">
-        <v>282</v>
+        <v>128</v>
       </c>
       <c r="B722" s="0" t="s">
-        <v>283</v>
+        <v>129</v>
       </c>
       <c r="C722" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="723">
       <c r="A723" s="0" t="s">
-        <v>284</v>
+        <v>130</v>
       </c>
       <c r="B723" s="0" t="s">
-        <v>281</v>
+        <v>131</v>
       </c>
       <c r="C723" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="724">
       <c r="A724" s="0" t="s">
-        <v>3</v>
+        <v>132</v>
       </c>
       <c r="B724" s="0" t="s">
-        <v>4</v>
+        <v>129</v>
       </c>
       <c r="C724" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="725">
       <c r="A725" s="0" t="s">
-        <v>6</v>
+        <v>133</v>
       </c>
       <c r="B725" s="0" t="s">
-        <v>7</v>
+        <v>129</v>
       </c>
       <c r="C725" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="726">
       <c r="A726" s="0" t="s">
-        <v>10</v>
+        <v>274</v>
       </c>
       <c r="B726" s="0" t="s">
-        <v>4</v>
+        <v>275</v>
       </c>
       <c r="C726" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="727">
       <c r="A727" s="0" t="s">
-        <v>11</v>
+        <v>276</v>
       </c>
       <c r="B727" s="0" t="s">
-        <v>4</v>
+        <v>277</v>
       </c>
       <c r="C727" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="728">
       <c r="A728" s="0" t="s">
-        <v>285</v>
+        <v>278</v>
       </c>
       <c r="B728" s="0" t="s">
-        <v>286</v>
+        <v>275</v>
       </c>
       <c r="C728" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="729">
       <c r="A729" s="0" t="s">
-        <v>287</v>
+        <v>181</v>
       </c>
       <c r="B729" s="0" t="s">
-        <v>288</v>
+        <v>182</v>
       </c>
       <c r="C729" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="730">
       <c r="A730" s="0" t="s">
-        <v>289</v>
+        <v>183</v>
       </c>
       <c r="B730" s="0" t="s">
-        <v>290</v>
+        <v>184</v>
       </c>
       <c r="C730" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="731">
       <c r="A731" s="0" t="s">
-        <v>292</v>
+        <v>185</v>
       </c>
       <c r="B731" s="0" t="s">
-        <v>293</v>
+        <v>186</v>
       </c>
       <c r="C731" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="732">
       <c r="A732" s="0" t="s">
-        <v>294</v>
+        <v>187</v>
       </c>
       <c r="B732" s="0" t="s">
-        <v>288</v>
+        <v>184</v>
       </c>
       <c r="C732" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="733">
       <c r="A733" s="0" t="s">
-        <v>295</v>
+        <v>445</v>
       </c>
       <c r="B733" s="0" t="s">
-        <v>288</v>
+        <v>446</v>
       </c>
       <c r="C733" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="734">
       <c r="A734" s="0" t="s">
-        <v>396</v>
+        <v>447</v>
       </c>
       <c r="B734" s="0" t="s">
-        <v>397</v>
+        <v>448</v>
       </c>
       <c r="C734" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="735">
       <c r="A735" s="0" t="s">
-        <v>102</v>
+        <v>399</v>
       </c>
       <c r="B735" s="0" t="s">
-        <v>103</v>
+        <v>400</v>
       </c>
       <c r="C735" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="736">
       <c r="A736" s="0" t="s">
-        <v>104</v>
+        <v>401</v>
       </c>
       <c r="B736" s="0" t="s">
-        <v>105</v>
+        <v>402</v>
       </c>
       <c r="C736" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="737">
       <c r="A737" s="0" t="s">
-        <v>395</v>
+        <v>449</v>
       </c>
       <c r="B737" s="0" t="s">
-        <v>103</v>
+        <v>450</v>
       </c>
       <c r="C737" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="738">
       <c r="A738" s="0" t="s">
-        <v>394</v>
+        <v>451</v>
       </c>
       <c r="B738" s="0" t="s">
-        <v>103</v>
+        <v>452</v>
       </c>
       <c r="C738" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="739">
       <c r="A739" s="0" t="s">
-        <v>393</v>
+        <v>453</v>
       </c>
       <c r="B739" s="0" t="s">
-        <v>105</v>
+        <v>454</v>
       </c>
       <c r="C739" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="740">
       <c r="A740" s="0" t="s">
-        <v>398</v>
+        <v>403</v>
       </c>
       <c r="B740" s="0" t="s">
-        <v>103</v>
+        <v>404</v>
       </c>
       <c r="C740" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="741">
       <c r="A741" s="0" t="s">
-        <v>160</v>
+        <v>405</v>
       </c>
       <c r="B741" s="0" t="s">
-        <v>161</v>
+        <v>406</v>
       </c>
       <c r="C741" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="742">
       <c r="A742" s="0" t="s">
-        <v>164</v>
+        <v>407</v>
       </c>
       <c r="B742" s="0" t="s">
-        <v>165</v>
+        <v>408</v>
       </c>
       <c r="C742" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="743">
       <c r="A743" s="0" t="s">
-        <v>166</v>
+        <v>455</v>
       </c>
       <c r="B743" s="0" t="s">
-        <v>167</v>
+        <v>456</v>
       </c>
       <c r="C743" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="744">
       <c r="A744" s="0" t="s">
-        <v>168</v>
+        <v>421</v>
       </c>
       <c r="B744" s="0" t="s">
-        <v>165</v>
+        <v>422</v>
       </c>
       <c r="C744" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="745">
       <c r="A745" s="0" t="s">
-        <v>169</v>
+        <v>423</v>
       </c>
       <c r="B745" s="0" t="s">
-        <v>165</v>
+        <v>424</v>
       </c>
       <c r="C745" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="746">
       <c r="A746" s="0" t="s">
-        <v>296</v>
+        <v>489</v>
       </c>
       <c r="B746" s="0" t="s">
-        <v>297</v>
+        <v>490</v>
       </c>
       <c r="C746" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="747">
       <c r="A747" s="0" t="s">
-        <v>298</v>
+        <v>445</v>
       </c>
       <c r="B747" s="0" t="s">
-        <v>299</v>
+        <v>446</v>
       </c>
       <c r="C747" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="748">
       <c r="A748" s="0" t="s">
-        <v>300</v>
+        <v>447</v>
       </c>
       <c r="B748" s="0" t="s">
-        <v>297</v>
+        <v>448</v>
       </c>
       <c r="C748" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="749">
       <c r="A749" s="0" t="s">
-        <v>209</v>
+        <v>399</v>
       </c>
       <c r="B749" s="0" t="s">
-        <v>210</v>
+        <v>400</v>
       </c>
       <c r="C749" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="750">
       <c r="A750" s="0" t="s">
-        <v>91</v>
+        <v>401</v>
       </c>
       <c r="B750" s="0" t="s">
-        <v>92</v>
+        <v>402</v>
       </c>
       <c r="C750" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="751">
       <c r="A751" s="0" t="s">
-        <v>211</v>
+        <v>449</v>
       </c>
       <c r="B751" s="0" t="s">
-        <v>212</v>
+        <v>450</v>
       </c>
       <c r="C751" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="752">
       <c r="A752" s="0" t="s">
-        <v>213</v>
+        <v>451</v>
       </c>
       <c r="B752" s="0" t="s">
-        <v>92</v>
+        <v>452</v>
       </c>
       <c r="C752" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="753">
       <c r="A753" s="0" t="s">
-        <v>445</v>
+        <v>453</v>
       </c>
       <c r="B753" s="0" t="s">
-        <v>446</v>
+        <v>454</v>
       </c>
       <c r="C753" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="754">
       <c r="A754" s="0" t="s">
-        <v>447</v>
+        <v>403</v>
       </c>
       <c r="B754" s="0" t="s">
-        <v>448</v>
+        <v>404</v>
       </c>
       <c r="C754" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="755">
       <c r="A755" s="0" t="s">
-        <v>399</v>
+        <v>405</v>
       </c>
       <c r="B755" s="0" t="s">
-        <v>400</v>
+        <v>406</v>
       </c>
       <c r="C755" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="756">
       <c r="A756" s="0" t="s">
-        <v>401</v>
+        <v>407</v>
       </c>
       <c r="B756" s="0" t="s">
-        <v>402</v>
+        <v>408</v>
       </c>
       <c r="C756" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="757">
       <c r="A757" s="0" t="s">
-        <v>449</v>
+        <v>455</v>
       </c>
       <c r="B757" s="0" t="s">
-        <v>450</v>
+        <v>456</v>
       </c>
       <c r="C757" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="758">
       <c r="A758" s="0" t="s">
-        <v>451</v>
+        <v>421</v>
       </c>
       <c r="B758" s="0" t="s">
-        <v>452</v>
+        <v>422</v>
       </c>
       <c r="C758" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="759">
       <c r="A759" s="0" t="s">
-        <v>453</v>
+        <v>423</v>
       </c>
       <c r="B759" s="0" t="s">
-        <v>454</v>
+        <v>424</v>
       </c>
       <c r="C759" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="760">
       <c r="A760" s="0" t="s">
-        <v>403</v>
+        <v>489</v>
       </c>
       <c r="B760" s="0" t="s">
-        <v>404</v>
+        <v>490</v>
       </c>
       <c r="C760" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="761">
       <c r="A761" s="0" t="s">
-        <v>405</v>
+        <v>192</v>
       </c>
       <c r="B761" s="0" t="s">
-        <v>406</v>
+        <v>193</v>
       </c>
       <c r="C761" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="762">
       <c r="A762" s="0" t="s">
-        <v>407</v>
+        <v>194</v>
       </c>
       <c r="B762" s="0" t="s">
-        <v>408</v>
+        <v>195</v>
       </c>
       <c r="C762" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="763">
       <c r="A763" s="0" t="s">
-        <v>455</v>
+        <v>196</v>
       </c>
       <c r="B763" s="0" t="s">
-        <v>456</v>
+        <v>197</v>
       </c>
       <c r="C763" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="764">
       <c r="A764" s="0" t="s">
-        <v>421</v>
+        <v>198</v>
       </c>
       <c r="B764" s="0" t="s">
-        <v>422</v>
+        <v>199</v>
       </c>
       <c r="C764" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="765">
       <c r="A765" s="0" t="s">
-        <v>423</v>
+        <v>200</v>
       </c>
       <c r="B765" s="0" t="s">
-        <v>424</v>
+        <v>201</v>
       </c>
       <c r="C765" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="766">
       <c r="A766" s="0" t="s">
-        <v>489</v>
+        <v>202</v>
       </c>
       <c r="B766" s="0" t="s">
-        <v>490</v>
+        <v>203</v>
       </c>
       <c r="C766" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="767">
       <c r="A767" s="0" t="s">
-        <v>445</v>
+        <v>204</v>
       </c>
       <c r="B767" s="0" t="s">
-        <v>446</v>
+        <v>205</v>
       </c>
       <c r="C767" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="768">
       <c r="A768" s="0" t="s">
-        <v>447</v>
+        <v>206</v>
       </c>
       <c r="B768" s="0" t="s">
-        <v>448</v>
+        <v>207</v>
       </c>
       <c r="C768" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="769">
       <c r="A769" s="0" t="s">
-        <v>399</v>
+        <v>208</v>
       </c>
       <c r="B769" s="0" t="s">
-        <v>400</v>
+        <v>209</v>
       </c>
       <c r="C769" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="770">
       <c r="A770" s="0" t="s">
-        <v>401</v>
+        <v>210</v>
       </c>
       <c r="B770" s="0" t="s">
-        <v>402</v>
+        <v>211</v>
       </c>
       <c r="C770" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="771">
       <c r="A771" s="0" t="s">
-        <v>449</v>
+        <v>212</v>
       </c>
       <c r="B771" s="0" t="s">
-        <v>450</v>
+        <v>213</v>
       </c>
       <c r="C771" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="772">
       <c r="A772" s="0" t="s">
-        <v>451</v>
+        <v>214</v>
       </c>
       <c r="B772" s="0" t="s">
-        <v>452</v>
+        <v>215</v>
       </c>
       <c r="C772" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="773">
       <c r="A773" s="0" t="s">
-        <v>453</v>
+        <v>216</v>
       </c>
       <c r="B773" s="0" t="s">
-        <v>454</v>
+        <v>217</v>
       </c>
       <c r="C773" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="774">
       <c r="A774" s="0" t="s">
-        <v>403</v>
+        <v>218</v>
       </c>
       <c r="B774" s="0" t="s">
-        <v>404</v>
+        <v>217</v>
       </c>
       <c r="C774" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="775">
       <c r="A775" s="0" t="s">
-        <v>405</v>
+        <v>219</v>
       </c>
       <c r="B775" s="0" t="s">
-        <v>406</v>
+        <v>220</v>
       </c>
       <c r="C775" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="776">
       <c r="A776" s="0" t="s">
-        <v>407</v>
+        <v>221</v>
       </c>
       <c r="B776" s="0" t="s">
-        <v>408</v>
+        <v>222</v>
       </c>
       <c r="C776" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="777">
       <c r="A777" s="0" t="s">
-        <v>455</v>
+        <v>223</v>
       </c>
       <c r="B777" s="0" t="s">
-        <v>456</v>
+        <v>224</v>
       </c>
       <c r="C777" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="778">
       <c r="A778" s="0" t="s">
-        <v>421</v>
+        <v>225</v>
       </c>
       <c r="B778" s="0" t="s">
-        <v>422</v>
+        <v>226</v>
       </c>
       <c r="C778" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="779">
       <c r="A779" s="0" t="s">
-        <v>423</v>
+        <v>227</v>
       </c>
       <c r="B779" s="0" t="s">
-        <v>424</v>
+        <v>224</v>
       </c>
       <c r="C779" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="780">
       <c r="A780" s="0" t="s">
-        <v>489</v>
+        <v>228</v>
       </c>
       <c r="B780" s="0" t="s">
-        <v>490</v>
+        <v>229</v>
       </c>
       <c r="C780" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="781">
       <c r="A781" s="0" t="s">
-        <v>214</v>
+        <v>230</v>
       </c>
       <c r="B781" s="0" t="s">
-        <v>215</v>
+        <v>231</v>
       </c>
       <c r="C781" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="782">
       <c r="A782" s="0" t="s">
-        <v>216</v>
+        <v>232</v>
       </c>
       <c r="B782" s="0" t="s">
-        <v>217</v>
+        <v>233</v>
       </c>
       <c r="C782" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="783">
       <c r="A783" s="0" t="s">
-        <v>218</v>
+        <v>234</v>
       </c>
       <c r="B783" s="0" t="s">
-        <v>219</v>
+        <v>235</v>
       </c>
       <c r="C783" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="784">
       <c r="A784" s="0" t="s">
-        <v>220</v>
+        <v>236</v>
       </c>
       <c r="B784" s="0" t="s">
-        <v>221</v>
+        <v>237</v>
       </c>
       <c r="C784" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="785">
       <c r="A785" s="0" t="s">
-        <v>222</v>
+        <v>238</v>
       </c>
       <c r="B785" s="0" t="s">
-        <v>223</v>
+        <v>239</v>
       </c>
       <c r="C785" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="786">
       <c r="A786" s="0" t="s">
-        <v>224</v>
+        <v>240</v>
       </c>
       <c r="B786" s="0" t="s">
-        <v>225</v>
+        <v>239</v>
       </c>
       <c r="C786" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="787">
       <c r="A787" s="0" t="s">
-        <v>226</v>
+        <v>241</v>
       </c>
       <c r="B787" s="0" t="s">
-        <v>227</v>
+        <v>242</v>
       </c>
       <c r="C787" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="788">
       <c r="A788" s="0" t="s">
-        <v>228</v>
+        <v>243</v>
       </c>
       <c r="B788" s="0" t="s">
-        <v>229</v>
+        <v>244</v>
       </c>
       <c r="C788" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="789">
       <c r="A789" s="0" t="s">
-        <v>230</v>
+        <v>245</v>
       </c>
       <c r="B789" s="0" t="s">
-        <v>231</v>
+        <v>244</v>
       </c>
       <c r="C789" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="790">
       <c r="A790" s="0" t="s">
-        <v>232</v>
+        <v>246</v>
       </c>
       <c r="B790" s="0" t="s">
-        <v>233</v>
+        <v>247</v>
       </c>
       <c r="C790" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="791">
       <c r="A791" s="0" t="s">
-        <v>234</v>
+        <v>248</v>
       </c>
       <c r="B791" s="0" t="s">
-        <v>235</v>
+        <v>249</v>
       </c>
       <c r="C791" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="792">
       <c r="A792" s="0" t="s">
-        <v>236</v>
+        <v>250</v>
       </c>
       <c r="B792" s="0" t="s">
-        <v>237</v>
+        <v>247</v>
       </c>
       <c r="C792" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="793">
       <c r="A793" s="0" t="s">
-        <v>238</v>
+        <v>251</v>
       </c>
       <c r="B793" s="0" t="s">
-        <v>239</v>
+        <v>249</v>
       </c>
       <c r="C793" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="794">
       <c r="A794" s="0" t="s">
-        <v>240</v>
+        <v>192</v>
       </c>
       <c r="B794" s="0" t="s">
-        <v>239</v>
+        <v>193</v>
       </c>
       <c r="C794" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="795">
       <c r="A795" s="0" t="s">
-        <v>241</v>
+        <v>194</v>
       </c>
       <c r="B795" s="0" t="s">
-        <v>242</v>
+        <v>195</v>
       </c>
       <c r="C795" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="796">
       <c r="A796" s="0" t="s">
-        <v>243</v>
+        <v>196</v>
       </c>
       <c r="B796" s="0" t="s">
-        <v>244</v>
+        <v>197</v>
       </c>
       <c r="C796" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="797">
       <c r="A797" s="0" t="s">
-        <v>245</v>
+        <v>198</v>
       </c>
       <c r="B797" s="0" t="s">
-        <v>246</v>
+        <v>199</v>
       </c>
       <c r="C797" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="798">
       <c r="A798" s="0" t="s">
-        <v>247</v>
+        <v>200</v>
       </c>
       <c r="B798" s="0" t="s">
-        <v>248</v>
+        <v>201</v>
       </c>
       <c r="C798" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="799">
       <c r="A799" s="0" t="s">
-        <v>249</v>
+        <v>202</v>
       </c>
       <c r="B799" s="0" t="s">
-        <v>246</v>
+        <v>203</v>
       </c>
       <c r="C799" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="800">
       <c r="A800" s="0" t="s">
-        <v>250</v>
+        <v>204</v>
       </c>
       <c r="B800" s="0" t="s">
-        <v>251</v>
+        <v>205</v>
       </c>
       <c r="C800" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="801">
       <c r="A801" s="0" t="s">
-        <v>252</v>
+        <v>206</v>
       </c>
       <c r="B801" s="0" t="s">
-        <v>253</v>
+        <v>207</v>
       </c>
       <c r="C801" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="802">
       <c r="A802" s="0" t="s">
-        <v>254</v>
+        <v>208</v>
       </c>
       <c r="B802" s="0" t="s">
-        <v>255</v>
+        <v>209</v>
       </c>
       <c r="C802" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="803">
       <c r="A803" s="0" t="s">
-        <v>256</v>
+        <v>210</v>
       </c>
       <c r="B803" s="0" t="s">
-        <v>257</v>
+        <v>211</v>
       </c>
       <c r="C803" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="804">
       <c r="A804" s="0" t="s">
-        <v>258</v>
+        <v>212</v>
       </c>
       <c r="B804" s="0" t="s">
-        <v>259</v>
+        <v>213</v>
       </c>
       <c r="C804" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="805">
       <c r="A805" s="0" t="s">
-        <v>260</v>
+        <v>214</v>
       </c>
       <c r="B805" s="0" t="s">
-        <v>261</v>
+        <v>215</v>
       </c>
       <c r="C805" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="806">
       <c r="A806" s="0" t="s">
-        <v>262</v>
+        <v>216</v>
       </c>
       <c r="B806" s="0" t="s">
-        <v>261</v>
+        <v>217</v>
       </c>
       <c r="C806" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="807">
       <c r="A807" s="0" t="s">
-        <v>263</v>
+        <v>218</v>
       </c>
       <c r="B807" s="0" t="s">
-        <v>264</v>
+        <v>217</v>
       </c>
       <c r="C807" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="808">
       <c r="A808" s="0" t="s">
-        <v>265</v>
+        <v>219</v>
       </c>
       <c r="B808" s="0" t="s">
-        <v>266</v>
+        <v>220</v>
       </c>
       <c r="C808" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="809">
       <c r="A809" s="0" t="s">
-        <v>267</v>
+        <v>221</v>
       </c>
       <c r="B809" s="0" t="s">
-        <v>266</v>
+        <v>222</v>
       </c>
       <c r="C809" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="810">
       <c r="A810" s="0" t="s">
-        <v>268</v>
+        <v>223</v>
       </c>
       <c r="B810" s="0" t="s">
-        <v>269</v>
+        <v>224</v>
       </c>
       <c r="C810" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="811">
       <c r="A811" s="0" t="s">
-        <v>270</v>
+        <v>225</v>
       </c>
       <c r="B811" s="0" t="s">
-        <v>271</v>
+        <v>226</v>
       </c>
       <c r="C811" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="812">
       <c r="A812" s="0" t="s">
-        <v>272</v>
+        <v>227</v>
       </c>
       <c r="B812" s="0" t="s">
-        <v>269</v>
+        <v>224</v>
       </c>
       <c r="C812" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="813">
       <c r="A813" s="0" t="s">
-        <v>273</v>
+        <v>228</v>
       </c>
       <c r="B813" s="0" t="s">
-        <v>271</v>
+        <v>229</v>
       </c>
       <c r="C813" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="814">
       <c r="A814" s="0" t="s">
-        <v>214</v>
+        <v>230</v>
       </c>
       <c r="B814" s="0" t="s">
-        <v>215</v>
+        <v>231</v>
       </c>
       <c r="C814" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="815">
       <c r="A815" s="0" t="s">
-        <v>216</v>
+        <v>232</v>
       </c>
       <c r="B815" s="0" t="s">
-        <v>217</v>
+        <v>233</v>
       </c>
       <c r="C815" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="816">
       <c r="A816" s="0" t="s">
-        <v>218</v>
+        <v>234</v>
       </c>
       <c r="B816" s="0" t="s">
-        <v>219</v>
+        <v>235</v>
       </c>
       <c r="C816" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="817">
       <c r="A817" s="0" t="s">
-        <v>220</v>
+        <v>236</v>
       </c>
       <c r="B817" s="0" t="s">
-        <v>221</v>
+        <v>237</v>
       </c>
       <c r="C817" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="818">
       <c r="A818" s="0" t="s">
-        <v>222</v>
+        <v>238</v>
       </c>
       <c r="B818" s="0" t="s">
-        <v>223</v>
+        <v>239</v>
       </c>
       <c r="C818" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="819">
       <c r="A819" s="0" t="s">
-        <v>224</v>
+        <v>240</v>
       </c>
       <c r="B819" s="0" t="s">
-        <v>225</v>
+        <v>239</v>
       </c>
       <c r="C819" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="820">
       <c r="A820" s="0" t="s">
-        <v>226</v>
+        <v>241</v>
       </c>
       <c r="B820" s="0" t="s">
-        <v>227</v>
+        <v>242</v>
       </c>
       <c r="C820" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="821">
       <c r="A821" s="0" t="s">
-        <v>228</v>
+        <v>243</v>
       </c>
       <c r="B821" s="0" t="s">
-        <v>229</v>
+        <v>244</v>
       </c>
       <c r="C821" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="822">
       <c r="A822" s="0" t="s">
-        <v>230</v>
+        <v>245</v>
       </c>
       <c r="B822" s="0" t="s">
-        <v>231</v>
+        <v>244</v>
       </c>
       <c r="C822" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="823">
       <c r="A823" s="0" t="s">
-        <v>232</v>
+        <v>246</v>
       </c>
       <c r="B823" s="0" t="s">
-        <v>233</v>
+        <v>247</v>
       </c>
       <c r="C823" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="824">
       <c r="A824" s="0" t="s">
-        <v>234</v>
+        <v>248</v>
       </c>
       <c r="B824" s="0" t="s">
-        <v>235</v>
+        <v>249</v>
       </c>
       <c r="C824" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="825">
       <c r="A825" s="0" t="s">
-        <v>236</v>
+        <v>250</v>
       </c>
       <c r="B825" s="0" t="s">
-        <v>237</v>
+        <v>247</v>
       </c>
       <c r="C825" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="826">
       <c r="A826" s="0" t="s">
-        <v>238</v>
+        <v>251</v>
       </c>
       <c r="B826" s="0" t="s">
-        <v>239</v>
+        <v>249</v>
       </c>
       <c r="C826" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="827">
       <c r="A827" s="0" t="s">
-        <v>240</v>
+        <v>385</v>
       </c>
       <c r="B827" s="0" t="s">
-        <v>239</v>
+        <v>386</v>
       </c>
       <c r="C827" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="828">
       <c r="A828" s="0" t="s">
-        <v>241</v>
+        <v>387</v>
       </c>
       <c r="B828" s="0" t="s">
-        <v>242</v>
+        <v>388</v>
       </c>
       <c r="C828" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="829">
       <c r="A829" s="0" t="s">
-        <v>243</v>
+        <v>365</v>
       </c>
       <c r="B829" s="0" t="s">
-        <v>244</v>
+        <v>366</v>
       </c>
       <c r="C829" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="830">
       <c r="A830" s="0" t="s">
-        <v>245</v>
+        <v>394</v>
       </c>
       <c r="B830" s="0" t="s">
-        <v>246</v>
+        <v>395</v>
       </c>
       <c r="C830" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="831">
       <c r="A831" s="0" t="s">
-        <v>247</v>
+        <v>396</v>
       </c>
       <c r="B831" s="0" t="s">
-        <v>248</v>
+        <v>397</v>
       </c>
       <c r="C831" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="832">
       <c r="A832" s="0" t="s">
-        <v>249</v>
+        <v>398</v>
       </c>
       <c r="B832" s="0" t="s">
-        <v>246</v>
+        <v>370</v>
       </c>
       <c r="C832" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="833">
       <c r="A833" s="0" t="s">
-        <v>250</v>
+        <v>367</v>
       </c>
       <c r="B833" s="0" t="s">
-        <v>251</v>
+        <v>368</v>
       </c>
       <c r="C833" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="834">
       <c r="A834" s="0" t="s">
-        <v>252</v>
+        <v>369</v>
       </c>
       <c r="B834" s="0" t="s">
-        <v>253</v>
+        <v>370</v>
       </c>
       <c r="C834" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="835">
       <c r="A835" s="0" t="s">
-        <v>254</v>
+        <v>371</v>
       </c>
       <c r="B835" s="0" t="s">
-        <v>255</v>
+        <v>368</v>
       </c>
       <c r="C835" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="836">
       <c r="A836" s="0" t="s">
-        <v>256</v>
+        <v>167</v>
       </c>
       <c r="B836" s="0" t="s">
-        <v>257</v>
+        <v>168</v>
       </c>
       <c r="C836" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="837">
       <c r="A837" s="0" t="s">
-        <v>258</v>
+        <v>169</v>
       </c>
       <c r="B837" s="0" t="s">
-        <v>259</v>
+        <v>170</v>
       </c>
       <c r="C837" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="838">
       <c r="A838" s="0" t="s">
-        <v>260</v>
+        <v>171</v>
       </c>
       <c r="B838" s="0" t="s">
-        <v>261</v>
+        <v>172</v>
       </c>
       <c r="C838" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="839">
       <c r="A839" s="0" t="s">
-        <v>262</v>
+        <v>173</v>
       </c>
       <c r="B839" s="0" t="s">
-        <v>261</v>
+        <v>174</v>
       </c>
       <c r="C839" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="840">
       <c r="A840" s="0" t="s">
-        <v>263</v>
+        <v>175</v>
       </c>
       <c r="B840" s="0" t="s">
-        <v>264</v>
+        <v>176</v>
       </c>
       <c r="C840" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="841">
       <c r="A841" s="0" t="s">
-        <v>265</v>
+        <v>177</v>
       </c>
       <c r="B841" s="0" t="s">
-        <v>266</v>
+        <v>174</v>
       </c>
       <c r="C841" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="842">
       <c r="A842" s="0" t="s">
-        <v>267</v>
+        <v>252</v>
       </c>
       <c r="B842" s="0" t="s">
-        <v>266</v>
+        <v>253</v>
       </c>
       <c r="C842" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="843">
       <c r="A843" s="0" t="s">
-        <v>268</v>
+        <v>254</v>
       </c>
       <c r="B843" s="0" t="s">
-        <v>269</v>
+        <v>255</v>
       </c>
       <c r="C843" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="844">
       <c r="A844" s="0" t="s">
-        <v>270</v>
+        <v>256</v>
       </c>
       <c r="B844" s="0" t="s">
-        <v>271</v>
+        <v>257</v>
       </c>
       <c r="C844" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="845">
       <c r="A845" s="0" t="s">
-        <v>272</v>
+        <v>101</v>
       </c>
       <c r="B845" s="0" t="s">
-        <v>269</v>
+        <v>102</v>
       </c>
       <c r="C845" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="846">
       <c r="A846" s="0" t="s">
-        <v>273</v>
+        <v>103</v>
       </c>
       <c r="B846" s="0" t="s">
-        <v>271</v>
+        <v>104</v>
       </c>
       <c r="C846" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="847">
       <c r="A847" s="0" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="B847" s="0" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="C847" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="848">
       <c r="A848" s="0" t="s">
-        <v>35</v>
+        <v>258</v>
       </c>
       <c r="B848" s="0" t="s">
-        <v>36</v>
+        <v>259</v>
       </c>
       <c r="C848" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="849">
       <c r="A849" s="0" t="s">
-        <v>387</v>
+        <v>260</v>
       </c>
       <c r="B849" s="0" t="s">
-        <v>388</v>
+        <v>261</v>
       </c>
       <c r="C849" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="850">
       <c r="A850" s="0" t="s">
-        <v>112</v>
+        <v>262</v>
       </c>
       <c r="B850" s="0" t="s">
-        <v>113</v>
+        <v>259</v>
       </c>
       <c r="C850" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="851">
       <c r="A851" s="0" t="s">
-        <v>98</v>
+        <v>263</v>
       </c>
       <c r="B851" s="0" t="s">
-        <v>99</v>
+        <v>264</v>
       </c>
       <c r="C851" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="852">
       <c r="A852" s="0" t="s">
-        <v>100</v>
+        <v>265</v>
       </c>
       <c r="B852" s="0" t="s">
-        <v>101</v>
+        <v>266</v>
       </c>
       <c r="C852" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="853">
       <c r="A853" s="0" t="s">
-        <v>389</v>
+        <v>267</v>
       </c>
       <c r="B853" s="0" t="s">
-        <v>390</v>
+        <v>268</v>
       </c>
       <c r="C853" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="854">
       <c r="A854" s="0" t="s">
-        <v>391</v>
+        <v>269</v>
       </c>
       <c r="B854" s="0" t="s">
-        <v>101</v>
+        <v>266</v>
       </c>
       <c r="C854" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="855">
       <c r="A855" s="0" t="s">
-        <v>392</v>
+        <v>270</v>
       </c>
       <c r="B855" s="0" t="s">
-        <v>390</v>
+        <v>271</v>
       </c>
       <c r="C855" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="856">
       <c r="A856" s="0" t="s">
-        <v>199</v>
+        <v>272</v>
       </c>
       <c r="B856" s="0" t="s">
-        <v>200</v>
+        <v>266</v>
       </c>
       <c r="C856" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="857">
       <c r="A857" s="0" t="s">
-        <v>89</v>
+        <v>273</v>
       </c>
       <c r="B857" s="0" t="s">
-        <v>90</v>
+        <v>266</v>
       </c>
       <c r="C857" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="858">
       <c r="A858" s="0" t="s">
-        <v>201</v>
+        <v>124</v>
       </c>
       <c r="B858" s="0" t="s">
-        <v>202</v>
+        <v>125</v>
       </c>
       <c r="C858" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="859">
       <c r="A859" s="0" t="s">
-        <v>115</v>
+        <v>128</v>
       </c>
       <c r="B859" s="0" t="s">
-        <v>116</v>
+        <v>129</v>
       </c>
       <c r="C859" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="860">
       <c r="A860" s="0" t="s">
-        <v>203</v>
+        <v>130</v>
       </c>
       <c r="B860" s="0" t="s">
-        <v>204</v>
+        <v>131</v>
       </c>
       <c r="C860" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="861">
       <c r="A861" s="0" t="s">
-        <v>205</v>
+        <v>132</v>
       </c>
       <c r="B861" s="0" t="s">
-        <v>116</v>
+        <v>129</v>
       </c>
       <c r="C861" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="862">
       <c r="A862" s="0" t="s">
-        <v>274</v>
+        <v>133</v>
       </c>
       <c r="B862" s="0" t="s">
-        <v>275</v>
+        <v>129</v>
       </c>
       <c r="C862" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="863">
       <c r="A863" s="0" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="B863" s="0" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="C863" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="864">
       <c r="A864" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="B864" s="0" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="C864" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="865">
       <c r="A865" s="0" t="s">
-        <v>137</v>
+        <v>278</v>
       </c>
       <c r="B865" s="0" t="s">
-        <v>138</v>
+        <v>275</v>
       </c>
       <c r="C865" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="866">
       <c r="A866" s="0" t="s">
-        <v>139</v>
+        <v>469</v>
       </c>
       <c r="B866" s="0" t="s">
-        <v>140</v>
+        <v>470</v>
       </c>
       <c r="C866" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="867">
       <c r="A867" s="0" t="s">
-        <v>141</v>
+        <v>471</v>
       </c>
       <c r="B867" s="0" t="s">
-        <v>138</v>
+        <v>472</v>
       </c>
       <c r="C867" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="868">
       <c r="A868" s="0" t="s">
-        <v>280</v>
+        <v>409</v>
       </c>
       <c r="B868" s="0" t="s">
-        <v>281</v>
+        <v>410</v>
       </c>
       <c r="C868" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="869">
       <c r="A869" s="0" t="s">
-        <v>282</v>
+        <v>411</v>
       </c>
       <c r="B869" s="0" t="s">
-        <v>283</v>
+        <v>412</v>
       </c>
       <c r="C869" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="870">
       <c r="A870" s="0" t="s">
-        <v>284</v>
+        <v>473</v>
       </c>
       <c r="B870" s="0" t="s">
-        <v>281</v>
+        <v>474</v>
       </c>
       <c r="C870" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="871">
       <c r="A871" s="0" t="s">
-        <v>285</v>
+        <v>475</v>
       </c>
       <c r="B871" s="0" t="s">
-        <v>286</v>
+        <v>476</v>
       </c>
       <c r="C871" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="872">
       <c r="A872" s="0" t="s">
-        <v>287</v>
+        <v>477</v>
       </c>
       <c r="B872" s="0" t="s">
-        <v>288</v>
+        <v>478</v>
       </c>
       <c r="C872" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="873">
       <c r="A873" s="0" t="s">
-        <v>289</v>
+        <v>413</v>
       </c>
       <c r="B873" s="0" t="s">
-        <v>290</v>
+        <v>414</v>
       </c>
       <c r="C873" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="874">
       <c r="A874" s="0" t="s">
-        <v>291</v>
+        <v>415</v>
       </c>
       <c r="B874" s="0" t="s">
-        <v>288</v>
+        <v>416</v>
       </c>
       <c r="C874" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="875">
       <c r="A875" s="0" t="s">
-        <v>292</v>
+        <v>417</v>
       </c>
       <c r="B875" s="0" t="s">
-        <v>293</v>
+        <v>418</v>
       </c>
       <c r="C875" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="876">
       <c r="A876" s="0" t="s">
-        <v>294</v>
+        <v>419</v>
       </c>
       <c r="B876" s="0" t="s">
-        <v>288</v>
+        <v>420</v>
       </c>
       <c r="C876" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="877">
       <c r="A877" s="0" t="s">
-        <v>295</v>
+        <v>479</v>
       </c>
       <c r="B877" s="0" t="s">
-        <v>288</v>
+        <v>480</v>
       </c>
       <c r="C877" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="878">
       <c r="A878" s="0" t="s">
-        <v>160</v>
+        <v>481</v>
       </c>
       <c r="B878" s="0" t="s">
-        <v>161</v>
+        <v>482</v>
       </c>
       <c r="C878" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="879">
       <c r="A879" s="0" t="s">
-        <v>164</v>
+        <v>431</v>
       </c>
       <c r="B879" s="0" t="s">
-        <v>165</v>
+        <v>432</v>
       </c>
       <c r="C879" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="880">
       <c r="A880" s="0" t="s">
-        <v>166</v>
+        <v>433</v>
       </c>
       <c r="B880" s="0" t="s">
-        <v>167</v>
+        <v>434</v>
       </c>
       <c r="C880" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="881">
       <c r="A881" s="0" t="s">
-        <v>168</v>
+        <v>435</v>
       </c>
       <c r="B881" s="0" t="s">
-        <v>165</v>
+        <v>436</v>
       </c>
       <c r="C881" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="882">
       <c r="A882" s="0" t="s">
-        <v>169</v>
+        <v>437</v>
       </c>
       <c r="B882" s="0" t="s">
-        <v>165</v>
+        <v>438</v>
       </c>
       <c r="C882" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="883">
       <c r="A883" s="0" t="s">
-        <v>296</v>
+        <v>469</v>
       </c>
       <c r="B883" s="0" t="s">
-        <v>297</v>
+        <v>470</v>
       </c>
       <c r="C883" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="884">
       <c r="A884" s="0" t="s">
-        <v>298</v>
+        <v>471</v>
       </c>
       <c r="B884" s="0" t="s">
-        <v>299</v>
+        <v>472</v>
       </c>
       <c r="C884" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="885">
       <c r="A885" s="0" t="s">
-        <v>300</v>
+        <v>409</v>
       </c>
       <c r="B885" s="0" t="s">
-        <v>297</v>
+        <v>410</v>
       </c>
       <c r="C885" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="886">
       <c r="A886" s="0" t="s">
-        <v>469</v>
+        <v>411</v>
       </c>
       <c r="B886" s="0" t="s">
-        <v>470</v>
+        <v>412</v>
       </c>
       <c r="C886" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="887">
       <c r="A887" s="0" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="B887" s="0" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="C887" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="888">
       <c r="A888" s="0" t="s">
-        <v>409</v>
+        <v>475</v>
       </c>
       <c r="B888" s="0" t="s">
-        <v>410</v>
+        <v>476</v>
       </c>
       <c r="C888" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="889">
       <c r="A889" s="0" t="s">
-        <v>411</v>
+        <v>477</v>
       </c>
       <c r="B889" s="0" t="s">
-        <v>412</v>
+        <v>478</v>
       </c>
       <c r="C889" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="890">
       <c r="A890" s="0" t="s">
-        <v>473</v>
+        <v>413</v>
       </c>
       <c r="B890" s="0" t="s">
-        <v>474</v>
+        <v>414</v>
       </c>
       <c r="C890" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="891">
       <c r="A891" s="0" t="s">
-        <v>475</v>
+        <v>415</v>
       </c>
       <c r="B891" s="0" t="s">
-        <v>476</v>
+        <v>416</v>
       </c>
       <c r="C891" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="892">
       <c r="A892" s="0" t="s">
-        <v>477</v>
+        <v>417</v>
       </c>
       <c r="B892" s="0" t="s">
-        <v>478</v>
+        <v>418</v>
       </c>
       <c r="C892" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="893">
       <c r="A893" s="0" t="s">
-        <v>413</v>
+        <v>419</v>
       </c>
       <c r="B893" s="0" t="s">
-        <v>414</v>
+        <v>420</v>
       </c>
       <c r="C893" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="894">
       <c r="A894" s="0" t="s">
-        <v>415</v>
+        <v>479</v>
       </c>
       <c r="B894" s="0" t="s">
-        <v>416</v>
+        <v>480</v>
       </c>
       <c r="C894" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="895">
       <c r="A895" s="0" t="s">
-        <v>417</v>
+        <v>481</v>
       </c>
       <c r="B895" s="0" t="s">
-        <v>418</v>
+        <v>482</v>
       </c>
       <c r="C895" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="896">
       <c r="A896" s="0" t="s">
-        <v>419</v>
+        <v>431</v>
       </c>
       <c r="B896" s="0" t="s">
-        <v>420</v>
+        <v>432</v>
       </c>
       <c r="C896" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="897">
       <c r="A897" s="0" t="s">
-        <v>479</v>
+        <v>433</v>
       </c>
       <c r="B897" s="0" t="s">
-        <v>480</v>
+        <v>434</v>
       </c>
       <c r="C897" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="898">
       <c r="A898" s="0" t="s">
-        <v>481</v>
+        <v>435</v>
       </c>
       <c r="B898" s="0" t="s">
-        <v>482</v>
+        <v>436</v>
       </c>
       <c r="C898" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="899">
       <c r="A899" s="0" t="s">
-        <v>431</v>
+        <v>437</v>
       </c>
       <c r="B899" s="0" t="s">
-        <v>432</v>
+        <v>438</v>
       </c>
       <c r="C899" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="900">
       <c r="A900" s="0" t="s">
-        <v>433</v>
+        <v>299</v>
       </c>
       <c r="B900" s="0" t="s">
-        <v>434</v>
+        <v>300</v>
       </c>
       <c r="C900" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="901">
       <c r="A901" s="0" t="s">
-        <v>435</v>
+        <v>301</v>
       </c>
       <c r="B901" s="0" t="s">
-        <v>436</v>
+        <v>302</v>
       </c>
       <c r="C901" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="902">
       <c r="A902" s="0" t="s">
-        <v>437</v>
+        <v>303</v>
       </c>
       <c r="B902" s="0" t="s">
-        <v>438</v>
+        <v>304</v>
       </c>
       <c r="C902" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="903">
       <c r="A903" s="0" t="s">
-        <v>469</v>
+        <v>305</v>
       </c>
       <c r="B903" s="0" t="s">
-        <v>470</v>
+        <v>306</v>
       </c>
       <c r="C903" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="904">
       <c r="A904" s="0" t="s">
-        <v>471</v>
+        <v>307</v>
       </c>
       <c r="B904" s="0" t="s">
-        <v>472</v>
+        <v>308</v>
       </c>
       <c r="C904" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="905">
       <c r="A905" s="0" t="s">
-        <v>409</v>
+        <v>309</v>
       </c>
       <c r="B905" s="0" t="s">
-        <v>410</v>
+        <v>310</v>
       </c>
       <c r="C905" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="906">
       <c r="A906" s="0" t="s">
-        <v>411</v>
+        <v>311</v>
       </c>
       <c r="B906" s="0" t="s">
-        <v>412</v>
+        <v>312</v>
       </c>
       <c r="C906" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="907">
       <c r="A907" s="0" t="s">
-        <v>473</v>
+        <v>313</v>
       </c>
       <c r="B907" s="0" t="s">
-        <v>474</v>
+        <v>314</v>
       </c>
       <c r="C907" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="908">
       <c r="A908" s="0" t="s">
-        <v>475</v>
+        <v>315</v>
       </c>
       <c r="B908" s="0" t="s">
-        <v>476</v>
+        <v>316</v>
       </c>
       <c r="C908" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="909">
       <c r="A909" s="0" t="s">
-        <v>477</v>
+        <v>317</v>
       </c>
       <c r="B909" s="0" t="s">
-        <v>478</v>
+        <v>318</v>
       </c>
       <c r="C909" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="910">
       <c r="A910" s="0" t="s">
-        <v>413</v>
+        <v>319</v>
       </c>
       <c r="B910" s="0" t="s">
-        <v>414</v>
+        <v>320</v>
       </c>
       <c r="C910" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="911">
       <c r="A911" s="0" t="s">
-        <v>415</v>
+        <v>321</v>
       </c>
       <c r="B911" s="0" t="s">
-        <v>416</v>
+        <v>322</v>
       </c>
       <c r="C911" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="912">
       <c r="A912" s="0" t="s">
-        <v>417</v>
+        <v>323</v>
       </c>
       <c r="B912" s="0" t="s">
-        <v>418</v>
+        <v>324</v>
       </c>
       <c r="C912" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="913">
       <c r="A913" s="0" t="s">
-        <v>419</v>
+        <v>325</v>
       </c>
       <c r="B913" s="0" t="s">
-        <v>420</v>
+        <v>326</v>
       </c>
       <c r="C913" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="914">
       <c r="A914" s="0" t="s">
-        <v>479</v>
+        <v>327</v>
       </c>
       <c r="B914" s="0" t="s">
-        <v>480</v>
+        <v>326</v>
       </c>
       <c r="C914" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="915">
       <c r="A915" s="0" t="s">
-        <v>481</v>
+        <v>328</v>
       </c>
       <c r="B915" s="0" t="s">
-        <v>482</v>
+        <v>329</v>
       </c>
       <c r="C915" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="916">
       <c r="A916" s="0" t="s">
-        <v>431</v>
+        <v>330</v>
       </c>
       <c r="B916" s="0" t="s">
-        <v>432</v>
+        <v>331</v>
       </c>
       <c r="C916" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="917">
       <c r="A917" s="0" t="s">
-        <v>433</v>
+        <v>332</v>
       </c>
       <c r="B917" s="0" t="s">
-        <v>434</v>
+        <v>333</v>
       </c>
       <c r="C917" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="918">
       <c r="A918" s="0" t="s">
-        <v>435</v>
+        <v>334</v>
       </c>
       <c r="B918" s="0" t="s">
-        <v>436</v>
+        <v>335</v>
       </c>
       <c r="C918" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="919">
       <c r="A919" s="0" t="s">
-        <v>437</v>
+        <v>336</v>
       </c>
       <c r="B919" s="0" t="s">
-        <v>438</v>
+        <v>337</v>
       </c>
       <c r="C919" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="920">
       <c r="A920" s="0" t="s">
-        <v>321</v>
+        <v>338</v>
       </c>
       <c r="B920" s="0" t="s">
-        <v>322</v>
+        <v>335</v>
       </c>
       <c r="C920" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="921">
       <c r="A921" s="0" t="s">
-        <v>323</v>
+        <v>383</v>
       </c>
       <c r="B921" s="0" t="s">
-        <v>324</v>
+        <v>384</v>
       </c>
       <c r="C921" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="922">
       <c r="A922" s="0" t="s">
-        <v>325</v>
+        <v>32</v>
       </c>
       <c r="B922" s="0" t="s">
-        <v>326</v>
+        <v>33</v>
       </c>
       <c r="C922" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="923">
       <c r="A923" s="0" t="s">
-        <v>327</v>
+        <v>339</v>
       </c>
       <c r="B923" s="0" t="s">
-        <v>328</v>
+        <v>340</v>
       </c>
       <c r="C923" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="924">
       <c r="A924" s="0" t="s">
-        <v>329</v>
+        <v>341</v>
       </c>
       <c r="B924" s="0" t="s">
-        <v>330</v>
+        <v>342</v>
       </c>
       <c r="C924" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="925">
       <c r="A925" s="0" t="s">
-        <v>331</v>
+        <v>343</v>
       </c>
       <c r="B925" s="0" t="s">
-        <v>332</v>
+        <v>344</v>
       </c>
       <c r="C925" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="926">
       <c r="A926" s="0" t="s">
-        <v>333</v>
+        <v>345</v>
       </c>
       <c r="B926" s="0" t="s">
-        <v>334</v>
+        <v>340</v>
       </c>
       <c r="C926" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="927">
       <c r="A927" s="0" t="s">
-        <v>335</v>
+        <v>346</v>
       </c>
       <c r="B927" s="0" t="s">
-        <v>336</v>
+        <v>347</v>
       </c>
       <c r="C927" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="928">
       <c r="A928" s="0" t="s">
-        <v>337</v>
+        <v>348</v>
       </c>
       <c r="B928" s="0" t="s">
-        <v>338</v>
+        <v>349</v>
       </c>
       <c r="C928" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="929">
       <c r="A929" s="0" t="s">
-        <v>339</v>
+        <v>350</v>
       </c>
       <c r="B929" s="0" t="s">
-        <v>340</v>
+        <v>351</v>
       </c>
       <c r="C929" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="930">
       <c r="A930" s="0" t="s">
-        <v>341</v>
+        <v>352</v>
       </c>
       <c r="B930" s="0" t="s">
-        <v>342</v>
+        <v>353</v>
       </c>
       <c r="C930" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="931">
       <c r="A931" s="0" t="s">
-        <v>343</v>
+        <v>354</v>
       </c>
       <c r="B931" s="0" t="s">
-        <v>344</v>
+        <v>355</v>
       </c>
       <c r="C931" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="932">
       <c r="A932" s="0" t="s">
-        <v>345</v>
+        <v>356</v>
       </c>
       <c r="B932" s="0" t="s">
-        <v>346</v>
+        <v>357</v>
       </c>
       <c r="C932" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="933">
       <c r="A933" s="0" t="s">
-        <v>347</v>
+        <v>358</v>
       </c>
       <c r="B933" s="0" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="C933" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="934">
       <c r="A934" s="0" t="s">
-        <v>349</v>
+        <v>359</v>
       </c>
       <c r="B934" s="0" t="s">
-        <v>348</v>
+        <v>360</v>
       </c>
       <c r="C934" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="935">
       <c r="A935" s="0" t="s">
-        <v>350</v>
+        <v>361</v>
       </c>
       <c r="B935" s="0" t="s">
-        <v>351</v>
+        <v>362</v>
       </c>
       <c r="C935" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="936">
       <c r="A936" s="0" t="s">
-        <v>352</v>
+        <v>363</v>
       </c>
       <c r="B936" s="0" t="s">
-        <v>353</v>
+        <v>360</v>
       </c>
       <c r="C936" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="937">
       <c r="A937" s="0" t="s">
-        <v>354</v>
+        <v>364</v>
       </c>
       <c r="B937" s="0" t="s">
-        <v>355</v>
+        <v>362</v>
       </c>
       <c r="C937" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="938">
       <c r="A938" s="0" t="s">
-        <v>356</v>
+        <v>34</v>
       </c>
       <c r="B938" s="0" t="s">
-        <v>357</v>
+        <v>35</v>
       </c>
       <c r="C938" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="939">
       <c r="A939" s="0" t="s">
-        <v>358</v>
+        <v>391</v>
       </c>
       <c r="B939" s="0" t="s">
-        <v>359</v>
+        <v>392</v>
       </c>
       <c r="C939" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="940">
       <c r="A940" s="0" t="s">
-        <v>360</v>
+        <v>36</v>
       </c>
       <c r="B940" s="0" t="s">
-        <v>357</v>
+        <v>37</v>
       </c>
       <c r="C940" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="941">
       <c r="A941" s="0" t="s">
-        <v>108</v>
+        <v>393</v>
       </c>
       <c r="B941" s="0" t="s">
-        <v>109</v>
+        <v>41</v>
       </c>
       <c r="C941" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="942">
       <c r="A942" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B942" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C942" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="943">
       <c r="A943" s="0" t="s">
-        <v>361</v>
+        <v>40</v>
       </c>
       <c r="B943" s="0" t="s">
-        <v>362</v>
+        <v>41</v>
       </c>
       <c r="C943" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="944">
       <c r="A944" s="0" t="s">
-        <v>363</v>
+        <v>42</v>
       </c>
       <c r="B944" s="0" t="s">
-        <v>364</v>
+        <v>39</v>
       </c>
       <c r="C944" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="945">
       <c r="A945" s="0" t="s">
-        <v>365</v>
+        <v>43</v>
       </c>
       <c r="B945" s="0" t="s">
-        <v>366</v>
+        <v>44</v>
       </c>
       <c r="C945" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="946">
       <c r="A946" s="0" t="s">
-        <v>367</v>
+        <v>164</v>
       </c>
       <c r="B946" s="0" t="s">
-        <v>362</v>
+        <v>165</v>
       </c>
       <c r="C946" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="947">
       <c r="A947" s="0" t="s">
-        <v>368</v>
+        <v>45</v>
       </c>
       <c r="B947" s="0" t="s">
-        <v>369</v>
+        <v>46</v>
       </c>
       <c r="C947" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="948">
       <c r="A948" s="0" t="s">
-        <v>370</v>
+        <v>166</v>
       </c>
       <c r="B948" s="0" t="s">
-        <v>371</v>
+        <v>48</v>
       </c>
       <c r="C948" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="949">
       <c r="A949" s="0" t="s">
-        <v>372</v>
+        <v>47</v>
       </c>
       <c r="B949" s="0" t="s">
-        <v>373</v>
+        <v>48</v>
       </c>
       <c r="C949" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="950">
       <c r="A950" s="0" t="s">
-        <v>374</v>
+        <v>439</v>
       </c>
       <c r="B950" s="0" t="s">
-        <v>375</v>
+        <v>440</v>
       </c>
       <c r="C950" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="951">
       <c r="A951" s="0" t="s">
-        <v>376</v>
+        <v>441</v>
       </c>
       <c r="B951" s="0" t="s">
-        <v>377</v>
+        <v>442</v>
       </c>
       <c r="C951" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="952">
       <c r="A952" s="0" t="s">
-        <v>378</v>
+        <v>82</v>
       </c>
       <c r="B952" s="0" t="s">
-        <v>379</v>
+        <v>83</v>
       </c>
       <c r="C952" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="953">
       <c r="A953" s="0" t="s">
-        <v>380</v>
+        <v>85</v>
       </c>
       <c r="B953" s="0" t="s">
-        <v>375</v>
+        <v>86</v>
       </c>
       <c r="C953" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="954">
       <c r="A954" s="0" t="s">
-        <v>381</v>
+        <v>91</v>
       </c>
       <c r="B954" s="0" t="s">
-        <v>382</v>
+        <v>92</v>
       </c>
       <c r="C954" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="955">
       <c r="A955" s="0" t="s">
-        <v>383</v>
+        <v>443</v>
       </c>
       <c r="B955" s="0" t="s">
-        <v>384</v>
+        <v>444</v>
       </c>
       <c r="C955" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="956">
       <c r="A956" s="0" t="s">
-        <v>385</v>
+        <v>106</v>
       </c>
       <c r="B956" s="0" t="s">
-        <v>382</v>
+        <v>107</v>
       </c>
       <c r="C956" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="957">
       <c r="A957" s="0" t="s">
-        <v>386</v>
+        <v>108</v>
       </c>
       <c r="B957" s="0" t="s">
-        <v>384</v>
+        <v>109</v>
       </c>
       <c r="C957" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="958">
       <c r="A958" s="0" t="s">
-        <v>39</v>
+        <v>483</v>
       </c>
       <c r="B958" s="0" t="s">
-        <v>40</v>
+        <v>484</v>
       </c>
       <c r="C958" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="959">
       <c r="A959" s="0" t="s">
-        <v>110</v>
+        <v>485</v>
       </c>
       <c r="B959" s="0" t="s">
-        <v>111</v>
+        <v>486</v>
       </c>
       <c r="C959" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="960">
       <c r="A960" s="0" t="s">
-        <v>41</v>
+        <v>487</v>
       </c>
       <c r="B960" s="0" t="s">
-        <v>42</v>
+        <v>488</v>
       </c>
       <c r="C960" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="961">
       <c r="A961" s="0" t="s">
-        <v>43</v>
+        <v>112</v>
       </c>
       <c r="B961" s="0" t="s">
-        <v>44</v>
+        <v>113</v>
       </c>
       <c r="C961" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="962">
       <c r="A962" s="0" t="s">
-        <v>45</v>
+        <v>118</v>
       </c>
       <c r="B962" s="0" t="s">
-        <v>46</v>
+        <v>119</v>
       </c>
       <c r="C962" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="963">
       <c r="A963" s="0" t="s">
-        <v>47</v>
+        <v>427</v>
       </c>
       <c r="B963" s="0" t="s">
-        <v>44</v>
+        <v>428</v>
       </c>
       <c r="C963" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="964">
       <c r="A964" s="0" t="s">
-        <v>48</v>
+        <v>429</v>
       </c>
       <c r="B964" s="0" t="s">
-        <v>46</v>
+        <v>430</v>
       </c>
       <c r="C964" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="965">
       <c r="A965" s="0" t="s">
-        <v>49</v>
+        <v>439</v>
       </c>
       <c r="B965" s="0" t="s">
-        <v>50</v>
+        <v>440</v>
       </c>
       <c r="C965" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="966">
       <c r="A966" s="0" t="s">
-        <v>51</v>
+        <v>441</v>
       </c>
       <c r="B966" s="0" t="s">
-        <v>52</v>
+        <v>442</v>
       </c>
       <c r="C966" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="967">
       <c r="A967" s="0" t="s">
-        <v>53</v>
+        <v>82</v>
       </c>
       <c r="B967" s="0" t="s">
-        <v>54</v>
+        <v>83</v>
       </c>
       <c r="C967" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="968">
       <c r="A968" s="0" t="s">
-        <v>117</v>
+        <v>85</v>
       </c>
       <c r="B968" s="0" t="s">
-        <v>56</v>
+        <v>86</v>
       </c>
       <c r="C968" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="969">
       <c r="A969" s="0" t="s">
-        <v>55</v>
+        <v>91</v>
       </c>
       <c r="B969" s="0" t="s">
-        <v>56</v>
+        <v>92</v>
       </c>
       <c r="C969" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="970">
       <c r="A970" s="0" t="s">
-        <v>439</v>
+        <v>443</v>
       </c>
       <c r="B970" s="0" t="s">
-        <v>440</v>
+        <v>444</v>
       </c>
       <c r="C970" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="971">
       <c r="A971" s="0" t="s">
-        <v>441</v>
+        <v>106</v>
       </c>
       <c r="B971" s="0" t="s">
-        <v>442</v>
+        <v>107</v>
       </c>
       <c r="C971" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="972">
       <c r="A972" s="0" t="s">
-        <v>118</v>
+        <v>108</v>
       </c>
       <c r="B972" s="0" t="s">
-        <v>119</v>
+        <v>109</v>
       </c>
       <c r="C972" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="973">
       <c r="A973" s="0" t="s">
-        <v>121</v>
+        <v>483</v>
       </c>
       <c r="B973" s="0" t="s">
-        <v>122</v>
+        <v>484</v>
       </c>
       <c r="C973" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="974">
       <c r="A974" s="0" t="s">
-        <v>127</v>
+        <v>485</v>
       </c>
       <c r="B974" s="0" t="s">
-        <v>128</v>
+        <v>486</v>
       </c>
       <c r="C974" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="975">
       <c r="A975" s="0" t="s">
-        <v>443</v>
+        <v>487</v>
       </c>
       <c r="B975" s="0" t="s">
-        <v>444</v>
+        <v>488</v>
       </c>
       <c r="C975" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="976">
       <c r="A976" s="0" t="s">
-        <v>142</v>
+        <v>112</v>
       </c>
       <c r="B976" s="0" t="s">
-        <v>143</v>
+        <v>113</v>
       </c>
       <c r="C976" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="977">
       <c r="A977" s="0" t="s">
-        <v>144</v>
+        <v>118</v>
       </c>
       <c r="B977" s="0" t="s">
-        <v>145</v>
+        <v>119</v>
       </c>
       <c r="C977" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="978">
       <c r="A978" s="0" t="s">
-        <v>483</v>
+        <v>427</v>
       </c>
       <c r="B978" s="0" t="s">
-        <v>484</v>
+        <v>428</v>
       </c>
       <c r="C978" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="979">
       <c r="A979" s="0" t="s">
-        <v>485</v>
+        <v>429</v>
       </c>
       <c r="B979" s="0" t="s">
-        <v>486</v>
+        <v>430</v>
       </c>
       <c r="C979" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="980">
       <c r="A980" s="0" t="s">
-        <v>487</v>
+        <v>439</v>
       </c>
       <c r="B980" s="0" t="s">
-        <v>488</v>
+        <v>440</v>
       </c>
       <c r="C980" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="981">
       <c r="A981" s="0" t="s">
-        <v>148</v>
+        <v>441</v>
       </c>
       <c r="B981" s="0" t="s">
-        <v>149</v>
+        <v>442</v>
       </c>
       <c r="C981" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="982">
       <c r="A982" s="0" t="s">
-        <v>154</v>
+        <v>82</v>
       </c>
       <c r="B982" s="0" t="s">
-        <v>155</v>
+        <v>83</v>
       </c>
       <c r="C982" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="983">
       <c r="A983" s="0" t="s">
-        <v>427</v>
+        <v>85</v>
       </c>
       <c r="B983" s="0" t="s">
-        <v>428</v>
+        <v>86</v>
       </c>
       <c r="C983" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="984">
       <c r="A984" s="0" t="s">
-        <v>429</v>
+        <v>91</v>
       </c>
       <c r="B984" s="0" t="s">
-        <v>430</v>
+        <v>92</v>
       </c>
       <c r="C984" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="985">
       <c r="A985" s="0" t="s">
-        <v>439</v>
+        <v>443</v>
       </c>
       <c r="B985" s="0" t="s">
-        <v>440</v>
+        <v>444</v>
       </c>
       <c r="C985" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="986">
       <c r="A986" s="0" t="s">
-        <v>441</v>
+        <v>106</v>
       </c>
       <c r="B986" s="0" t="s">
-        <v>442</v>
+        <v>107</v>
       </c>
       <c r="C986" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="987">
       <c r="A987" s="0" t="s">
-        <v>118</v>
+        <v>108</v>
       </c>
       <c r="B987" s="0" t="s">
-        <v>119</v>
+        <v>109</v>
       </c>
       <c r="C987" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="988">
       <c r="A988" s="0" t="s">
-        <v>121</v>
+        <v>483</v>
       </c>
       <c r="B988" s="0" t="s">
-        <v>122</v>
+        <v>484</v>
       </c>
       <c r="C988" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="989">
       <c r="A989" s="0" t="s">
-        <v>127</v>
+        <v>485</v>
       </c>
       <c r="B989" s="0" t="s">
-        <v>128</v>
+        <v>486</v>
       </c>
       <c r="C989" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="990">
       <c r="A990" s="0" t="s">
-        <v>443</v>
+        <v>487</v>
       </c>
       <c r="B990" s="0" t="s">
-        <v>444</v>
+        <v>488</v>
       </c>
       <c r="C990" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="991">
       <c r="A991" s="0" t="s">
-        <v>142</v>
+        <v>112</v>
       </c>
       <c r="B991" s="0" t="s">
-        <v>143</v>
+        <v>113</v>
       </c>
       <c r="C991" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="992">
       <c r="A992" s="0" t="s">
-        <v>144</v>
+        <v>118</v>
       </c>
       <c r="B992" s="0" t="s">
-        <v>145</v>
+        <v>119</v>
       </c>
       <c r="C992" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="993">
       <c r="A993" s="0" t="s">
-        <v>483</v>
+        <v>427</v>
       </c>
       <c r="B993" s="0" t="s">
-        <v>484</v>
+        <v>428</v>
       </c>
       <c r="C993" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="994">
       <c r="A994" s="0" t="s">
-        <v>485</v>
+        <v>429</v>
       </c>
       <c r="B994" s="0" t="s">
-        <v>486</v>
+        <v>430</v>
       </c>
       <c r="C994" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="995">
       <c r="A995" s="0" t="s">
-        <v>487</v>
+        <v>279</v>
       </c>
       <c r="B995" s="0" t="s">
-        <v>488</v>
+        <v>280</v>
       </c>
       <c r="C995" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="996">
       <c r="A996" s="0" t="s">
-        <v>148</v>
+        <v>281</v>
       </c>
       <c r="B996" s="0" t="s">
-        <v>149</v>
+        <v>282</v>
       </c>
       <c r="C996" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="997">
       <c r="A997" s="0" t="s">
-        <v>154</v>
+        <v>87</v>
       </c>
       <c r="B997" s="0" t="s">
-        <v>155</v>
+        <v>88</v>
       </c>
       <c r="C997" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="998">
       <c r="A998" s="0" t="s">
-        <v>427</v>
+        <v>89</v>
       </c>
       <c r="B998" s="0" t="s">
-        <v>428</v>
+        <v>90</v>
       </c>
       <c r="C998" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="999">
       <c r="A999" s="0" t="s">
-        <v>429</v>
+        <v>93</v>
       </c>
       <c r="B999" s="0" t="s">
-        <v>430</v>
+        <v>94</v>
       </c>
       <c r="C999" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1000">
       <c r="A1000" s="0" t="s">
-        <v>439</v>
+        <v>283</v>
       </c>
       <c r="B1000" s="0" t="s">
-        <v>440</v>
+        <v>284</v>
       </c>
       <c r="C1000" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1001">
       <c r="A1001" s="0" t="s">
-        <v>441</v>
+        <v>285</v>
       </c>
       <c r="B1001" s="0" t="s">
-        <v>442</v>
+        <v>286</v>
       </c>
       <c r="C1001" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1002">
       <c r="A1002" s="0" t="s">
-        <v>118</v>
+        <v>110</v>
       </c>
       <c r="B1002" s="0" t="s">
-        <v>119</v>
+        <v>111</v>
       </c>
       <c r="C1002" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1003">
       <c r="A1003" s="0" t="s">
-        <v>121</v>
+        <v>287</v>
       </c>
       <c r="B1003" s="0" t="s">
-        <v>122</v>
+        <v>288</v>
       </c>
       <c r="C1003" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1004">
       <c r="A1004" s="0" t="s">
-        <v>127</v>
+        <v>289</v>
       </c>
       <c r="B1004" s="0" t="s">
-        <v>128</v>
+        <v>290</v>
       </c>
       <c r="C1004" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1005">
       <c r="A1005" s="0" t="s">
-        <v>443</v>
+        <v>114</v>
       </c>
       <c r="B1005" s="0" t="s">
-        <v>444</v>
+        <v>115</v>
       </c>
       <c r="C1005" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1006">
       <c r="A1006" s="0" t="s">
-        <v>142</v>
+        <v>116</v>
       </c>
       <c r="B1006" s="0" t="s">
-        <v>143</v>
+        <v>117</v>
       </c>
       <c r="C1006" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1007">
       <c r="A1007" s="0" t="s">
-        <v>144</v>
+        <v>120</v>
       </c>
       <c r="B1007" s="0" t="s">
-        <v>145</v>
+        <v>121</v>
       </c>
       <c r="C1007" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1008">
       <c r="A1008" s="0" t="s">
-        <v>483</v>
+        <v>291</v>
       </c>
       <c r="B1008" s="0" t="s">
-        <v>484</v>
+        <v>292</v>
       </c>
       <c r="C1008" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1009">
       <c r="A1009" s="0" t="s">
-        <v>485</v>
+        <v>293</v>
       </c>
       <c r="B1009" s="0" t="s">
-        <v>486</v>
+        <v>294</v>
       </c>
       <c r="C1009" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1010">
       <c r="A1010" s="0" t="s">
-        <v>487</v>
+        <v>295</v>
       </c>
       <c r="B1010" s="0" t="s">
-        <v>488</v>
+        <v>296</v>
       </c>
       <c r="C1010" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1011">
       <c r="A1011" s="0" t="s">
-        <v>148</v>
+        <v>297</v>
       </c>
       <c r="B1011" s="0" t="s">
-        <v>149</v>
+        <v>298</v>
       </c>
       <c r="C1011" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1012">
       <c r="A1012" s="0" t="s">
-        <v>154</v>
+        <v>279</v>
       </c>
       <c r="B1012" s="0" t="s">
-        <v>155</v>
+        <v>280</v>
       </c>
       <c r="C1012" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1013">
       <c r="A1013" s="0" t="s">
-        <v>427</v>
+        <v>281</v>
       </c>
       <c r="B1013" s="0" t="s">
-        <v>428</v>
+        <v>282</v>
       </c>
       <c r="C1013" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1014">
       <c r="A1014" s="0" t="s">
-        <v>429</v>
+        <v>87</v>
       </c>
       <c r="B1014" s="0" t="s">
-        <v>430</v>
+        <v>88</v>
       </c>
       <c r="C1014" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1015">
       <c r="A1015" s="0" t="s">
-        <v>301</v>
+        <v>89</v>
       </c>
       <c r="B1015" s="0" t="s">
-        <v>302</v>
+        <v>90</v>
       </c>
       <c r="C1015" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1016">
       <c r="A1016" s="0" t="s">
-        <v>303</v>
+        <v>93</v>
       </c>
       <c r="B1016" s="0" t="s">
-        <v>304</v>
+        <v>94</v>
       </c>
       <c r="C1016" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1017">
       <c r="A1017" s="0" t="s">
-        <v>123</v>
+        <v>283</v>
       </c>
       <c r="B1017" s="0" t="s">
-        <v>124</v>
+        <v>284</v>
       </c>
       <c r="C1017" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1018">
       <c r="A1018" s="0" t="s">
-        <v>125</v>
+        <v>285</v>
       </c>
       <c r="B1018" s="0" t="s">
-        <v>126</v>
+        <v>286</v>
       </c>
       <c r="C1018" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1019">
       <c r="A1019" s="0" t="s">
-        <v>129</v>
+        <v>110</v>
       </c>
       <c r="B1019" s="0" t="s">
-        <v>130</v>
+        <v>111</v>
       </c>
       <c r="C1019" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1020">
       <c r="A1020" s="0" t="s">
-        <v>305</v>
+        <v>287</v>
       </c>
       <c r="B1020" s="0" t="s">
-        <v>306</v>
+        <v>288</v>
       </c>
       <c r="C1020" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1021">
       <c r="A1021" s="0" t="s">
-        <v>307</v>
+        <v>289</v>
       </c>
       <c r="B1021" s="0" t="s">
-        <v>308</v>
+        <v>290</v>
       </c>
       <c r="C1021" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1022">
       <c r="A1022" s="0" t="s">
-        <v>146</v>
+        <v>114</v>
       </c>
       <c r="B1022" s="0" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="C1022" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1023">
       <c r="A1023" s="0" t="s">
-        <v>309</v>
+        <v>116</v>
       </c>
       <c r="B1023" s="0" t="s">
-        <v>310</v>
+        <v>117</v>
       </c>
       <c r="C1023" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1024">
       <c r="A1024" s="0" t="s">
-        <v>311</v>
+        <v>120</v>
       </c>
       <c r="B1024" s="0" t="s">
-        <v>312</v>
+        <v>121</v>
       </c>
       <c r="C1024" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1025">
       <c r="A1025" s="0" t="s">
-        <v>150</v>
+        <v>291</v>
       </c>
       <c r="B1025" s="0" t="s">
-        <v>151</v>
+        <v>292</v>
       </c>
       <c r="C1025" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1026">
       <c r="A1026" s="0" t="s">
-        <v>152</v>
+        <v>293</v>
       </c>
       <c r="B1026" s="0" t="s">
-        <v>153</v>
+        <v>294</v>
       </c>
       <c r="C1026" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1027">
       <c r="A1027" s="0" t="s">
-        <v>156</v>
+        <v>295</v>
       </c>
       <c r="B1027" s="0" t="s">
-        <v>157</v>
+        <v>296</v>
       </c>
       <c r="C1027" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1028">
       <c r="A1028" s="0" t="s">
-        <v>313</v>
+        <v>297</v>
       </c>
       <c r="B1028" s="0" t="s">
-        <v>314</v>
+        <v>298</v>
       </c>
       <c r="C1028" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1029">
       <c r="A1029" s="0" t="s">
-        <v>315</v>
+        <v>299</v>
       </c>
       <c r="B1029" s="0" t="s">
-        <v>316</v>
+        <v>300</v>
       </c>
       <c r="C1029" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1030">
       <c r="A1030" s="0" t="s">
-        <v>317</v>
+        <v>301</v>
       </c>
       <c r="B1030" s="0" t="s">
-        <v>318</v>
+        <v>302</v>
       </c>
       <c r="C1030" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1031">
       <c r="A1031" s="0" t="s">
-        <v>319</v>
+        <v>303</v>
       </c>
       <c r="B1031" s="0" t="s">
-        <v>320</v>
+        <v>304</v>
       </c>
       <c r="C1031" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1032">
       <c r="A1032" s="0" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="B1032" s="0" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="C1032" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1033">
       <c r="A1033" s="0" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B1033" s="0" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="C1033" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1034">
       <c r="A1034" s="0" t="s">
-        <v>123</v>
+        <v>309</v>
       </c>
       <c r="B1034" s="0" t="s">
-        <v>124</v>
+        <v>310</v>
       </c>
       <c r="C1034" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1035">
       <c r="A1035" s="0" t="s">
-        <v>125</v>
+        <v>311</v>
       </c>
       <c r="B1035" s="0" t="s">
-        <v>126</v>
+        <v>312</v>
       </c>
       <c r="C1035" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1036">
       <c r="A1036" s="0" t="s">
-        <v>129</v>
+        <v>313</v>
       </c>
       <c r="B1036" s="0" t="s">
-        <v>130</v>
+        <v>314</v>
       </c>
       <c r="C1036" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1037">
       <c r="A1037" s="0" t="s">
-        <v>305</v>
+        <v>315</v>
       </c>
       <c r="B1037" s="0" t="s">
-        <v>306</v>
+        <v>316</v>
       </c>
       <c r="C1037" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1038">
       <c r="A1038" s="0" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="B1038" s="0" t="s">
-        <v>308</v>
+        <v>318</v>
       </c>
       <c r="C1038" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1039">
       <c r="A1039" s="0" t="s">
-        <v>146</v>
+        <v>319</v>
       </c>
       <c r="B1039" s="0" t="s">
-        <v>147</v>
+        <v>320</v>
       </c>
       <c r="C1039" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1040">
       <c r="A1040" s="0" t="s">
-        <v>309</v>
+        <v>321</v>
       </c>
       <c r="B1040" s="0" t="s">
-        <v>310</v>
+        <v>322</v>
       </c>
       <c r="C1040" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1041">
       <c r="A1041" s="0" t="s">
-        <v>311</v>
+        <v>323</v>
       </c>
       <c r="B1041" s="0" t="s">
-        <v>312</v>
+        <v>324</v>
       </c>
       <c r="C1041" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1042">
       <c r="A1042" s="0" t="s">
-        <v>150</v>
+        <v>325</v>
       </c>
       <c r="B1042" s="0" t="s">
-        <v>151</v>
+        <v>326</v>
       </c>
       <c r="C1042" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1043">
       <c r="A1043" s="0" t="s">
-        <v>152</v>
+        <v>327</v>
       </c>
       <c r="B1043" s="0" t="s">
-        <v>153</v>
+        <v>326</v>
       </c>
       <c r="C1043" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1044">
       <c r="A1044" s="0" t="s">
-        <v>156</v>
+        <v>328</v>
       </c>
       <c r="B1044" s="0" t="s">
-        <v>157</v>
+        <v>329</v>
       </c>
       <c r="C1044" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1045">
       <c r="A1045" s="0" t="s">
-        <v>313</v>
+        <v>330</v>
       </c>
       <c r="B1045" s="0" t="s">
-        <v>314</v>
+        <v>331</v>
       </c>
       <c r="C1045" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1046">
       <c r="A1046" s="0" t="s">
-        <v>315</v>
+        <v>332</v>
       </c>
       <c r="B1046" s="0" t="s">
-        <v>316</v>
+        <v>333</v>
       </c>
       <c r="C1046" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1047">
       <c r="A1047" s="0" t="s">
-        <v>317</v>
+        <v>334</v>
       </c>
       <c r="B1047" s="0" t="s">
-        <v>318</v>
+        <v>335</v>
       </c>
       <c r="C1047" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1048">
       <c r="A1048" s="0" t="s">
-        <v>319</v>
+        <v>336</v>
       </c>
       <c r="B1048" s="0" t="s">
-        <v>320</v>
+        <v>337</v>
       </c>
       <c r="C1048" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1049">
       <c r="A1049" s="0" t="s">
-        <v>321</v>
+        <v>338</v>
       </c>
       <c r="B1049" s="0" t="s">
-        <v>322</v>
+        <v>335</v>
       </c>
       <c r="C1049" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1050">
       <c r="A1050" s="0" t="s">
-        <v>323</v>
+        <v>339</v>
       </c>
       <c r="B1050" s="0" t="s">
-        <v>324</v>
+        <v>340</v>
       </c>
       <c r="C1050" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1051">
       <c r="A1051" s="0" t="s">
-        <v>325</v>
+        <v>341</v>
       </c>
       <c r="B1051" s="0" t="s">
-        <v>326</v>
+        <v>342</v>
       </c>
       <c r="C1051" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1052">
       <c r="A1052" s="0" t="s">
-        <v>327</v>
+        <v>343</v>
       </c>
       <c r="B1052" s="0" t="s">
-        <v>328</v>
+        <v>344</v>
       </c>
       <c r="C1052" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1053">
       <c r="A1053" s="0" t="s">
-        <v>329</v>
+        <v>345</v>
       </c>
       <c r="B1053" s="0" t="s">
-        <v>330</v>
+        <v>340</v>
       </c>
       <c r="C1053" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1054">
       <c r="A1054" s="0" t="s">
-        <v>331</v>
+        <v>346</v>
       </c>
       <c r="B1054" s="0" t="s">
-        <v>332</v>
+        <v>347</v>
       </c>
       <c r="C1054" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1055">
       <c r="A1055" s="0" t="s">
-        <v>333</v>
+        <v>348</v>
       </c>
       <c r="B1055" s="0" t="s">
-        <v>334</v>
+        <v>349</v>
       </c>
       <c r="C1055" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1056">
       <c r="A1056" s="0" t="s">
-        <v>335</v>
+        <v>350</v>
       </c>
       <c r="B1056" s="0" t="s">
-        <v>336</v>
+        <v>351</v>
       </c>
       <c r="C1056" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1057">
       <c r="A1057" s="0" t="s">
-        <v>337</v>
+        <v>352</v>
       </c>
       <c r="B1057" s="0" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="C1057" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1058">
       <c r="A1058" s="0" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="B1058" s="0" t="s">
-        <v>340</v>
+        <v>355</v>
       </c>
       <c r="C1058" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1059">
       <c r="A1059" s="0" t="s">
-        <v>341</v>
+        <v>356</v>
       </c>
       <c r="B1059" s="0" t="s">
-        <v>342</v>
+        <v>357</v>
       </c>
       <c r="C1059" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1060">
       <c r="A1060" s="0" t="s">
-        <v>343</v>
+        <v>358</v>
       </c>
       <c r="B1060" s="0" t="s">
-        <v>344</v>
+        <v>353</v>
       </c>
       <c r="C1060" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1061">
       <c r="A1061" s="0" t="s">
-        <v>345</v>
+        <v>359</v>
       </c>
       <c r="B1061" s="0" t="s">
-        <v>346</v>
+        <v>360</v>
       </c>
       <c r="C1061" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1062">
       <c r="A1062" s="0" t="s">
-        <v>347</v>
+        <v>361</v>
       </c>
       <c r="B1062" s="0" t="s">
-        <v>348</v>
+        <v>362</v>
       </c>
       <c r="C1062" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1063">
       <c r="A1063" s="0" t="s">
-        <v>349</v>
+        <v>363</v>
       </c>
       <c r="B1063" s="0" t="s">
-        <v>348</v>
+        <v>360</v>
       </c>
       <c r="C1063" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1064">
       <c r="A1064" s="0" t="s">
-        <v>350</v>
+        <v>364</v>
       </c>
       <c r="B1064" s="0" t="s">
-        <v>351</v>
+        <v>362</v>
       </c>
       <c r="C1064" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1065">
       <c r="A1065" s="0" t="s">
-        <v>352</v>
+        <v>279</v>
       </c>
       <c r="B1065" s="0" t="s">
-        <v>353</v>
+        <v>280</v>
       </c>
       <c r="C1065" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1066">
       <c r="A1066" s="0" t="s">
-        <v>354</v>
+        <v>281</v>
       </c>
       <c r="B1066" s="0" t="s">
-        <v>355</v>
+        <v>282</v>
       </c>
       <c r="C1066" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1067">
       <c r="A1067" s="0" t="s">
-        <v>356</v>
+        <v>87</v>
       </c>
       <c r="B1067" s="0" t="s">
-        <v>357</v>
+        <v>88</v>
       </c>
       <c r="C1067" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1068">
       <c r="A1068" s="0" t="s">
-        <v>358</v>
+        <v>89</v>
       </c>
       <c r="B1068" s="0" t="s">
-        <v>359</v>
+        <v>90</v>
       </c>
       <c r="C1068" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1069">
       <c r="A1069" s="0" t="s">
-        <v>360</v>
+        <v>93</v>
       </c>
       <c r="B1069" s="0" t="s">
-        <v>357</v>
+        <v>94</v>
       </c>
       <c r="C1069" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1070">
       <c r="A1070" s="0" t="s">
-        <v>361</v>
+        <v>283</v>
       </c>
       <c r="B1070" s="0" t="s">
-        <v>362</v>
+        <v>284</v>
       </c>
       <c r="C1070" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1071">
       <c r="A1071" s="0" t="s">
-        <v>363</v>
+        <v>285</v>
       </c>
       <c r="B1071" s="0" t="s">
-        <v>364</v>
+        <v>286</v>
       </c>
       <c r="C1071" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1072">
       <c r="A1072" s="0" t="s">
-        <v>365</v>
+        <v>110</v>
       </c>
       <c r="B1072" s="0" t="s">
-        <v>366</v>
+        <v>111</v>
       </c>
       <c r="C1072" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1073">
       <c r="A1073" s="0" t="s">
-        <v>367</v>
+        <v>287</v>
       </c>
       <c r="B1073" s="0" t="s">
-        <v>362</v>
+        <v>288</v>
       </c>
       <c r="C1073" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1074">
       <c r="A1074" s="0" t="s">
-        <v>368</v>
+        <v>15</v>
       </c>
       <c r="B1074" s="0" t="s">
-        <v>369</v>
+        <v>10</v>
       </c>
       <c r="C1074" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1075">
       <c r="A1075" s="0" t="s">
-        <v>370</v>
+        <v>3</v>
       </c>
       <c r="B1075" s="0" t="s">
-        <v>371</v>
+        <v>4</v>
       </c>
       <c r="C1075" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1076">
       <c r="A1076" s="0" t="s">
-        <v>372</v>
+        <v>16</v>
       </c>
       <c r="B1076" s="0" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="C1076" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1077">
       <c r="A1077" s="0" t="s">
-        <v>374</v>
+        <v>9</v>
       </c>
       <c r="B1077" s="0" t="s">
-        <v>375</v>
+        <v>10</v>
       </c>
       <c r="C1077" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1078">
       <c r="A1078" s="0" t="s">
-        <v>376</v>
+        <v>289</v>
       </c>
       <c r="B1078" s="0" t="s">
-        <v>377</v>
+        <v>290</v>
       </c>
       <c r="C1078" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1079">
       <c r="A1079" s="0" t="s">
-        <v>378</v>
+        <v>114</v>
       </c>
       <c r="B1079" s="0" t="s">
-        <v>379</v>
+        <v>115</v>
       </c>
       <c r="C1079" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1080">
       <c r="A1080" s="0" t="s">
-        <v>380</v>
+        <v>116</v>
       </c>
       <c r="B1080" s="0" t="s">
-        <v>375</v>
+        <v>117</v>
       </c>
       <c r="C1080" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1081">
       <c r="A1081" s="0" t="s">
-        <v>381</v>
+        <v>120</v>
       </c>
       <c r="B1081" s="0" t="s">
-        <v>382</v>
+        <v>121</v>
       </c>
       <c r="C1081" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1082">
       <c r="A1082" s="0" t="s">
-        <v>383</v>
+        <v>291</v>
       </c>
       <c r="B1082" s="0" t="s">
-        <v>384</v>
+        <v>292</v>
       </c>
       <c r="C1082" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1083">
       <c r="A1083" s="0" t="s">
-        <v>385</v>
+        <v>293</v>
       </c>
       <c r="B1083" s="0" t="s">
-        <v>382</v>
+        <v>294</v>
       </c>
       <c r="C1083" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1084">
       <c r="A1084" s="0" t="s">
-        <v>386</v>
+        <v>295</v>
       </c>
       <c r="B1084" s="0" t="s">
-        <v>384</v>
+        <v>296</v>
       </c>
       <c r="C1084" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1085">
       <c r="A1085" s="0" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="B1085" s="0" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="C1085" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1086">
       <c r="A1086" s="0" t="s">
-        <v>303</v>
+        <v>17</v>
       </c>
       <c r="B1086" s="0" t="s">
-        <v>304</v>
+        <v>18</v>
       </c>
       <c r="C1086" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1087">
       <c r="A1087" s="0" t="s">
-        <v>123</v>
+        <v>19</v>
       </c>
       <c r="B1087" s="0" t="s">
-        <v>124</v>
+        <v>12</v>
       </c>
       <c r="C1087" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1088">
       <c r="A1088" s="0" t="s">
-        <v>125</v>
+        <v>21</v>
       </c>
       <c r="B1088" s="0" t="s">
-        <v>126</v>
+        <v>14</v>
       </c>
       <c r="C1088" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1089">
       <c r="A1089" s="0" t="s">
-        <v>129</v>
+        <v>11</v>
       </c>
       <c r="B1089" s="0" t="s">
-        <v>130</v>
+        <v>12</v>
       </c>
       <c r="C1089" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1090">
       <c r="A1090" s="0" t="s">
-        <v>305</v>
+        <v>13</v>
       </c>
       <c r="B1090" s="0" t="s">
-        <v>306</v>
+        <v>14</v>
       </c>
       <c r="C1090" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1091">
       <c r="A1091" s="0" t="s">
-        <v>307</v>
+        <v>22</v>
       </c>
       <c r="B1091" s="0" t="s">
-        <v>308</v>
+        <v>23</v>
       </c>
       <c r="C1091" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1092">
       <c r="A1092" s="0" t="s">
-        <v>146</v>
+        <v>24</v>
       </c>
       <c r="B1092" s="0" t="s">
-        <v>147</v>
+        <v>25</v>
       </c>
       <c r="C1092" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1093">
       <c r="A1093" s="0" t="s">
-        <v>309</v>
+        <v>26</v>
       </c>
       <c r="B1093" s="0" t="s">
-        <v>310</v>
+        <v>27</v>
       </c>
       <c r="C1093" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1094">
       <c r="A1094" s="0" t="s">
-        <v>18</v>
+        <v>439</v>
       </c>
       <c r="B1094" s="0" t="s">
-        <v>13</v>
+        <v>440</v>
       </c>
       <c r="C1094" s="0" t="s">
-        <v>61</v>
+        <v>503</v>
       </c>
     </row>
     <row r="1095">
       <c r="A1095" s="0" t="s">
-        <v>8</v>
+        <v>441</v>
       </c>
       <c r="B1095" s="0" t="s">
-        <v>9</v>
+        <v>442</v>
       </c>
       <c r="C1095" s="0" t="s">
-        <v>61</v>
+        <v>503</v>
       </c>
     </row>
     <row r="1096">
       <c r="A1096" s="0" t="s">
-        <v>19</v>
+        <v>279</v>
       </c>
       <c r="B1096" s="0" t="s">
-        <v>13</v>
+        <v>280</v>
       </c>
       <c r="C1096" s="0" t="s">
-        <v>61</v>
+        <v>504</v>
       </c>
     </row>
     <row r="1097">
       <c r="A1097" s="0" t="s">
-        <v>12</v>
+        <v>279</v>
       </c>
       <c r="B1097" s="0" t="s">
-        <v>13</v>
+        <v>280</v>
       </c>
       <c r="C1097" s="0" t="s">
-        <v>61</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1098">
       <c r="A1098" s="0" t="s">
-        <v>311</v>
+        <v>279</v>
       </c>
       <c r="B1098" s="0" t="s">
-        <v>312</v>
+        <v>280</v>
       </c>
       <c r="C1098" s="0" t="s">
-        <v>61</v>
+        <v>506</v>
       </c>
     </row>
     <row r="1099">
       <c r="A1099" s="0" t="s">
-        <v>150</v>
+        <v>279</v>
       </c>
       <c r="B1099" s="0" t="s">
-        <v>151</v>
+        <v>280</v>
       </c>
       <c r="C1099" s="0" t="s">
-        <v>61</v>
+        <v>507</v>
       </c>
     </row>
     <row r="1100">
       <c r="A1100" s="0" t="s">
-        <v>152</v>
+        <v>281</v>
       </c>
       <c r="B1100" s="0" t="s">
-        <v>153</v>
+        <v>282</v>
       </c>
       <c r="C1100" s="0" t="s">
-        <v>61</v>
+        <v>504</v>
       </c>
     </row>
     <row r="1101">
       <c r="A1101" s="0" t="s">
-        <v>156</v>
+        <v>281</v>
       </c>
       <c r="B1101" s="0" t="s">
-        <v>157</v>
+        <v>282</v>
       </c>
       <c r="C1101" s="0" t="s">
-        <v>61</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1102">
       <c r="A1102" s="0" t="s">
-        <v>313</v>
+        <v>281</v>
       </c>
       <c r="B1102" s="0" t="s">
-        <v>314</v>
+        <v>282</v>
       </c>
       <c r="C1102" s="0" t="s">
-        <v>61</v>
+        <v>506</v>
       </c>
     </row>
     <row r="1103">
       <c r="A1103" s="0" t="s">
-        <v>315</v>
+        <v>281</v>
       </c>
       <c r="B1103" s="0" t="s">
-        <v>316</v>
+        <v>282</v>
       </c>
       <c r="C1103" s="0" t="s">
-        <v>61</v>
+        <v>507</v>
       </c>
     </row>
     <row r="1104">
       <c r="A1104" s="0" t="s">
-        <v>317</v>
+        <v>82</v>
       </c>
       <c r="B1104" s="0" t="s">
-        <v>318</v>
+        <v>83</v>
       </c>
       <c r="C1104" s="0" t="s">
-        <v>61</v>
+        <v>503</v>
       </c>
     </row>
     <row r="1105">
       <c r="A1105" s="0" t="s">
-        <v>319</v>
+        <v>85</v>
       </c>
       <c r="B1105" s="0" t="s">
-        <v>320</v>
+        <v>86</v>
       </c>
       <c r="C1105" s="0" t="s">
-        <v>61</v>
+        <v>503</v>
       </c>
     </row>
     <row r="1106">
       <c r="A1106" s="0" t="s">
-        <v>20</v>
+        <v>87</v>
       </c>
       <c r="B1106" s="0" t="s">
-        <v>21</v>
+        <v>88</v>
       </c>
       <c r="C1106" s="0" t="s">
-        <v>61</v>
+        <v>504</v>
       </c>
     </row>
     <row r="1107">
       <c r="A1107" s="0" t="s">
-        <v>22</v>
+        <v>87</v>
       </c>
       <c r="B1107" s="0" t="s">
-        <v>15</v>
+        <v>88</v>
       </c>
       <c r="C1107" s="0" t="s">
-        <v>61</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1108">
       <c r="A1108" s="0" t="s">
-        <v>24</v>
+        <v>87</v>
       </c>
       <c r="B1108" s="0" t="s">
-        <v>17</v>
+        <v>88</v>
       </c>
       <c r="C1108" s="0" t="s">
-        <v>61</v>
+        <v>506</v>
       </c>
     </row>
     <row r="1109">
       <c r="A1109" s="0" t="s">
-        <v>14</v>
+        <v>87</v>
       </c>
       <c r="B1109" s="0" t="s">
-        <v>15</v>
+        <v>88</v>
       </c>
       <c r="C1109" s="0" t="s">
-        <v>61</v>
+        <v>507</v>
       </c>
     </row>
     <row r="1110">
       <c r="A1110" s="0" t="s">
-        <v>16</v>
+        <v>89</v>
       </c>
       <c r="B1110" s="0" t="s">
-        <v>17</v>
+        <v>90</v>
       </c>
       <c r="C1110" s="0" t="s">
-        <v>61</v>
+        <v>504</v>
       </c>
     </row>
     <row r="1111">
       <c r="A1111" s="0" t="s">
-        <v>25</v>
+        <v>89</v>
       </c>
       <c r="B1111" s="0" t="s">
-        <v>26</v>
+        <v>90</v>
       </c>
       <c r="C1111" s="0" t="s">
-        <v>61</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1112">
       <c r="A1112" s="0" t="s">
-        <v>27</v>
+        <v>89</v>
       </c>
       <c r="B1112" s="0" t="s">
-        <v>28</v>
+        <v>90</v>
       </c>
       <c r="C1112" s="0" t="s">
-        <v>61</v>
+        <v>506</v>
       </c>
     </row>
     <row r="1113">
       <c r="A1113" s="0" t="s">
-        <v>29</v>
+        <v>89</v>
       </c>
       <c r="B1113" s="0" t="s">
-        <v>30</v>
+        <v>90</v>
       </c>
       <c r="C1113" s="0" t="s">
-        <v>61</v>
+        <v>507</v>
       </c>
     </row>
     <row r="1114">
       <c r="A1114" s="0" t="s">
-        <v>439</v>
+        <v>91</v>
       </c>
       <c r="B1114" s="0" t="s">
-        <v>440</v>
+        <v>92</v>
       </c>
       <c r="C1114" s="0" t="s">
         <v>503</v>
       </c>
     </row>
     <row r="1115">
       <c r="A1115" s="0" t="s">
-        <v>441</v>
+        <v>93</v>
       </c>
       <c r="B1115" s="0" t="s">
-        <v>442</v>
+        <v>94</v>
       </c>
       <c r="C1115" s="0" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
     </row>
     <row r="1116">
       <c r="A1116" s="0" t="s">
-        <v>301</v>
+        <v>93</v>
       </c>
       <c r="B1116" s="0" t="s">
-        <v>302</v>
+        <v>94</v>
       </c>
       <c r="C1116" s="0" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1117">
       <c r="A1117" s="0" t="s">
-        <v>301</v>
+        <v>93</v>
       </c>
       <c r="B1117" s="0" t="s">
-        <v>302</v>
+        <v>94</v>
       </c>
       <c r="C1117" s="0" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
     </row>
     <row r="1118">
       <c r="A1118" s="0" t="s">
-        <v>301</v>
+        <v>93</v>
       </c>
       <c r="B1118" s="0" t="s">
-        <v>302</v>
+        <v>94</v>
       </c>
       <c r="C1118" s="0" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
     </row>
     <row r="1119">
       <c r="A1119" s="0" t="s">
-        <v>301</v>
+        <v>443</v>
       </c>
       <c r="B1119" s="0" t="s">
-        <v>302</v>
+        <v>444</v>
       </c>
       <c r="C1119" s="0" t="s">
-        <v>507</v>
+        <v>503</v>
       </c>
     </row>
     <row r="1120">
       <c r="A1120" s="0" t="s">
-        <v>303</v>
+        <v>283</v>
       </c>
       <c r="B1120" s="0" t="s">
-        <v>304</v>
+        <v>284</v>
       </c>
       <c r="C1120" s="0" t="s">
         <v>504</v>
       </c>
     </row>
     <row r="1121">
       <c r="A1121" s="0" t="s">
-        <v>303</v>
+        <v>283</v>
       </c>
       <c r="B1121" s="0" t="s">
-        <v>304</v>
+        <v>284</v>
       </c>
       <c r="C1121" s="0" t="s">
         <v>505</v>
       </c>
     </row>
     <row r="1122">
       <c r="A1122" s="0" t="s">
-        <v>303</v>
+        <v>283</v>
       </c>
       <c r="B1122" s="0" t="s">
-        <v>304</v>
+        <v>284</v>
       </c>
       <c r="C1122" s="0" t="s">
         <v>506</v>
       </c>
     </row>
     <row r="1123">
       <c r="A1123" s="0" t="s">
-        <v>303</v>
+        <v>283</v>
       </c>
       <c r="B1123" s="0" t="s">
-        <v>304</v>
+        <v>284</v>
       </c>
       <c r="C1123" s="0" t="s">
         <v>507</v>
       </c>
     </row>
     <row r="1124">
       <c r="A1124" s="0" t="s">
-        <v>118</v>
+        <v>285</v>
       </c>
       <c r="B1124" s="0" t="s">
-        <v>119</v>
+        <v>286</v>
       </c>
       <c r="C1124" s="0" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
     </row>
     <row r="1125">
       <c r="A1125" s="0" t="s">
-        <v>121</v>
+        <v>285</v>
       </c>
       <c r="B1125" s="0" t="s">
-        <v>122</v>
+        <v>286</v>
       </c>
       <c r="C1125" s="0" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1126">
       <c r="A1126" s="0" t="s">
-        <v>123</v>
+        <v>285</v>
       </c>
       <c r="B1126" s="0" t="s">
-        <v>124</v>
+        <v>286</v>
       </c>
       <c r="C1126" s="0" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
     </row>
     <row r="1127">
       <c r="A1127" s="0" t="s">
-        <v>123</v>
+        <v>285</v>
       </c>
       <c r="B1127" s="0" t="s">
-        <v>124</v>
+        <v>286</v>
       </c>
       <c r="C1127" s="0" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
     </row>
     <row r="1128">
       <c r="A1128" s="0" t="s">
-        <v>123</v>
+        <v>192</v>
       </c>
       <c r="B1128" s="0" t="s">
-        <v>124</v>
+        <v>193</v>
       </c>
       <c r="C1128" s="0" t="s">
-        <v>506</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1129">
       <c r="A1129" s="0" t="s">
-        <v>123</v>
+        <v>194</v>
       </c>
       <c r="B1129" s="0" t="s">
-        <v>124</v>
+        <v>195</v>
       </c>
       <c r="C1129" s="0" t="s">
-        <v>507</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1130">
       <c r="A1130" s="0" t="s">
-        <v>125</v>
+        <v>196</v>
       </c>
       <c r="B1130" s="0" t="s">
-        <v>126</v>
+        <v>197</v>
       </c>
       <c r="C1130" s="0" t="s">
-        <v>504</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1131">
       <c r="A1131" s="0" t="s">
-        <v>125</v>
+        <v>198</v>
       </c>
       <c r="B1131" s="0" t="s">
-        <v>126</v>
+        <v>199</v>
       </c>
       <c r="C1131" s="0" t="s">
-        <v>505</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1132">
       <c r="A1132" s="0" t="s">
-        <v>125</v>
+        <v>200</v>
       </c>
       <c r="B1132" s="0" t="s">
-        <v>126</v>
+        <v>201</v>
       </c>
       <c r="C1132" s="0" t="s">
-        <v>506</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1133">
       <c r="A1133" s="0" t="s">
-        <v>125</v>
+        <v>202</v>
       </c>
       <c r="B1133" s="0" t="s">
-        <v>126</v>
+        <v>203</v>
       </c>
       <c r="C1133" s="0" t="s">
-        <v>507</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1134">
       <c r="A1134" s="0" t="s">
-        <v>127</v>
+        <v>204</v>
       </c>
       <c r="B1134" s="0" t="s">
-        <v>128</v>
+        <v>205</v>
       </c>
       <c r="C1134" s="0" t="s">
-        <v>503</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1135">
       <c r="A1135" s="0" t="s">
-        <v>129</v>
+        <v>206</v>
       </c>
       <c r="B1135" s="0" t="s">
-        <v>130</v>
+        <v>207</v>
       </c>
       <c r="C1135" s="0" t="s">
-        <v>504</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1136">
       <c r="A1136" s="0" t="s">
-        <v>129</v>
+        <v>208</v>
       </c>
       <c r="B1136" s="0" t="s">
-        <v>130</v>
+        <v>209</v>
       </c>
       <c r="C1136" s="0" t="s">
-        <v>505</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1137">
       <c r="A1137" s="0" t="s">
-        <v>129</v>
+        <v>210</v>
       </c>
       <c r="B1137" s="0" t="s">
-        <v>130</v>
+        <v>211</v>
       </c>
       <c r="C1137" s="0" t="s">
-        <v>506</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1138">
       <c r="A1138" s="0" t="s">
-        <v>129</v>
+        <v>212</v>
       </c>
       <c r="B1138" s="0" t="s">
-        <v>130</v>
+        <v>213</v>
       </c>
       <c r="C1138" s="0" t="s">
-        <v>507</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1139">
       <c r="A1139" s="0" t="s">
-        <v>443</v>
+        <v>214</v>
       </c>
       <c r="B1139" s="0" t="s">
-        <v>444</v>
+        <v>215</v>
       </c>
       <c r="C1139" s="0" t="s">
-        <v>503</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1140">
       <c r="A1140" s="0" t="s">
-        <v>305</v>
+        <v>216</v>
       </c>
       <c r="B1140" s="0" t="s">
-        <v>306</v>
+        <v>217</v>
       </c>
       <c r="C1140" s="0" t="s">
-        <v>504</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1141">
       <c r="A1141" s="0" t="s">
-        <v>305</v>
+        <v>218</v>
       </c>
       <c r="B1141" s="0" t="s">
-        <v>306</v>
+        <v>217</v>
       </c>
       <c r="C1141" s="0" t="s">
-        <v>505</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1142">
       <c r="A1142" s="0" t="s">
-        <v>305</v>
+        <v>219</v>
       </c>
       <c r="B1142" s="0" t="s">
-        <v>306</v>
+        <v>220</v>
       </c>
       <c r="C1142" s="0" t="s">
-        <v>506</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1143">
       <c r="A1143" s="0" t="s">
-        <v>305</v>
+        <v>221</v>
       </c>
       <c r="B1143" s="0" t="s">
-        <v>306</v>
+        <v>222</v>
       </c>
       <c r="C1143" s="0" t="s">
-        <v>507</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1144">
       <c r="A1144" s="0" t="s">
-        <v>307</v>
+        <v>223</v>
       </c>
       <c r="B1144" s="0" t="s">
-        <v>308</v>
+        <v>224</v>
       </c>
       <c r="C1144" s="0" t="s">
-        <v>504</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1145">
       <c r="A1145" s="0" t="s">
-        <v>307</v>
+        <v>225</v>
       </c>
       <c r="B1145" s="0" t="s">
-        <v>308</v>
+        <v>226</v>
       </c>
       <c r="C1145" s="0" t="s">
-        <v>505</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1146">
       <c r="A1146" s="0" t="s">
-        <v>307</v>
+        <v>227</v>
       </c>
       <c r="B1146" s="0" t="s">
-        <v>308</v>
+        <v>224</v>
       </c>
       <c r="C1146" s="0" t="s">
-        <v>506</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1147">
       <c r="A1147" s="0" t="s">
-        <v>307</v>
+        <v>228</v>
       </c>
       <c r="B1147" s="0" t="s">
-        <v>308</v>
+        <v>229</v>
       </c>
       <c r="C1147" s="0" t="s">
-        <v>507</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1148">
       <c r="A1148" s="0" t="s">
-        <v>214</v>
+        <v>230</v>
       </c>
       <c r="B1148" s="0" t="s">
-        <v>215</v>
+        <v>231</v>
       </c>
       <c r="C1148" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1149">
       <c r="A1149" s="0" t="s">
-        <v>216</v>
+        <v>232</v>
       </c>
       <c r="B1149" s="0" t="s">
-        <v>217</v>
+        <v>233</v>
       </c>
       <c r="C1149" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1150">
       <c r="A1150" s="0" t="s">
-        <v>218</v>
+        <v>234</v>
       </c>
       <c r="B1150" s="0" t="s">
-        <v>219</v>
+        <v>235</v>
       </c>
       <c r="C1150" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1151">
       <c r="A1151" s="0" t="s">
-        <v>220</v>
+        <v>236</v>
       </c>
       <c r="B1151" s="0" t="s">
-        <v>221</v>
+        <v>237</v>
       </c>
       <c r="C1151" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1152">
       <c r="A1152" s="0" t="s">
-        <v>222</v>
+        <v>238</v>
       </c>
       <c r="B1152" s="0" t="s">
-        <v>223</v>
+        <v>239</v>
       </c>
       <c r="C1152" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1153">
       <c r="A1153" s="0" t="s">
-        <v>224</v>
+        <v>240</v>
       </c>
       <c r="B1153" s="0" t="s">
-        <v>225</v>
+        <v>239</v>
       </c>
       <c r="C1153" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1154">
       <c r="A1154" s="0" t="s">
-        <v>226</v>
+        <v>241</v>
       </c>
       <c r="B1154" s="0" t="s">
-        <v>227</v>
+        <v>242</v>
       </c>
       <c r="C1154" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1155">
       <c r="A1155" s="0" t="s">
-        <v>228</v>
+        <v>243</v>
       </c>
       <c r="B1155" s="0" t="s">
-        <v>229</v>
+        <v>244</v>
       </c>
       <c r="C1155" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1156">
       <c r="A1156" s="0" t="s">
-        <v>230</v>
+        <v>245</v>
       </c>
       <c r="B1156" s="0" t="s">
-        <v>231</v>
+        <v>244</v>
       </c>
       <c r="C1156" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1157">
       <c r="A1157" s="0" t="s">
-        <v>232</v>
+        <v>246</v>
       </c>
       <c r="B1157" s="0" t="s">
-        <v>233</v>
+        <v>247</v>
       </c>
       <c r="C1157" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1158">
       <c r="A1158" s="0" t="s">
-        <v>234</v>
+        <v>248</v>
       </c>
       <c r="B1158" s="0" t="s">
-        <v>235</v>
+        <v>249</v>
       </c>
       <c r="C1158" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1159">
       <c r="A1159" s="0" t="s">
-        <v>236</v>
+        <v>250</v>
       </c>
       <c r="B1159" s="0" t="s">
-        <v>237</v>
+        <v>247</v>
       </c>
       <c r="C1159" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1160">
       <c r="A1160" s="0" t="s">
-        <v>238</v>
+        <v>251</v>
       </c>
       <c r="B1160" s="0" t="s">
-        <v>239</v>
+        <v>249</v>
       </c>
       <c r="C1160" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1161">
       <c r="A1161" s="0" t="s">
-        <v>240</v>
+        <v>385</v>
       </c>
       <c r="B1161" s="0" t="s">
-        <v>239</v>
+        <v>386</v>
       </c>
       <c r="C1161" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1162">
       <c r="A1162" s="0" t="s">
-        <v>241</v>
+        <v>387</v>
       </c>
       <c r="B1162" s="0" t="s">
-        <v>242</v>
+        <v>388</v>
       </c>
       <c r="C1162" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1163">
       <c r="A1163" s="0" t="s">
-        <v>243</v>
+        <v>365</v>
       </c>
       <c r="B1163" s="0" t="s">
-        <v>244</v>
+        <v>366</v>
       </c>
       <c r="C1163" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1164">
       <c r="A1164" s="0" t="s">
-        <v>245</v>
+        <v>394</v>
       </c>
       <c r="B1164" s="0" t="s">
-        <v>246</v>
+        <v>395</v>
       </c>
       <c r="C1164" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1165">
       <c r="A1165" s="0" t="s">
-        <v>247</v>
+        <v>396</v>
       </c>
       <c r="B1165" s="0" t="s">
-        <v>248</v>
+        <v>397</v>
       </c>
       <c r="C1165" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1166">
       <c r="A1166" s="0" t="s">
-        <v>249</v>
+        <v>398</v>
       </c>
       <c r="B1166" s="0" t="s">
-        <v>246</v>
+        <v>370</v>
       </c>
       <c r="C1166" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1167">
       <c r="A1167" s="0" t="s">
-        <v>250</v>
+        <v>367</v>
       </c>
       <c r="B1167" s="0" t="s">
-        <v>251</v>
+        <v>368</v>
       </c>
       <c r="C1167" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1168">
       <c r="A1168" s="0" t="s">
-        <v>252</v>
+        <v>369</v>
       </c>
       <c r="B1168" s="0" t="s">
-        <v>253</v>
+        <v>370</v>
       </c>
       <c r="C1168" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1169">
       <c r="A1169" s="0" t="s">
-        <v>254</v>
+        <v>371</v>
       </c>
       <c r="B1169" s="0" t="s">
-        <v>255</v>
+        <v>368</v>
       </c>
       <c r="C1169" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1170">
       <c r="A1170" s="0" t="s">
-        <v>256</v>
+        <v>167</v>
       </c>
       <c r="B1170" s="0" t="s">
-        <v>257</v>
+        <v>168</v>
       </c>
       <c r="C1170" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1171">
       <c r="A1171" s="0" t="s">
-        <v>258</v>
+        <v>169</v>
       </c>
       <c r="B1171" s="0" t="s">
-        <v>259</v>
+        <v>170</v>
       </c>
       <c r="C1171" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1172">
       <c r="A1172" s="0" t="s">
-        <v>260</v>
+        <v>171</v>
       </c>
       <c r="B1172" s="0" t="s">
-        <v>261</v>
+        <v>172</v>
       </c>
       <c r="C1172" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1173">
       <c r="A1173" s="0" t="s">
-        <v>262</v>
+        <v>173</v>
       </c>
       <c r="B1173" s="0" t="s">
-        <v>261</v>
+        <v>174</v>
       </c>
       <c r="C1173" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1174">
       <c r="A1174" s="0" t="s">
-        <v>263</v>
+        <v>175</v>
       </c>
       <c r="B1174" s="0" t="s">
-        <v>264</v>
+        <v>176</v>
       </c>
       <c r="C1174" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1175">
       <c r="A1175" s="0" t="s">
-        <v>265</v>
+        <v>177</v>
       </c>
       <c r="B1175" s="0" t="s">
-        <v>266</v>
+        <v>174</v>
       </c>
       <c r="C1175" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1176">
       <c r="A1176" s="0" t="s">
-        <v>267</v>
+        <v>192</v>
       </c>
       <c r="B1176" s="0" t="s">
-        <v>266</v>
+        <v>193</v>
       </c>
       <c r="C1176" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1177">
       <c r="A1177" s="0" t="s">
-        <v>268</v>
+        <v>194</v>
       </c>
       <c r="B1177" s="0" t="s">
-        <v>269</v>
+        <v>195</v>
       </c>
       <c r="C1177" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1178">
       <c r="A1178" s="0" t="s">
-        <v>270</v>
+        <v>196</v>
       </c>
       <c r="B1178" s="0" t="s">
-        <v>271</v>
+        <v>197</v>
       </c>
       <c r="C1178" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1179">
       <c r="A1179" s="0" t="s">
-        <v>272</v>
+        <v>198</v>
       </c>
       <c r="B1179" s="0" t="s">
-        <v>269</v>
+        <v>199</v>
       </c>
       <c r="C1179" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1180">
       <c r="A1180" s="0" t="s">
-        <v>273</v>
+        <v>200</v>
       </c>
       <c r="B1180" s="0" t="s">
-        <v>271</v>
+        <v>201</v>
       </c>
       <c r="C1180" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1181">
       <c r="A1181" s="0" t="s">
-        <v>106</v>
+        <v>202</v>
       </c>
       <c r="B1181" s="0" t="s">
-        <v>107</v>
+        <v>203</v>
       </c>
       <c r="C1181" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1182">
       <c r="A1182" s="0" t="s">
-        <v>35</v>
+        <v>204</v>
       </c>
       <c r="B1182" s="0" t="s">
-        <v>36</v>
+        <v>205</v>
       </c>
       <c r="C1182" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1183">
       <c r="A1183" s="0" t="s">
-        <v>387</v>
+        <v>206</v>
       </c>
       <c r="B1183" s="0" t="s">
-        <v>388</v>
+        <v>207</v>
       </c>
       <c r="C1183" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1184">
       <c r="A1184" s="0" t="s">
-        <v>112</v>
+        <v>208</v>
       </c>
       <c r="B1184" s="0" t="s">
-        <v>113</v>
+        <v>209</v>
       </c>
       <c r="C1184" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1185">
       <c r="A1185" s="0" t="s">
-        <v>98</v>
+        <v>210</v>
       </c>
       <c r="B1185" s="0" t="s">
-        <v>99</v>
+        <v>211</v>
       </c>
       <c r="C1185" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1186">
       <c r="A1186" s="0" t="s">
-        <v>100</v>
+        <v>212</v>
       </c>
       <c r="B1186" s="0" t="s">
-        <v>101</v>
+        <v>213</v>
       </c>
       <c r="C1186" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1187">
       <c r="A1187" s="0" t="s">
-        <v>389</v>
+        <v>214</v>
       </c>
       <c r="B1187" s="0" t="s">
-        <v>390</v>
+        <v>215</v>
       </c>
       <c r="C1187" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1188">
       <c r="A1188" s="0" t="s">
-        <v>391</v>
+        <v>216</v>
       </c>
       <c r="B1188" s="0" t="s">
-        <v>101</v>
+        <v>217</v>
       </c>
       <c r="C1188" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1189">
       <c r="A1189" s="0" t="s">
-        <v>392</v>
+        <v>218</v>
       </c>
       <c r="B1189" s="0" t="s">
-        <v>390</v>
+        <v>217</v>
       </c>
       <c r="C1189" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1190">
       <c r="A1190" s="0" t="s">
-        <v>199</v>
+        <v>219</v>
       </c>
       <c r="B1190" s="0" t="s">
-        <v>200</v>
+        <v>220</v>
       </c>
       <c r="C1190" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1191">
       <c r="A1191" s="0" t="s">
-        <v>89</v>
+        <v>221</v>
       </c>
       <c r="B1191" s="0" t="s">
-        <v>90</v>
+        <v>222</v>
       </c>
       <c r="C1191" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1192">
       <c r="A1192" s="0" t="s">
-        <v>201</v>
+        <v>223</v>
       </c>
       <c r="B1192" s="0" t="s">
-        <v>202</v>
+        <v>224</v>
       </c>
       <c r="C1192" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1193">
       <c r="A1193" s="0" t="s">
-        <v>115</v>
+        <v>225</v>
       </c>
       <c r="B1193" s="0" t="s">
-        <v>116</v>
+        <v>226</v>
       </c>
       <c r="C1193" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1194">
       <c r="A1194" s="0" t="s">
-        <v>203</v>
+        <v>227</v>
       </c>
       <c r="B1194" s="0" t="s">
-        <v>204</v>
+        <v>224</v>
       </c>
       <c r="C1194" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1195">
       <c r="A1195" s="0" t="s">
-        <v>205</v>
+        <v>228</v>
       </c>
       <c r="B1195" s="0" t="s">
-        <v>116</v>
+        <v>229</v>
       </c>
       <c r="C1195" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1196">
       <c r="A1196" s="0" t="s">
-        <v>214</v>
+        <v>230</v>
       </c>
       <c r="B1196" s="0" t="s">
-        <v>215</v>
+        <v>231</v>
       </c>
       <c r="C1196" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1197">
       <c r="A1197" s="0" t="s">
-        <v>216</v>
+        <v>232</v>
       </c>
       <c r="B1197" s="0" t="s">
-        <v>217</v>
+        <v>233</v>
       </c>
       <c r="C1197" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1198">
       <c r="A1198" s="0" t="s">
-        <v>218</v>
+        <v>234</v>
       </c>
       <c r="B1198" s="0" t="s">
-        <v>219</v>
+        <v>235</v>
       </c>
       <c r="C1198" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1199">
       <c r="A1199" s="0" t="s">
-        <v>220</v>
+        <v>236</v>
       </c>
       <c r="B1199" s="0" t="s">
-        <v>221</v>
+        <v>237</v>
       </c>
       <c r="C1199" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1200">
       <c r="A1200" s="0" t="s">
-        <v>222</v>
+        <v>238</v>
       </c>
       <c r="B1200" s="0" t="s">
-        <v>223</v>
+        <v>239</v>
       </c>
       <c r="C1200" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1201">
       <c r="A1201" s="0" t="s">
-        <v>224</v>
+        <v>240</v>
       </c>
       <c r="B1201" s="0" t="s">
-        <v>225</v>
+        <v>239</v>
       </c>
       <c r="C1201" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1202">
       <c r="A1202" s="0" t="s">
-        <v>226</v>
+        <v>241</v>
       </c>
       <c r="B1202" s="0" t="s">
-        <v>227</v>
+        <v>242</v>
       </c>
       <c r="C1202" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1203">
       <c r="A1203" s="0" t="s">
-        <v>228</v>
+        <v>243</v>
       </c>
       <c r="B1203" s="0" t="s">
-        <v>229</v>
+        <v>244</v>
       </c>
       <c r="C1203" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1204">
       <c r="A1204" s="0" t="s">
-        <v>230</v>
+        <v>245</v>
       </c>
       <c r="B1204" s="0" t="s">
-        <v>231</v>
+        <v>244</v>
       </c>
       <c r="C1204" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1205">
       <c r="A1205" s="0" t="s">
-        <v>232</v>
+        <v>246</v>
       </c>
       <c r="B1205" s="0" t="s">
-        <v>233</v>
+        <v>247</v>
       </c>
       <c r="C1205" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1206">
       <c r="A1206" s="0" t="s">
-        <v>234</v>
+        <v>248</v>
       </c>
       <c r="B1206" s="0" t="s">
-        <v>235</v>
+        <v>249</v>
       </c>
       <c r="C1206" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1207">
       <c r="A1207" s="0" t="s">
-        <v>236</v>
+        <v>250</v>
       </c>
       <c r="B1207" s="0" t="s">
-        <v>237</v>
+        <v>247</v>
       </c>
       <c r="C1207" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1208">
       <c r="A1208" s="0" t="s">
-        <v>238</v>
+        <v>251</v>
       </c>
       <c r="B1208" s="0" t="s">
-        <v>239</v>
+        <v>249</v>
       </c>
       <c r="C1208" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1209">
       <c r="A1209" s="0" t="s">
-        <v>240</v>
+        <v>385</v>
       </c>
       <c r="B1209" s="0" t="s">
-        <v>239</v>
+        <v>386</v>
       </c>
       <c r="C1209" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1210">
       <c r="A1210" s="0" t="s">
-        <v>241</v>
+        <v>387</v>
       </c>
       <c r="B1210" s="0" t="s">
-        <v>242</v>
+        <v>388</v>
       </c>
       <c r="C1210" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1211">
       <c r="A1211" s="0" t="s">
-        <v>243</v>
+        <v>365</v>
       </c>
       <c r="B1211" s="0" t="s">
-        <v>244</v>
+        <v>366</v>
       </c>
       <c r="C1211" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1212">
       <c r="A1212" s="0" t="s">
-        <v>245</v>
+        <v>394</v>
       </c>
       <c r="B1212" s="0" t="s">
-        <v>246</v>
+        <v>395</v>
       </c>
       <c r="C1212" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1213">
       <c r="A1213" s="0" t="s">
-        <v>247</v>
+        <v>396</v>
       </c>
       <c r="B1213" s="0" t="s">
-        <v>248</v>
+        <v>397</v>
       </c>
       <c r="C1213" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1214">
       <c r="A1214" s="0" t="s">
-        <v>249</v>
+        <v>398</v>
       </c>
       <c r="B1214" s="0" t="s">
-        <v>246</v>
+        <v>370</v>
       </c>
       <c r="C1214" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1215">
       <c r="A1215" s="0" t="s">
-        <v>250</v>
+        <v>367</v>
       </c>
       <c r="B1215" s="0" t="s">
-        <v>251</v>
+        <v>368</v>
       </c>
       <c r="C1215" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1216">
       <c r="A1216" s="0" t="s">
-        <v>252</v>
+        <v>369</v>
       </c>
       <c r="B1216" s="0" t="s">
-        <v>253</v>
+        <v>370</v>
       </c>
       <c r="C1216" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1217">
       <c r="A1217" s="0" t="s">
-        <v>254</v>
+        <v>371</v>
       </c>
       <c r="B1217" s="0" t="s">
-        <v>255</v>
+        <v>368</v>
       </c>
       <c r="C1217" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1218">
       <c r="A1218" s="0" t="s">
-        <v>256</v>
+        <v>167</v>
       </c>
       <c r="B1218" s="0" t="s">
-        <v>257</v>
+        <v>168</v>
       </c>
       <c r="C1218" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1219">
       <c r="A1219" s="0" t="s">
-        <v>258</v>
+        <v>169</v>
       </c>
       <c r="B1219" s="0" t="s">
-        <v>259</v>
+        <v>170</v>
       </c>
       <c r="C1219" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1220">
       <c r="A1220" s="0" t="s">
-        <v>260</v>
+        <v>171</v>
       </c>
       <c r="B1220" s="0" t="s">
-        <v>261</v>
+        <v>172</v>
       </c>
       <c r="C1220" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1221">
       <c r="A1221" s="0" t="s">
-        <v>262</v>
+        <v>173</v>
       </c>
       <c r="B1221" s="0" t="s">
-        <v>261</v>
+        <v>174</v>
       </c>
       <c r="C1221" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1222">
       <c r="A1222" s="0" t="s">
-        <v>263</v>
+        <v>175</v>
       </c>
       <c r="B1222" s="0" t="s">
-        <v>264</v>
+        <v>176</v>
       </c>
       <c r="C1222" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1223">
       <c r="A1223" s="0" t="s">
-        <v>265</v>
+        <v>177</v>
       </c>
       <c r="B1223" s="0" t="s">
-        <v>266</v>
+        <v>174</v>
       </c>
       <c r="C1223" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1224">
       <c r="A1224" s="0" t="s">
-        <v>267</v>
+        <v>192</v>
       </c>
       <c r="B1224" s="0" t="s">
-        <v>266</v>
+        <v>193</v>
       </c>
       <c r="C1224" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1225">
       <c r="A1225" s="0" t="s">
-        <v>268</v>
+        <v>194</v>
       </c>
       <c r="B1225" s="0" t="s">
-        <v>269</v>
+        <v>195</v>
       </c>
       <c r="C1225" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1226">
       <c r="A1226" s="0" t="s">
-        <v>270</v>
+        <v>196</v>
       </c>
       <c r="B1226" s="0" t="s">
-        <v>271</v>
+        <v>197</v>
       </c>
       <c r="C1226" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1227">
       <c r="A1227" s="0" t="s">
-        <v>272</v>
+        <v>198</v>
       </c>
       <c r="B1227" s="0" t="s">
-        <v>269</v>
+        <v>199</v>
       </c>
       <c r="C1227" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1228">
       <c r="A1228" s="0" t="s">
-        <v>273</v>
+        <v>200</v>
       </c>
       <c r="B1228" s="0" t="s">
-        <v>271</v>
+        <v>201</v>
       </c>
       <c r="C1228" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1229">
       <c r="A1229" s="0" t="s">
-        <v>106</v>
+        <v>202</v>
       </c>
       <c r="B1229" s="0" t="s">
-        <v>107</v>
+        <v>203</v>
       </c>
       <c r="C1229" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1230">
       <c r="A1230" s="0" t="s">
-        <v>35</v>
+        <v>204</v>
       </c>
       <c r="B1230" s="0" t="s">
-        <v>36</v>
+        <v>205</v>
       </c>
       <c r="C1230" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1231">
       <c r="A1231" s="0" t="s">
-        <v>387</v>
+        <v>206</v>
       </c>
       <c r="B1231" s="0" t="s">
-        <v>388</v>
+        <v>207</v>
       </c>
       <c r="C1231" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1232">
       <c r="A1232" s="0" t="s">
-        <v>112</v>
+        <v>208</v>
       </c>
       <c r="B1232" s="0" t="s">
-        <v>113</v>
+        <v>209</v>
       </c>
       <c r="C1232" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1233">
       <c r="A1233" s="0" t="s">
-        <v>98</v>
+        <v>210</v>
       </c>
       <c r="B1233" s="0" t="s">
-        <v>99</v>
+        <v>211</v>
       </c>
       <c r="C1233" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1234">
       <c r="A1234" s="0" t="s">
-        <v>100</v>
+        <v>212</v>
       </c>
       <c r="B1234" s="0" t="s">
-        <v>101</v>
+        <v>213</v>
       </c>
       <c r="C1234" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1235">
       <c r="A1235" s="0" t="s">
-        <v>389</v>
+        <v>214</v>
       </c>
       <c r="B1235" s="0" t="s">
-        <v>390</v>
+        <v>215</v>
       </c>
       <c r="C1235" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1236">
       <c r="A1236" s="0" t="s">
-        <v>391</v>
+        <v>216</v>
       </c>
       <c r="B1236" s="0" t="s">
-        <v>101</v>
+        <v>217</v>
       </c>
       <c r="C1236" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1237">
       <c r="A1237" s="0" t="s">
-        <v>392</v>
+        <v>218</v>
       </c>
       <c r="B1237" s="0" t="s">
-        <v>390</v>
+        <v>217</v>
       </c>
       <c r="C1237" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1238">
       <c r="A1238" s="0" t="s">
-        <v>199</v>
+        <v>219</v>
       </c>
       <c r="B1238" s="0" t="s">
-        <v>200</v>
+        <v>220</v>
       </c>
       <c r="C1238" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1239">
       <c r="A1239" s="0" t="s">
-        <v>89</v>
+        <v>221</v>
       </c>
       <c r="B1239" s="0" t="s">
-        <v>90</v>
+        <v>222</v>
       </c>
       <c r="C1239" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1240">
       <c r="A1240" s="0" t="s">
-        <v>201</v>
+        <v>223</v>
       </c>
       <c r="B1240" s="0" t="s">
-        <v>202</v>
+        <v>224</v>
       </c>
       <c r="C1240" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1241">
       <c r="A1241" s="0" t="s">
-        <v>115</v>
+        <v>225</v>
       </c>
       <c r="B1241" s="0" t="s">
-        <v>116</v>
+        <v>226</v>
       </c>
       <c r="C1241" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1242">
       <c r="A1242" s="0" t="s">
-        <v>203</v>
+        <v>227</v>
       </c>
       <c r="B1242" s="0" t="s">
-        <v>204</v>
+        <v>224</v>
       </c>
       <c r="C1242" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1243">
       <c r="A1243" s="0" t="s">
-        <v>205</v>
+        <v>228</v>
       </c>
       <c r="B1243" s="0" t="s">
-        <v>116</v>
+        <v>229</v>
       </c>
       <c r="C1243" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1244">
       <c r="A1244" s="0" t="s">
-        <v>214</v>
+        <v>230</v>
       </c>
       <c r="B1244" s="0" t="s">
-        <v>215</v>
+        <v>231</v>
       </c>
       <c r="C1244" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1245">
       <c r="A1245" s="0" t="s">
-        <v>216</v>
+        <v>232</v>
       </c>
       <c r="B1245" s="0" t="s">
-        <v>217</v>
+        <v>233</v>
       </c>
       <c r="C1245" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1246">
       <c r="A1246" s="0" t="s">
-        <v>218</v>
+        <v>234</v>
       </c>
       <c r="B1246" s="0" t="s">
-        <v>219</v>
+        <v>235</v>
       </c>
       <c r="C1246" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1247">
       <c r="A1247" s="0" t="s">
-        <v>220</v>
+        <v>236</v>
       </c>
       <c r="B1247" s="0" t="s">
-        <v>221</v>
+        <v>237</v>
       </c>
       <c r="C1247" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1248">
       <c r="A1248" s="0" t="s">
-        <v>222</v>
+        <v>238</v>
       </c>
       <c r="B1248" s="0" t="s">
-        <v>223</v>
+        <v>239</v>
       </c>
       <c r="C1248" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1249">
       <c r="A1249" s="0" t="s">
-        <v>224</v>
+        <v>240</v>
       </c>
       <c r="B1249" s="0" t="s">
-        <v>225</v>
+        <v>239</v>
       </c>
       <c r="C1249" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1250">
       <c r="A1250" s="0" t="s">
-        <v>226</v>
+        <v>241</v>
       </c>
       <c r="B1250" s="0" t="s">
-        <v>227</v>
+        <v>242</v>
       </c>
       <c r="C1250" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1251">
       <c r="A1251" s="0" t="s">
-        <v>228</v>
+        <v>243</v>
       </c>
       <c r="B1251" s="0" t="s">
-        <v>229</v>
+        <v>244</v>
       </c>
       <c r="C1251" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1252">
       <c r="A1252" s="0" t="s">
-        <v>230</v>
+        <v>245</v>
       </c>
       <c r="B1252" s="0" t="s">
-        <v>231</v>
+        <v>244</v>
       </c>
       <c r="C1252" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1253">
       <c r="A1253" s="0" t="s">
-        <v>232</v>
+        <v>246</v>
       </c>
       <c r="B1253" s="0" t="s">
-        <v>233</v>
+        <v>247</v>
       </c>
       <c r="C1253" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1254">
       <c r="A1254" s="0" t="s">
-        <v>234</v>
+        <v>248</v>
       </c>
       <c r="B1254" s="0" t="s">
-        <v>235</v>
+        <v>249</v>
       </c>
       <c r="C1254" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1255">
       <c r="A1255" s="0" t="s">
-        <v>236</v>
+        <v>250</v>
       </c>
       <c r="B1255" s="0" t="s">
-        <v>237</v>
+        <v>247</v>
       </c>
       <c r="C1255" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1256">
       <c r="A1256" s="0" t="s">
-        <v>238</v>
+        <v>251</v>
       </c>
       <c r="B1256" s="0" t="s">
-        <v>239</v>
+        <v>249</v>
       </c>
       <c r="C1256" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1257">
       <c r="A1257" s="0" t="s">
-        <v>240</v>
+        <v>385</v>
       </c>
       <c r="B1257" s="0" t="s">
-        <v>239</v>
+        <v>386</v>
       </c>
       <c r="C1257" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1258">
       <c r="A1258" s="0" t="s">
-        <v>241</v>
+        <v>387</v>
       </c>
       <c r="B1258" s="0" t="s">
-        <v>242</v>
+        <v>388</v>
       </c>
       <c r="C1258" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1259">
       <c r="A1259" s="0" t="s">
-        <v>243</v>
+        <v>365</v>
       </c>
       <c r="B1259" s="0" t="s">
-        <v>244</v>
+        <v>366</v>
       </c>
       <c r="C1259" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1260">
       <c r="A1260" s="0" t="s">
-        <v>245</v>
+        <v>394</v>
       </c>
       <c r="B1260" s="0" t="s">
-        <v>246</v>
+        <v>395</v>
       </c>
       <c r="C1260" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1261">
       <c r="A1261" s="0" t="s">
-        <v>247</v>
+        <v>396</v>
       </c>
       <c r="B1261" s="0" t="s">
-        <v>248</v>
+        <v>397</v>
       </c>
       <c r="C1261" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1262">
       <c r="A1262" s="0" t="s">
-        <v>249</v>
+        <v>398</v>
       </c>
       <c r="B1262" s="0" t="s">
-        <v>246</v>
+        <v>370</v>
       </c>
       <c r="C1262" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1263">
       <c r="A1263" s="0" t="s">
-        <v>250</v>
+        <v>367</v>
       </c>
       <c r="B1263" s="0" t="s">
-        <v>251</v>
+        <v>368</v>
       </c>
       <c r="C1263" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1264">
       <c r="A1264" s="0" t="s">
-        <v>252</v>
+        <v>369</v>
       </c>
       <c r="B1264" s="0" t="s">
-        <v>253</v>
+        <v>370</v>
       </c>
       <c r="C1264" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1265">
       <c r="A1265" s="0" t="s">
-        <v>254</v>
+        <v>371</v>
       </c>
       <c r="B1265" s="0" t="s">
-        <v>255</v>
+        <v>368</v>
       </c>
       <c r="C1265" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1266">
       <c r="A1266" s="0" t="s">
-        <v>256</v>
+        <v>167</v>
       </c>
       <c r="B1266" s="0" t="s">
-        <v>257</v>
+        <v>168</v>
       </c>
       <c r="C1266" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1267">
       <c r="A1267" s="0" t="s">
-        <v>258</v>
+        <v>169</v>
       </c>
       <c r="B1267" s="0" t="s">
-        <v>259</v>
+        <v>170</v>
       </c>
       <c r="C1267" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1268">
       <c r="A1268" s="0" t="s">
-        <v>260</v>
+        <v>171</v>
       </c>
       <c r="B1268" s="0" t="s">
-        <v>261</v>
+        <v>172</v>
       </c>
       <c r="C1268" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1269">
       <c r="A1269" s="0" t="s">
-        <v>262</v>
+        <v>173</v>
       </c>
       <c r="B1269" s="0" t="s">
-        <v>261</v>
+        <v>174</v>
       </c>
       <c r="C1269" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1270">
       <c r="A1270" s="0" t="s">
-        <v>263</v>
+        <v>175</v>
       </c>
       <c r="B1270" s="0" t="s">
-        <v>264</v>
+        <v>176</v>
       </c>
       <c r="C1270" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1271">
       <c r="A1271" s="0" t="s">
-        <v>265</v>
+        <v>177</v>
       </c>
       <c r="B1271" s="0" t="s">
-        <v>266</v>
+        <v>174</v>
       </c>
       <c r="C1271" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1272">
       <c r="A1272" s="0" t="s">
-        <v>267</v>
+        <v>457</v>
       </c>
       <c r="B1272" s="0" t="s">
-        <v>266</v>
+        <v>458</v>
       </c>
       <c r="C1272" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1273">
       <c r="A1273" s="0" t="s">
-        <v>268</v>
+        <v>459</v>
       </c>
       <c r="B1273" s="0" t="s">
-        <v>269</v>
+        <v>460</v>
       </c>
       <c r="C1273" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1274">
       <c r="A1274" s="0" t="s">
-        <v>270</v>
+        <v>95</v>
       </c>
       <c r="B1274" s="0" t="s">
-        <v>271</v>
+        <v>96</v>
       </c>
       <c r="C1274" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1275">
       <c r="A1275" s="0" t="s">
-        <v>272</v>
+        <v>461</v>
       </c>
       <c r="B1275" s="0" t="s">
-        <v>269</v>
+        <v>462</v>
       </c>
       <c r="C1275" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1276">
       <c r="A1276" s="0" t="s">
-        <v>273</v>
+        <v>463</v>
       </c>
       <c r="B1276" s="0" t="s">
-        <v>271</v>
+        <v>464</v>
       </c>
       <c r="C1276" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1277">
       <c r="A1277" s="0" t="s">
-        <v>106</v>
+        <v>97</v>
       </c>
       <c r="B1277" s="0" t="s">
-        <v>107</v>
+        <v>98</v>
       </c>
       <c r="C1277" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1278">
       <c r="A1278" s="0" t="s">
-        <v>35</v>
+        <v>99</v>
       </c>
       <c r="B1278" s="0" t="s">
-        <v>36</v>
+        <v>100</v>
       </c>
       <c r="C1278" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1279">
       <c r="A1279" s="0" t="s">
-        <v>387</v>
+        <v>465</v>
       </c>
       <c r="B1279" s="0" t="s">
-        <v>388</v>
+        <v>466</v>
       </c>
       <c r="C1279" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1280">
       <c r="A1280" s="0" t="s">
-        <v>112</v>
+        <v>467</v>
       </c>
       <c r="B1280" s="0" t="s">
-        <v>113</v>
+        <v>468</v>
       </c>
       <c r="C1280" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1281">
       <c r="A1281" s="0" t="s">
-        <v>98</v>
+        <v>425</v>
       </c>
       <c r="B1281" s="0" t="s">
-        <v>99</v>
+        <v>426</v>
       </c>
       <c r="C1281" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1282">
       <c r="A1282" s="0" t="s">
-        <v>100</v>
+        <v>122</v>
       </c>
       <c r="B1282" s="0" t="s">
-        <v>101</v>
+        <v>123</v>
       </c>
       <c r="C1282" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1283">
       <c r="A1283" s="0" t="s">
-        <v>389</v>
+        <v>126</v>
       </c>
       <c r="B1283" s="0" t="s">
-        <v>390</v>
+        <v>127</v>
       </c>
       <c r="C1283" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1284">
       <c r="A1284" s="0" t="s">
-        <v>391</v>
+        <v>445</v>
       </c>
       <c r="B1284" s="0" t="s">
-        <v>101</v>
+        <v>446</v>
       </c>
       <c r="C1284" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1285">
       <c r="A1285" s="0" t="s">
-        <v>392</v>
+        <v>447</v>
       </c>
       <c r="B1285" s="0" t="s">
-        <v>390</v>
+        <v>448</v>
       </c>
       <c r="C1285" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1286">
       <c r="A1286" s="0" t="s">
-        <v>199</v>
+        <v>399</v>
       </c>
       <c r="B1286" s="0" t="s">
-        <v>200</v>
+        <v>400</v>
       </c>
       <c r="C1286" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1287">
       <c r="A1287" s="0" t="s">
-        <v>89</v>
+        <v>401</v>
       </c>
       <c r="B1287" s="0" t="s">
-        <v>90</v>
+        <v>402</v>
       </c>
       <c r="C1287" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1288">
       <c r="A1288" s="0" t="s">
-        <v>201</v>
+        <v>449</v>
       </c>
       <c r="B1288" s="0" t="s">
-        <v>202</v>
+        <v>450</v>
       </c>
       <c r="C1288" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1289">
       <c r="A1289" s="0" t="s">
-        <v>115</v>
+        <v>451</v>
       </c>
       <c r="B1289" s="0" t="s">
-        <v>116</v>
+        <v>452</v>
       </c>
       <c r="C1289" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1290">
       <c r="A1290" s="0" t="s">
-        <v>203</v>
+        <v>453</v>
       </c>
       <c r="B1290" s="0" t="s">
-        <v>204</v>
+        <v>454</v>
       </c>
       <c r="C1290" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1291">
       <c r="A1291" s="0" t="s">
-        <v>205</v>
+        <v>403</v>
       </c>
       <c r="B1291" s="0" t="s">
-        <v>116</v>
+        <v>404</v>
       </c>
       <c r="C1291" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1292">
       <c r="A1292" s="0" t="s">
-        <v>457</v>
+        <v>405</v>
       </c>
       <c r="B1292" s="0" t="s">
-        <v>458</v>
+        <v>406</v>
       </c>
       <c r="C1292" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1293">
       <c r="A1293" s="0" t="s">
-        <v>459</v>
+        <v>407</v>
       </c>
       <c r="B1293" s="0" t="s">
-        <v>460</v>
+        <v>408</v>
       </c>
       <c r="C1293" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1294">
       <c r="A1294" s="0" t="s">
-        <v>131</v>
+        <v>455</v>
       </c>
       <c r="B1294" s="0" t="s">
-        <v>132</v>
+        <v>456</v>
       </c>
       <c r="C1294" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1295">
       <c r="A1295" s="0" t="s">
-        <v>461</v>
+        <v>421</v>
       </c>
       <c r="B1295" s="0" t="s">
-        <v>462</v>
+        <v>422</v>
       </c>
       <c r="C1295" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1296">
       <c r="A1296" s="0" t="s">
-        <v>463</v>
+        <v>423</v>
       </c>
       <c r="B1296" s="0" t="s">
-        <v>464</v>
+        <v>424</v>
       </c>
       <c r="C1296" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1297">
       <c r="A1297" s="0" t="s">
-        <v>133</v>
+        <v>489</v>
       </c>
       <c r="B1297" s="0" t="s">
-        <v>134</v>
+        <v>490</v>
       </c>
       <c r="C1297" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1298">
       <c r="A1298" s="0" t="s">
-        <v>135</v>
+        <v>445</v>
       </c>
       <c r="B1298" s="0" t="s">
-        <v>136</v>
+        <v>446</v>
       </c>
       <c r="C1298" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1299">
       <c r="A1299" s="0" t="s">
-        <v>465</v>
+        <v>447</v>
       </c>
       <c r="B1299" s="0" t="s">
-        <v>466</v>
+        <v>448</v>
       </c>
       <c r="C1299" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1300">
       <c r="A1300" s="0" t="s">
-        <v>467</v>
+        <v>399</v>
       </c>
       <c r="B1300" s="0" t="s">
-        <v>468</v>
+        <v>400</v>
       </c>
       <c r="C1300" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1301">
       <c r="A1301" s="0" t="s">
-        <v>425</v>
+        <v>401</v>
       </c>
       <c r="B1301" s="0" t="s">
-        <v>426</v>
+        <v>402</v>
       </c>
       <c r="C1301" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1302">
       <c r="A1302" s="0" t="s">
-        <v>158</v>
+        <v>449</v>
       </c>
       <c r="B1302" s="0" t="s">
-        <v>159</v>
+        <v>450</v>
       </c>
       <c r="C1302" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1303">
       <c r="A1303" s="0" t="s">
-        <v>162</v>
+        <v>451</v>
       </c>
       <c r="B1303" s="0" t="s">
-        <v>163</v>
+        <v>452</v>
       </c>
       <c r="C1303" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1304">
       <c r="A1304" s="0" t="s">
-        <v>445</v>
+        <v>453</v>
       </c>
       <c r="B1304" s="0" t="s">
-        <v>446</v>
+        <v>454</v>
       </c>
       <c r="C1304" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1305">
       <c r="A1305" s="0" t="s">
-        <v>447</v>
+        <v>403</v>
       </c>
       <c r="B1305" s="0" t="s">
-        <v>448</v>
+        <v>404</v>
       </c>
       <c r="C1305" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1306">
       <c r="A1306" s="0" t="s">
-        <v>399</v>
+        <v>405</v>
       </c>
       <c r="B1306" s="0" t="s">
-        <v>400</v>
+        <v>406</v>
       </c>
       <c r="C1306" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1307">
       <c r="A1307" s="0" t="s">
-        <v>401</v>
+        <v>407</v>
       </c>
       <c r="B1307" s="0" t="s">
-        <v>402</v>
+        <v>408</v>
       </c>
       <c r="C1307" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1308">
       <c r="A1308" s="0" t="s">
-        <v>449</v>
+        <v>455</v>
       </c>
       <c r="B1308" s="0" t="s">
-        <v>450</v>
+        <v>456</v>
       </c>
       <c r="C1308" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1309">
       <c r="A1309" s="0" t="s">
-        <v>451</v>
+        <v>457</v>
       </c>
       <c r="B1309" s="0" t="s">
-        <v>452</v>
+        <v>458</v>
       </c>
       <c r="C1309" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1310">
       <c r="A1310" s="0" t="s">
-        <v>453</v>
+        <v>459</v>
       </c>
       <c r="B1310" s="0" t="s">
-        <v>454</v>
+        <v>460</v>
       </c>
       <c r="C1310" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1311">
       <c r="A1311" s="0" t="s">
-        <v>403</v>
+        <v>95</v>
       </c>
       <c r="B1311" s="0" t="s">
-        <v>404</v>
+        <v>96</v>
       </c>
       <c r="C1311" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1312">
       <c r="A1312" s="0" t="s">
-        <v>405</v>
+        <v>461</v>
       </c>
       <c r="B1312" s="0" t="s">
-        <v>406</v>
+        <v>462</v>
       </c>
       <c r="C1312" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1313">
       <c r="A1313" s="0" t="s">
-        <v>407</v>
+        <v>463</v>
       </c>
       <c r="B1313" s="0" t="s">
-        <v>408</v>
+        <v>464</v>
       </c>
       <c r="C1313" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1314">
       <c r="A1314" s="0" t="s">
-        <v>455</v>
+        <v>97</v>
       </c>
       <c r="B1314" s="0" t="s">
-        <v>456</v>
+        <v>98</v>
       </c>
       <c r="C1314" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1315">
       <c r="A1315" s="0" t="s">
-        <v>421</v>
+        <v>465</v>
       </c>
       <c r="B1315" s="0" t="s">
-        <v>422</v>
+        <v>466</v>
       </c>
       <c r="C1315" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1316">
       <c r="A1316" s="0" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="B1316" s="0" t="s">
-        <v>424</v>
+        <v>422</v>
       </c>
       <c r="C1316" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1317">
       <c r="A1317" s="0" t="s">
-        <v>489</v>
+        <v>122</v>
       </c>
       <c r="B1317" s="0" t="s">
-        <v>490</v>
+        <v>123</v>
       </c>
       <c r="C1317" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1318">
       <c r="A1318" s="0" t="s">
-        <v>445</v>
+        <v>126</v>
       </c>
       <c r="B1318" s="0" t="s">
-        <v>446</v>
+        <v>127</v>
       </c>
       <c r="C1318" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1319">
       <c r="A1319" s="0" t="s">
-        <v>447</v>
+        <v>252</v>
       </c>
       <c r="B1319" s="0" t="s">
-        <v>448</v>
+        <v>253</v>
       </c>
       <c r="C1319" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1320">
       <c r="A1320" s="0" t="s">
-        <v>399</v>
+        <v>254</v>
       </c>
       <c r="B1320" s="0" t="s">
-        <v>400</v>
+        <v>255</v>
       </c>
       <c r="C1320" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1321">
       <c r="A1321" s="0" t="s">
-        <v>401</v>
+        <v>256</v>
       </c>
       <c r="B1321" s="0" t="s">
-        <v>402</v>
+        <v>257</v>
       </c>
       <c r="C1321" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1322">
       <c r="A1322" s="0" t="s">
-        <v>449</v>
+        <v>101</v>
       </c>
       <c r="B1322" s="0" t="s">
-        <v>450</v>
+        <v>102</v>
       </c>
       <c r="C1322" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1323">
       <c r="A1323" s="0" t="s">
-        <v>451</v>
+        <v>103</v>
       </c>
       <c r="B1323" s="0" t="s">
-        <v>452</v>
+        <v>104</v>
       </c>
       <c r="C1323" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1324">
       <c r="A1324" s="0" t="s">
-        <v>453</v>
+        <v>105</v>
       </c>
       <c r="B1324" s="0" t="s">
-        <v>454</v>
+        <v>102</v>
       </c>
       <c r="C1324" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1325">
       <c r="A1325" s="0" t="s">
-        <v>403</v>
+        <v>258</v>
       </c>
       <c r="B1325" s="0" t="s">
-        <v>404</v>
+        <v>259</v>
       </c>
       <c r="C1325" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1326">
       <c r="A1326" s="0" t="s">
-        <v>405</v>
+        <v>260</v>
       </c>
       <c r="B1326" s="0" t="s">
-        <v>406</v>
+        <v>261</v>
       </c>
       <c r="C1326" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1327">
       <c r="A1327" s="0" t="s">
-        <v>407</v>
+        <v>262</v>
       </c>
       <c r="B1327" s="0" t="s">
-        <v>408</v>
+        <v>259</v>
       </c>
       <c r="C1327" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1328">
       <c r="A1328" s="0" t="s">
-        <v>455</v>
+        <v>380</v>
       </c>
       <c r="B1328" s="0" t="s">
-        <v>456</v>
+        <v>7</v>
       </c>
       <c r="C1328" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1329">
       <c r="A1329" s="0" t="s">
-        <v>457</v>
+        <v>381</v>
       </c>
       <c r="B1329" s="0" t="s">
-        <v>458</v>
+        <v>382</v>
       </c>
       <c r="C1329" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1330">
       <c r="A1330" s="0" t="s">
-        <v>459</v>
+        <v>6</v>
       </c>
       <c r="B1330" s="0" t="s">
-        <v>460</v>
+        <v>7</v>
       </c>
       <c r="C1330" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1331">
       <c r="A1331" s="0" t="s">
-        <v>131</v>
+        <v>8</v>
       </c>
       <c r="B1331" s="0" t="s">
-        <v>132</v>
+        <v>7</v>
       </c>
       <c r="C1331" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1332">
       <c r="A1332" s="0" t="s">
-        <v>461</v>
+        <v>263</v>
       </c>
       <c r="B1332" s="0" t="s">
-        <v>462</v>
+        <v>264</v>
       </c>
       <c r="C1332" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1333">
       <c r="A1333" s="0" t="s">
-        <v>463</v>
+        <v>265</v>
       </c>
       <c r="B1333" s="0" t="s">
-        <v>464</v>
+        <v>266</v>
       </c>
       <c r="C1333" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1334">
       <c r="A1334" s="0" t="s">
-        <v>133</v>
+        <v>267</v>
       </c>
       <c r="B1334" s="0" t="s">
-        <v>134</v>
+        <v>268</v>
       </c>
       <c r="C1334" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1335">
       <c r="A1335" s="0" t="s">
-        <v>465</v>
+        <v>270</v>
       </c>
       <c r="B1335" s="0" t="s">
-        <v>466</v>
+        <v>271</v>
       </c>
       <c r="C1335" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1336">
       <c r="A1336" s="0" t="s">
-        <v>421</v>
+        <v>272</v>
       </c>
       <c r="B1336" s="0" t="s">
-        <v>422</v>
+        <v>266</v>
       </c>
       <c r="C1336" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1337">
       <c r="A1337" s="0" t="s">
-        <v>158</v>
+        <v>273</v>
       </c>
       <c r="B1337" s="0" t="s">
-        <v>159</v>
+        <v>266</v>
       </c>
       <c r="C1337" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1338">
       <c r="A1338" s="0" t="s">
-        <v>162</v>
+        <v>377</v>
       </c>
       <c r="B1338" s="0" t="s">
-        <v>163</v>
+        <v>378</v>
       </c>
       <c r="C1338" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1339">
       <c r="A1339" s="0" t="s">
-        <v>274</v>
+        <v>389</v>
       </c>
       <c r="B1339" s="0" t="s">
-        <v>275</v>
+        <v>375</v>
       </c>
       <c r="C1339" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1340">
       <c r="A1340" s="0" t="s">
-        <v>276</v>
+        <v>390</v>
       </c>
       <c r="B1340" s="0" t="s">
-        <v>277</v>
+        <v>373</v>
       </c>
       <c r="C1340" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1341">
       <c r="A1341" s="0" t="s">
-        <v>278</v>
+        <v>376</v>
       </c>
       <c r="B1341" s="0" t="s">
-        <v>279</v>
+        <v>375</v>
       </c>
       <c r="C1341" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1342">
       <c r="A1342" s="0" t="s">
-        <v>137</v>
+        <v>374</v>
       </c>
       <c r="B1342" s="0" t="s">
-        <v>138</v>
+        <v>375</v>
       </c>
       <c r="C1342" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1343">
       <c r="A1343" s="0" t="s">
-        <v>139</v>
+        <v>372</v>
       </c>
       <c r="B1343" s="0" t="s">
-        <v>140</v>
+        <v>373</v>
       </c>
       <c r="C1343" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1344">
       <c r="A1344" s="0" t="s">
-        <v>141</v>
+        <v>379</v>
       </c>
       <c r="B1344" s="0" t="s">
-        <v>138</v>
+        <v>375</v>
       </c>
       <c r="C1344" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1345">
       <c r="A1345" s="0" t="s">
-        <v>280</v>
+        <v>124</v>
       </c>
       <c r="B1345" s="0" t="s">
-        <v>281</v>
+        <v>125</v>
       </c>
       <c r="C1345" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1346">
       <c r="A1346" s="0" t="s">
-        <v>282</v>
+        <v>128</v>
       </c>
       <c r="B1346" s="0" t="s">
-        <v>283</v>
+        <v>129</v>
       </c>
       <c r="C1346" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1347">
       <c r="A1347" s="0" t="s">
-        <v>284</v>
+        <v>130</v>
       </c>
       <c r="B1347" s="0" t="s">
-        <v>281</v>
+        <v>131</v>
       </c>
       <c r="C1347" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1348">
       <c r="A1348" s="0" t="s">
-        <v>3</v>
+        <v>132</v>
       </c>
       <c r="B1348" s="0" t="s">
-        <v>4</v>
+        <v>129</v>
       </c>
       <c r="C1348" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1349">
       <c r="A1349" s="0" t="s">
-        <v>6</v>
+        <v>133</v>
       </c>
       <c r="B1349" s="0" t="s">
-        <v>7</v>
+        <v>129</v>
       </c>
       <c r="C1349" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1350">
       <c r="A1350" s="0" t="s">
-        <v>10</v>
+        <v>274</v>
       </c>
       <c r="B1350" s="0" t="s">
-        <v>4</v>
+        <v>275</v>
       </c>
       <c r="C1350" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1351">
       <c r="A1351" s="0" t="s">
-        <v>11</v>
+        <v>276</v>
       </c>
       <c r="B1351" s="0" t="s">
-        <v>4</v>
+        <v>277</v>
       </c>
       <c r="C1351" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1352">
       <c r="A1352" s="0" t="s">
-        <v>285</v>
+        <v>278</v>
       </c>
       <c r="B1352" s="0" t="s">
-        <v>286</v>
+        <v>275</v>
       </c>
       <c r="C1352" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1353">
       <c r="A1353" s="0" t="s">
-        <v>287</v>
+        <v>181</v>
       </c>
       <c r="B1353" s="0" t="s">
-        <v>288</v>
+        <v>182</v>
       </c>
       <c r="C1353" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1354">
       <c r="A1354" s="0" t="s">
-        <v>289</v>
+        <v>183</v>
       </c>
       <c r="B1354" s="0" t="s">
-        <v>290</v>
+        <v>184</v>
       </c>
       <c r="C1354" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1355">
       <c r="A1355" s="0" t="s">
-        <v>292</v>
+        <v>185</v>
       </c>
       <c r="B1355" s="0" t="s">
-        <v>293</v>
+        <v>186</v>
       </c>
       <c r="C1355" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1356">
       <c r="A1356" s="0" t="s">
-        <v>294</v>
+        <v>187</v>
       </c>
       <c r="B1356" s="0" t="s">
-        <v>288</v>
+        <v>184</v>
       </c>
       <c r="C1356" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1357">
       <c r="A1357" s="0" t="s">
-        <v>295</v>
+        <v>252</v>
       </c>
       <c r="B1357" s="0" t="s">
-        <v>288</v>
+        <v>253</v>
       </c>
       <c r="C1357" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1358">
       <c r="A1358" s="0" t="s">
-        <v>396</v>
+        <v>254</v>
       </c>
       <c r="B1358" s="0" t="s">
-        <v>397</v>
+        <v>255</v>
       </c>
       <c r="C1358" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1359">
       <c r="A1359" s="0" t="s">
-        <v>102</v>
+        <v>256</v>
       </c>
       <c r="B1359" s="0" t="s">
-        <v>103</v>
+        <v>257</v>
       </c>
       <c r="C1359" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1360">
       <c r="A1360" s="0" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="B1360" s="0" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="C1360" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1361">
       <c r="A1361" s="0" t="s">
-        <v>395</v>
+        <v>103</v>
       </c>
       <c r="B1361" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C1361" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1362">
       <c r="A1362" s="0" t="s">
-        <v>394</v>
+        <v>105</v>
       </c>
       <c r="B1362" s="0" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="C1362" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1363">
       <c r="A1363" s="0" t="s">
-        <v>393</v>
+        <v>258</v>
       </c>
       <c r="B1363" s="0" t="s">
-        <v>105</v>
+        <v>259</v>
       </c>
       <c r="C1363" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1364">
       <c r="A1364" s="0" t="s">
-        <v>398</v>
+        <v>260</v>
       </c>
       <c r="B1364" s="0" t="s">
-        <v>103</v>
+        <v>261</v>
       </c>
       <c r="C1364" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1365">
       <c r="A1365" s="0" t="s">
-        <v>160</v>
+        <v>262</v>
       </c>
       <c r="B1365" s="0" t="s">
-        <v>161</v>
+        <v>259</v>
       </c>
       <c r="C1365" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1366">
       <c r="A1366" s="0" t="s">
-        <v>164</v>
+        <v>380</v>
       </c>
       <c r="B1366" s="0" t="s">
-        <v>165</v>
+        <v>7</v>
       </c>
       <c r="C1366" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1367">
       <c r="A1367" s="0" t="s">
-        <v>166</v>
+        <v>381</v>
       </c>
       <c r="B1367" s="0" t="s">
-        <v>167</v>
+        <v>382</v>
       </c>
       <c r="C1367" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1368">
       <c r="A1368" s="0" t="s">
-        <v>168</v>
+        <v>6</v>
       </c>
       <c r="B1368" s="0" t="s">
-        <v>165</v>
+        <v>7</v>
       </c>
       <c r="C1368" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1369">
       <c r="A1369" s="0" t="s">
-        <v>169</v>
+        <v>8</v>
       </c>
       <c r="B1369" s="0" t="s">
-        <v>165</v>
+        <v>7</v>
       </c>
       <c r="C1369" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1370">
       <c r="A1370" s="0" t="s">
-        <v>296</v>
+        <v>263</v>
       </c>
       <c r="B1370" s="0" t="s">
-        <v>297</v>
+        <v>264</v>
       </c>
       <c r="C1370" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1371">
       <c r="A1371" s="0" t="s">
-        <v>298</v>
+        <v>265</v>
       </c>
       <c r="B1371" s="0" t="s">
-        <v>299</v>
+        <v>266</v>
       </c>
       <c r="C1371" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1372">
       <c r="A1372" s="0" t="s">
-        <v>300</v>
+        <v>267</v>
       </c>
       <c r="B1372" s="0" t="s">
-        <v>297</v>
+        <v>268</v>
       </c>
       <c r="C1372" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1373">
       <c r="A1373" s="0" t="s">
-        <v>209</v>
+        <v>270</v>
       </c>
       <c r="B1373" s="0" t="s">
-        <v>210</v>
+        <v>271</v>
       </c>
       <c r="C1373" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1374">
       <c r="A1374" s="0" t="s">
-        <v>91</v>
+        <v>272</v>
       </c>
       <c r="B1374" s="0" t="s">
-        <v>92</v>
+        <v>266</v>
       </c>
       <c r="C1374" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1375">
       <c r="A1375" s="0" t="s">
-        <v>211</v>
+        <v>273</v>
       </c>
       <c r="B1375" s="0" t="s">
-        <v>212</v>
+        <v>266</v>
       </c>
       <c r="C1375" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1376">
       <c r="A1376" s="0" t="s">
-        <v>213</v>
+        <v>377</v>
       </c>
       <c r="B1376" s="0" t="s">
-        <v>92</v>
+        <v>378</v>
       </c>
       <c r="C1376" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1377">
       <c r="A1377" s="0" t="s">
-        <v>274</v>
+        <v>389</v>
       </c>
       <c r="B1377" s="0" t="s">
-        <v>275</v>
+        <v>375</v>
       </c>
       <c r="C1377" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1378">
       <c r="A1378" s="0" t="s">
-        <v>276</v>
+        <v>390</v>
       </c>
       <c r="B1378" s="0" t="s">
-        <v>277</v>
+        <v>373</v>
       </c>
       <c r="C1378" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1379">
       <c r="A1379" s="0" t="s">
-        <v>278</v>
+        <v>376</v>
       </c>
       <c r="B1379" s="0" t="s">
-        <v>279</v>
+        <v>375</v>
       </c>
       <c r="C1379" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1380">
       <c r="A1380" s="0" t="s">
-        <v>137</v>
+        <v>374</v>
       </c>
       <c r="B1380" s="0" t="s">
-        <v>138</v>
+        <v>375</v>
       </c>
       <c r="C1380" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1381">
       <c r="A1381" s="0" t="s">
-        <v>139</v>
+        <v>372</v>
       </c>
       <c r="B1381" s="0" t="s">
-        <v>140</v>
+        <v>373</v>
       </c>
       <c r="C1381" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1382">
       <c r="A1382" s="0" t="s">
-        <v>141</v>
+        <v>379</v>
       </c>
       <c r="B1382" s="0" t="s">
-        <v>138</v>
+        <v>375</v>
       </c>
       <c r="C1382" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1383">
       <c r="A1383" s="0" t="s">
-        <v>280</v>
+        <v>124</v>
       </c>
       <c r="B1383" s="0" t="s">
-        <v>281</v>
+        <v>125</v>
       </c>
       <c r="C1383" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1384">
       <c r="A1384" s="0" t="s">
-        <v>282</v>
+        <v>128</v>
       </c>
       <c r="B1384" s="0" t="s">
-        <v>283</v>
+        <v>129</v>
       </c>
       <c r="C1384" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1385">
       <c r="A1385" s="0" t="s">
-        <v>284</v>
+        <v>130</v>
       </c>
       <c r="B1385" s="0" t="s">
-        <v>281</v>
+        <v>131</v>
       </c>
       <c r="C1385" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1386">
       <c r="A1386" s="0" t="s">
-        <v>3</v>
+        <v>132</v>
       </c>
       <c r="B1386" s="0" t="s">
-        <v>4</v>
+        <v>129</v>
       </c>
       <c r="C1386" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1387">
       <c r="A1387" s="0" t="s">
-        <v>6</v>
+        <v>133</v>
       </c>
       <c r="B1387" s="0" t="s">
-        <v>7</v>
+        <v>129</v>
       </c>
       <c r="C1387" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1388">
       <c r="A1388" s="0" t="s">
-        <v>10</v>
+        <v>274</v>
       </c>
       <c r="B1388" s="0" t="s">
-        <v>4</v>
+        <v>275</v>
       </c>
       <c r="C1388" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1389">
       <c r="A1389" s="0" t="s">
-        <v>11</v>
+        <v>276</v>
       </c>
       <c r="B1389" s="0" t="s">
-        <v>4</v>
+        <v>277</v>
       </c>
       <c r="C1389" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1390">
       <c r="A1390" s="0" t="s">
-        <v>285</v>
+        <v>278</v>
       </c>
       <c r="B1390" s="0" t="s">
-        <v>286</v>
+        <v>275</v>
       </c>
       <c r="C1390" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1391">
       <c r="A1391" s="0" t="s">
-        <v>287</v>
+        <v>181</v>
       </c>
       <c r="B1391" s="0" t="s">
-        <v>288</v>
+        <v>182</v>
       </c>
       <c r="C1391" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1392">
       <c r="A1392" s="0" t="s">
-        <v>289</v>
+        <v>183</v>
       </c>
       <c r="B1392" s="0" t="s">
-        <v>290</v>
+        <v>184</v>
       </c>
       <c r="C1392" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1393">
       <c r="A1393" s="0" t="s">
-        <v>292</v>
+        <v>185</v>
       </c>
       <c r="B1393" s="0" t="s">
-        <v>293</v>
+        <v>186</v>
       </c>
       <c r="C1393" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1394">
       <c r="A1394" s="0" t="s">
-        <v>294</v>
+        <v>187</v>
       </c>
       <c r="B1394" s="0" t="s">
-        <v>288</v>
+        <v>184</v>
       </c>
       <c r="C1394" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1395">
       <c r="A1395" s="0" t="s">
-        <v>295</v>
+        <v>252</v>
       </c>
       <c r="B1395" s="0" t="s">
-        <v>288</v>
+        <v>253</v>
       </c>
       <c r="C1395" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1396">
       <c r="A1396" s="0" t="s">
-        <v>396</v>
+        <v>254</v>
       </c>
       <c r="B1396" s="0" t="s">
-        <v>397</v>
+        <v>255</v>
       </c>
       <c r="C1396" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1397">
       <c r="A1397" s="0" t="s">
-        <v>102</v>
+        <v>256</v>
       </c>
       <c r="B1397" s="0" t="s">
-        <v>103</v>
+        <v>257</v>
       </c>
       <c r="C1397" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1398">
       <c r="A1398" s="0" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="B1398" s="0" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="C1398" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1399">
       <c r="A1399" s="0" t="s">
-        <v>395</v>
+        <v>103</v>
       </c>
       <c r="B1399" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C1399" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1400">
       <c r="A1400" s="0" t="s">
-        <v>394</v>
+        <v>105</v>
       </c>
       <c r="B1400" s="0" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="C1400" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1401">
       <c r="A1401" s="0" t="s">
-        <v>393</v>
+        <v>258</v>
       </c>
       <c r="B1401" s="0" t="s">
-        <v>105</v>
+        <v>259</v>
       </c>
       <c r="C1401" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1402">
       <c r="A1402" s="0" t="s">
-        <v>398</v>
+        <v>260</v>
       </c>
       <c r="B1402" s="0" t="s">
-        <v>103</v>
+        <v>261</v>
       </c>
       <c r="C1402" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1403">
       <c r="A1403" s="0" t="s">
-        <v>160</v>
+        <v>262</v>
       </c>
       <c r="B1403" s="0" t="s">
-        <v>161</v>
+        <v>259</v>
       </c>
       <c r="C1403" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1404">
       <c r="A1404" s="0" t="s">
-        <v>164</v>
+        <v>380</v>
       </c>
       <c r="B1404" s="0" t="s">
-        <v>165</v>
+        <v>7</v>
       </c>
       <c r="C1404" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1405">
       <c r="A1405" s="0" t="s">
-        <v>166</v>
+        <v>381</v>
       </c>
       <c r="B1405" s="0" t="s">
-        <v>167</v>
+        <v>382</v>
       </c>
       <c r="C1405" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1406">
       <c r="A1406" s="0" t="s">
-        <v>168</v>
+        <v>6</v>
       </c>
       <c r="B1406" s="0" t="s">
-        <v>165</v>
+        <v>7</v>
       </c>
       <c r="C1406" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1407">
       <c r="A1407" s="0" t="s">
-        <v>169</v>
+        <v>8</v>
       </c>
       <c r="B1407" s="0" t="s">
-        <v>165</v>
+        <v>7</v>
       </c>
       <c r="C1407" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1408">
       <c r="A1408" s="0" t="s">
-        <v>296</v>
+        <v>263</v>
       </c>
       <c r="B1408" s="0" t="s">
-        <v>297</v>
+        <v>264</v>
       </c>
       <c r="C1408" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1409">
       <c r="A1409" s="0" t="s">
-        <v>298</v>
+        <v>265</v>
       </c>
       <c r="B1409" s="0" t="s">
-        <v>299</v>
+        <v>266</v>
       </c>
       <c r="C1409" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1410">
       <c r="A1410" s="0" t="s">
-        <v>300</v>
+        <v>267</v>
       </c>
       <c r="B1410" s="0" t="s">
-        <v>297</v>
+        <v>268</v>
       </c>
       <c r="C1410" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1411">
       <c r="A1411" s="0" t="s">
-        <v>209</v>
+        <v>270</v>
       </c>
       <c r="B1411" s="0" t="s">
-        <v>210</v>
+        <v>271</v>
       </c>
       <c r="C1411" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1412">
       <c r="A1412" s="0" t="s">
-        <v>91</v>
+        <v>272</v>
       </c>
       <c r="B1412" s="0" t="s">
-        <v>92</v>
+        <v>266</v>
       </c>
       <c r="C1412" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1413">
       <c r="A1413" s="0" t="s">
-        <v>211</v>
+        <v>273</v>
       </c>
       <c r="B1413" s="0" t="s">
-        <v>212</v>
+        <v>266</v>
       </c>
       <c r="C1413" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1414">
       <c r="A1414" s="0" t="s">
-        <v>213</v>
+        <v>377</v>
       </c>
       <c r="B1414" s="0" t="s">
-        <v>92</v>
+        <v>378</v>
       </c>
       <c r="C1414" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1415">
       <c r="A1415" s="0" t="s">
-        <v>274</v>
+        <v>389</v>
       </c>
       <c r="B1415" s="0" t="s">
-        <v>275</v>
+        <v>375</v>
       </c>
       <c r="C1415" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1416">
       <c r="A1416" s="0" t="s">
-        <v>276</v>
+        <v>390</v>
       </c>
       <c r="B1416" s="0" t="s">
-        <v>277</v>
+        <v>373</v>
       </c>
       <c r="C1416" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1417">
       <c r="A1417" s="0" t="s">
-        <v>278</v>
+        <v>376</v>
       </c>
       <c r="B1417" s="0" t="s">
-        <v>279</v>
+        <v>375</v>
       </c>
       <c r="C1417" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1418">
       <c r="A1418" s="0" t="s">
-        <v>137</v>
+        <v>374</v>
       </c>
       <c r="B1418" s="0" t="s">
-        <v>138</v>
+        <v>375</v>
       </c>
       <c r="C1418" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1419">
       <c r="A1419" s="0" t="s">
-        <v>139</v>
+        <v>372</v>
       </c>
       <c r="B1419" s="0" t="s">
-        <v>140</v>
+        <v>373</v>
       </c>
       <c r="C1419" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1420">
       <c r="A1420" s="0" t="s">
-        <v>141</v>
+        <v>379</v>
       </c>
       <c r="B1420" s="0" t="s">
-        <v>138</v>
+        <v>375</v>
       </c>
       <c r="C1420" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1421">
       <c r="A1421" s="0" t="s">
-        <v>280</v>
+        <v>124</v>
       </c>
       <c r="B1421" s="0" t="s">
-        <v>281</v>
+        <v>125</v>
       </c>
       <c r="C1421" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1422">
       <c r="A1422" s="0" t="s">
-        <v>282</v>
+        <v>128</v>
       </c>
       <c r="B1422" s="0" t="s">
-        <v>283</v>
+        <v>129</v>
       </c>
       <c r="C1422" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1423">
       <c r="A1423" s="0" t="s">
-        <v>284</v>
+        <v>130</v>
       </c>
       <c r="B1423" s="0" t="s">
-        <v>281</v>
+        <v>131</v>
       </c>
       <c r="C1423" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1424">
       <c r="A1424" s="0" t="s">
-        <v>3</v>
+        <v>132</v>
       </c>
       <c r="B1424" s="0" t="s">
-        <v>4</v>
+        <v>129</v>
       </c>
       <c r="C1424" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1425">
       <c r="A1425" s="0" t="s">
-        <v>6</v>
+        <v>133</v>
       </c>
       <c r="B1425" s="0" t="s">
-        <v>7</v>
+        <v>129</v>
       </c>
       <c r="C1425" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1426">
       <c r="A1426" s="0" t="s">
-        <v>10</v>
+        <v>274</v>
       </c>
       <c r="B1426" s="0" t="s">
-        <v>4</v>
+        <v>275</v>
       </c>
       <c r="C1426" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1427">
       <c r="A1427" s="0" t="s">
-        <v>11</v>
+        <v>276</v>
       </c>
       <c r="B1427" s="0" t="s">
-        <v>4</v>
+        <v>277</v>
       </c>
       <c r="C1427" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1428">
       <c r="A1428" s="0" t="s">
-        <v>285</v>
+        <v>278</v>
       </c>
       <c r="B1428" s="0" t="s">
-        <v>286</v>
+        <v>275</v>
       </c>
       <c r="C1428" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1429">
       <c r="A1429" s="0" t="s">
-        <v>287</v>
+        <v>181</v>
       </c>
       <c r="B1429" s="0" t="s">
-        <v>288</v>
+        <v>182</v>
       </c>
       <c r="C1429" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1430">
       <c r="A1430" s="0" t="s">
-        <v>289</v>
+        <v>183</v>
       </c>
       <c r="B1430" s="0" t="s">
-        <v>290</v>
+        <v>184</v>
       </c>
       <c r="C1430" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1431">
       <c r="A1431" s="0" t="s">
-        <v>292</v>
+        <v>185</v>
       </c>
       <c r="B1431" s="0" t="s">
-        <v>293</v>
+        <v>186</v>
       </c>
       <c r="C1431" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1432">
       <c r="A1432" s="0" t="s">
-        <v>294</v>
+        <v>187</v>
       </c>
       <c r="B1432" s="0" t="s">
-        <v>288</v>
+        <v>184</v>
       </c>
       <c r="C1432" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1433">
       <c r="A1433" s="0" t="s">
-        <v>295</v>
+        <v>252</v>
       </c>
       <c r="B1433" s="0" t="s">
-        <v>288</v>
+        <v>253</v>
       </c>
       <c r="C1433" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1434">
       <c r="A1434" s="0" t="s">
-        <v>396</v>
+        <v>254</v>
       </c>
       <c r="B1434" s="0" t="s">
-        <v>397</v>
+        <v>255</v>
       </c>
       <c r="C1434" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1435">
       <c r="A1435" s="0" t="s">
-        <v>102</v>
+        <v>256</v>
       </c>
       <c r="B1435" s="0" t="s">
-        <v>103</v>
+        <v>257</v>
       </c>
       <c r="C1435" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1436">
       <c r="A1436" s="0" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="B1436" s="0" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="C1436" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1437">
       <c r="A1437" s="0" t="s">
-        <v>395</v>
+        <v>103</v>
       </c>
       <c r="B1437" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C1437" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1438">
       <c r="A1438" s="0" t="s">
-        <v>394</v>
+        <v>105</v>
       </c>
       <c r="B1438" s="0" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="C1438" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1439">
       <c r="A1439" s="0" t="s">
-        <v>393</v>
+        <v>258</v>
       </c>
       <c r="B1439" s="0" t="s">
-        <v>105</v>
+        <v>259</v>
       </c>
       <c r="C1439" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1440">
       <c r="A1440" s="0" t="s">
-        <v>398</v>
+        <v>260</v>
       </c>
       <c r="B1440" s="0" t="s">
-        <v>103</v>
+        <v>261</v>
       </c>
       <c r="C1440" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1441">
       <c r="A1441" s="0" t="s">
-        <v>160</v>
+        <v>262</v>
       </c>
       <c r="B1441" s="0" t="s">
-        <v>161</v>
+        <v>259</v>
       </c>
       <c r="C1441" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1442">
       <c r="A1442" s="0" t="s">
-        <v>164</v>
+        <v>380</v>
       </c>
       <c r="B1442" s="0" t="s">
-        <v>165</v>
+        <v>7</v>
       </c>
       <c r="C1442" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1443">
       <c r="A1443" s="0" t="s">
-        <v>166</v>
+        <v>381</v>
       </c>
       <c r="B1443" s="0" t="s">
-        <v>167</v>
+        <v>382</v>
       </c>
       <c r="C1443" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1444">
       <c r="A1444" s="0" t="s">
-        <v>168</v>
+        <v>6</v>
       </c>
       <c r="B1444" s="0" t="s">
-        <v>165</v>
+        <v>7</v>
       </c>
       <c r="C1444" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1445">
       <c r="A1445" s="0" t="s">
-        <v>169</v>
+        <v>8</v>
       </c>
       <c r="B1445" s="0" t="s">
-        <v>165</v>
+        <v>7</v>
       </c>
       <c r="C1445" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1446">
       <c r="A1446" s="0" t="s">
-        <v>296</v>
+        <v>263</v>
       </c>
       <c r="B1446" s="0" t="s">
-        <v>297</v>
+        <v>264</v>
       </c>
       <c r="C1446" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1447">
       <c r="A1447" s="0" t="s">
-        <v>298</v>
+        <v>265</v>
       </c>
       <c r="B1447" s="0" t="s">
-        <v>299</v>
+        <v>266</v>
       </c>
       <c r="C1447" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1448">
       <c r="A1448" s="0" t="s">
-        <v>300</v>
+        <v>267</v>
       </c>
       <c r="B1448" s="0" t="s">
-        <v>297</v>
+        <v>268</v>
       </c>
       <c r="C1448" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1449">
       <c r="A1449" s="0" t="s">
-        <v>209</v>
+        <v>270</v>
       </c>
       <c r="B1449" s="0" t="s">
-        <v>210</v>
+        <v>271</v>
       </c>
       <c r="C1449" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1450">
       <c r="A1450" s="0" t="s">
-        <v>91</v>
+        <v>272</v>
       </c>
       <c r="B1450" s="0" t="s">
-        <v>92</v>
+        <v>266</v>
       </c>
       <c r="C1450" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1451">
       <c r="A1451" s="0" t="s">
-        <v>211</v>
+        <v>273</v>
       </c>
       <c r="B1451" s="0" t="s">
-        <v>212</v>
+        <v>266</v>
       </c>
       <c r="C1451" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1452">
       <c r="A1452" s="0" t="s">
-        <v>213</v>
+        <v>377</v>
       </c>
       <c r="B1452" s="0" t="s">
-        <v>92</v>
+        <v>378</v>
       </c>
       <c r="C1452" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1453">
       <c r="A1453" s="0" t="s">
-        <v>274</v>
+        <v>389</v>
       </c>
       <c r="B1453" s="0" t="s">
-        <v>275</v>
+        <v>375</v>
       </c>
       <c r="C1453" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1454">
       <c r="A1454" s="0" t="s">
-        <v>276</v>
+        <v>390</v>
       </c>
       <c r="B1454" s="0" t="s">
-        <v>277</v>
+        <v>373</v>
       </c>
       <c r="C1454" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1455">
       <c r="A1455" s="0" t="s">
-        <v>278</v>
+        <v>376</v>
       </c>
       <c r="B1455" s="0" t="s">
-        <v>279</v>
+        <v>375</v>
       </c>
       <c r="C1455" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1456">
       <c r="A1456" s="0" t="s">
-        <v>137</v>
+        <v>374</v>
       </c>
       <c r="B1456" s="0" t="s">
-        <v>138</v>
+        <v>375</v>
       </c>
       <c r="C1456" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1457">
       <c r="A1457" s="0" t="s">
-        <v>139</v>
+        <v>372</v>
       </c>
       <c r="B1457" s="0" t="s">
-        <v>140</v>
+        <v>373</v>
       </c>
       <c r="C1457" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1458">
       <c r="A1458" s="0" t="s">
-        <v>141</v>
+        <v>379</v>
       </c>
       <c r="B1458" s="0" t="s">
-        <v>138</v>
+        <v>375</v>
       </c>
       <c r="C1458" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1459">
       <c r="A1459" s="0" t="s">
-        <v>280</v>
+        <v>124</v>
       </c>
       <c r="B1459" s="0" t="s">
-        <v>281</v>
+        <v>125</v>
       </c>
       <c r="C1459" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1460">
       <c r="A1460" s="0" t="s">
-        <v>282</v>
+        <v>128</v>
       </c>
       <c r="B1460" s="0" t="s">
-        <v>283</v>
+        <v>129</v>
       </c>
       <c r="C1460" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1461">
       <c r="A1461" s="0" t="s">
-        <v>284</v>
+        <v>130</v>
       </c>
       <c r="B1461" s="0" t="s">
-        <v>281</v>
+        <v>131</v>
       </c>
       <c r="C1461" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1462">
       <c r="A1462" s="0" t="s">
-        <v>3</v>
+        <v>132</v>
       </c>
       <c r="B1462" s="0" t="s">
-        <v>4</v>
+        <v>129</v>
       </c>
       <c r="C1462" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1463">
       <c r="A1463" s="0" t="s">
-        <v>6</v>
+        <v>133</v>
       </c>
       <c r="B1463" s="0" t="s">
-        <v>7</v>
+        <v>129</v>
       </c>
       <c r="C1463" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1464">
       <c r="A1464" s="0" t="s">
-        <v>10</v>
+        <v>274</v>
       </c>
       <c r="B1464" s="0" t="s">
-        <v>4</v>
+        <v>275</v>
       </c>
       <c r="C1464" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1465">
       <c r="A1465" s="0" t="s">
-        <v>11</v>
+        <v>276</v>
       </c>
       <c r="B1465" s="0" t="s">
-        <v>4</v>
+        <v>277</v>
       </c>
       <c r="C1465" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1466">
       <c r="A1466" s="0" t="s">
-        <v>285</v>
+        <v>278</v>
       </c>
       <c r="B1466" s="0" t="s">
-        <v>286</v>
+        <v>275</v>
       </c>
       <c r="C1466" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1467">
       <c r="A1467" s="0" t="s">
-        <v>287</v>
+        <v>181</v>
       </c>
       <c r="B1467" s="0" t="s">
-        <v>288</v>
+        <v>182</v>
       </c>
       <c r="C1467" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1468">
       <c r="A1468" s="0" t="s">
-        <v>289</v>
+        <v>183</v>
       </c>
       <c r="B1468" s="0" t="s">
-        <v>290</v>
+        <v>184</v>
       </c>
       <c r="C1468" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1469">
       <c r="A1469" s="0" t="s">
-        <v>292</v>
+        <v>185</v>
       </c>
       <c r="B1469" s="0" t="s">
-        <v>293</v>
+        <v>186</v>
       </c>
       <c r="C1469" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1470">
       <c r="A1470" s="0" t="s">
-        <v>294</v>
+        <v>187</v>
       </c>
       <c r="B1470" s="0" t="s">
-        <v>288</v>
+        <v>184</v>
       </c>
       <c r="C1470" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1471">
       <c r="A1471" s="0" t="s">
-        <v>295</v>
+        <v>469</v>
       </c>
       <c r="B1471" s="0" t="s">
-        <v>288</v>
+        <v>470</v>
       </c>
       <c r="C1471" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1472">
       <c r="A1472" s="0" t="s">
-        <v>396</v>
+        <v>471</v>
       </c>
       <c r="B1472" s="0" t="s">
-        <v>397</v>
+        <v>472</v>
       </c>
       <c r="C1472" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1473">
       <c r="A1473" s="0" t="s">
-        <v>102</v>
+        <v>409</v>
       </c>
       <c r="B1473" s="0" t="s">
-        <v>103</v>
+        <v>410</v>
       </c>
       <c r="C1473" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1474">
       <c r="A1474" s="0" t="s">
-        <v>104</v>
+        <v>411</v>
       </c>
       <c r="B1474" s="0" t="s">
-        <v>105</v>
+        <v>412</v>
       </c>
       <c r="C1474" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1475">
       <c r="A1475" s="0" t="s">
-        <v>395</v>
+        <v>473</v>
       </c>
       <c r="B1475" s="0" t="s">
-        <v>103</v>
+        <v>474</v>
       </c>
       <c r="C1475" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1476">
       <c r="A1476" s="0" t="s">
-        <v>394</v>
+        <v>475</v>
       </c>
       <c r="B1476" s="0" t="s">
-        <v>103</v>
+        <v>476</v>
       </c>
       <c r="C1476" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1477">
       <c r="A1477" s="0" t="s">
-        <v>393</v>
+        <v>477</v>
       </c>
       <c r="B1477" s="0" t="s">
-        <v>105</v>
+        <v>478</v>
       </c>
       <c r="C1477" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1478">
       <c r="A1478" s="0" t="s">
-        <v>398</v>
+        <v>413</v>
       </c>
       <c r="B1478" s="0" t="s">
-        <v>103</v>
+        <v>414</v>
       </c>
       <c r="C1478" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1479">
       <c r="A1479" s="0" t="s">
-        <v>160</v>
+        <v>415</v>
       </c>
       <c r="B1479" s="0" t="s">
-        <v>161</v>
+        <v>416</v>
       </c>
       <c r="C1479" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1480">
       <c r="A1480" s="0" t="s">
-        <v>164</v>
+        <v>417</v>
       </c>
       <c r="B1480" s="0" t="s">
-        <v>165</v>
+        <v>418</v>
       </c>
       <c r="C1480" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1481">
       <c r="A1481" s="0" t="s">
-        <v>166</v>
+        <v>419</v>
       </c>
       <c r="B1481" s="0" t="s">
-        <v>167</v>
+        <v>420</v>
       </c>
       <c r="C1481" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1482">
       <c r="A1482" s="0" t="s">
-        <v>168</v>
+        <v>479</v>
       </c>
       <c r="B1482" s="0" t="s">
-        <v>165</v>
+        <v>480</v>
       </c>
       <c r="C1482" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1483">
       <c r="A1483" s="0" t="s">
-        <v>169</v>
+        <v>481</v>
       </c>
       <c r="B1483" s="0" t="s">
-        <v>165</v>
+        <v>482</v>
       </c>
       <c r="C1483" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1484">
       <c r="A1484" s="0" t="s">
-        <v>296</v>
+        <v>431</v>
       </c>
       <c r="B1484" s="0" t="s">
-        <v>297</v>
+        <v>432</v>
       </c>
       <c r="C1484" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1485">
       <c r="A1485" s="0" t="s">
-        <v>298</v>
+        <v>433</v>
       </c>
       <c r="B1485" s="0" t="s">
-        <v>299</v>
+        <v>434</v>
       </c>
       <c r="C1485" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1486">
       <c r="A1486" s="0" t="s">
-        <v>300</v>
+        <v>435</v>
       </c>
       <c r="B1486" s="0" t="s">
-        <v>297</v>
+        <v>436</v>
       </c>
       <c r="C1486" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1487">
       <c r="A1487" s="0" t="s">
-        <v>209</v>
+        <v>437</v>
       </c>
       <c r="B1487" s="0" t="s">
-        <v>210</v>
+        <v>438</v>
       </c>
       <c r="C1487" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1488">
       <c r="A1488" s="0" t="s">
-        <v>91</v>
+        <v>299</v>
       </c>
       <c r="B1488" s="0" t="s">
-        <v>92</v>
+        <v>300</v>
       </c>
       <c r="C1488" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1489">
       <c r="A1489" s="0" t="s">
-        <v>211</v>
+        <v>301</v>
       </c>
       <c r="B1489" s="0" t="s">
-        <v>212</v>
+        <v>302</v>
       </c>
       <c r="C1489" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1490">
       <c r="A1490" s="0" t="s">
-        <v>213</v>
+        <v>303</v>
       </c>
       <c r="B1490" s="0" t="s">
-        <v>92</v>
+        <v>304</v>
       </c>
       <c r="C1490" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1491">
       <c r="A1491" s="0" t="s">
-        <v>469</v>
+        <v>305</v>
       </c>
       <c r="B1491" s="0" t="s">
-        <v>470</v>
+        <v>306</v>
       </c>
       <c r="C1491" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1492">
       <c r="A1492" s="0" t="s">
-        <v>471</v>
+        <v>307</v>
       </c>
       <c r="B1492" s="0" t="s">
-        <v>472</v>
+        <v>308</v>
       </c>
       <c r="C1492" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1493">
       <c r="A1493" s="0" t="s">
-        <v>409</v>
+        <v>309</v>
       </c>
       <c r="B1493" s="0" t="s">
-        <v>410</v>
+        <v>310</v>
       </c>
       <c r="C1493" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1494">
       <c r="A1494" s="0" t="s">
-        <v>411</v>
+        <v>311</v>
       </c>
       <c r="B1494" s="0" t="s">
-        <v>412</v>
+        <v>312</v>
       </c>
       <c r="C1494" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1495">
       <c r="A1495" s="0" t="s">
-        <v>473</v>
+        <v>313</v>
       </c>
       <c r="B1495" s="0" t="s">
-        <v>474</v>
+        <v>314</v>
       </c>
       <c r="C1495" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1496">
       <c r="A1496" s="0" t="s">
-        <v>475</v>
+        <v>315</v>
       </c>
       <c r="B1496" s="0" t="s">
-        <v>476</v>
+        <v>316</v>
       </c>
       <c r="C1496" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1497">
       <c r="A1497" s="0" t="s">
-        <v>477</v>
+        <v>317</v>
       </c>
       <c r="B1497" s="0" t="s">
-        <v>478</v>
+        <v>318</v>
       </c>
       <c r="C1497" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1498">
       <c r="A1498" s="0" t="s">
-        <v>413</v>
+        <v>319</v>
       </c>
       <c r="B1498" s="0" t="s">
-        <v>414</v>
+        <v>320</v>
       </c>
       <c r="C1498" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1499">
       <c r="A1499" s="0" t="s">
-        <v>415</v>
+        <v>321</v>
       </c>
       <c r="B1499" s="0" t="s">
-        <v>416</v>
+        <v>322</v>
       </c>
       <c r="C1499" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1500">
       <c r="A1500" s="0" t="s">
-        <v>417</v>
+        <v>323</v>
       </c>
       <c r="B1500" s="0" t="s">
-        <v>418</v>
+        <v>324</v>
       </c>
       <c r="C1500" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1501">
       <c r="A1501" s="0" t="s">
-        <v>419</v>
+        <v>325</v>
       </c>
       <c r="B1501" s="0" t="s">
-        <v>420</v>
+        <v>326</v>
       </c>
       <c r="C1501" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1502">
       <c r="A1502" s="0" t="s">
-        <v>479</v>
+        <v>327</v>
       </c>
       <c r="B1502" s="0" t="s">
-        <v>480</v>
+        <v>326</v>
       </c>
       <c r="C1502" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1503">
       <c r="A1503" s="0" t="s">
-        <v>481</v>
+        <v>328</v>
       </c>
       <c r="B1503" s="0" t="s">
-        <v>482</v>
+        <v>329</v>
       </c>
       <c r="C1503" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1504">
       <c r="A1504" s="0" t="s">
-        <v>431</v>
+        <v>330</v>
       </c>
       <c r="B1504" s="0" t="s">
-        <v>432</v>
+        <v>331</v>
       </c>
       <c r="C1504" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1505">
       <c r="A1505" s="0" t="s">
-        <v>433</v>
+        <v>332</v>
       </c>
       <c r="B1505" s="0" t="s">
-        <v>434</v>
+        <v>333</v>
       </c>
       <c r="C1505" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1506">
       <c r="A1506" s="0" t="s">
-        <v>435</v>
+        <v>334</v>
       </c>
       <c r="B1506" s="0" t="s">
-        <v>436</v>
+        <v>335</v>
       </c>
       <c r="C1506" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1507">
       <c r="A1507" s="0" t="s">
-        <v>437</v>
+        <v>336</v>
       </c>
       <c r="B1507" s="0" t="s">
-        <v>438</v>
+        <v>337</v>
       </c>
       <c r="C1507" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1508">
       <c r="A1508" s="0" t="s">
-        <v>321</v>
+        <v>338</v>
       </c>
       <c r="B1508" s="0" t="s">
-        <v>322</v>
+        <v>335</v>
       </c>
       <c r="C1508" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1509">
       <c r="A1509" s="0" t="s">
-        <v>323</v>
+        <v>383</v>
       </c>
       <c r="B1509" s="0" t="s">
-        <v>324</v>
+        <v>384</v>
       </c>
       <c r="C1509" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1510">
       <c r="A1510" s="0" t="s">
-        <v>325</v>
+        <v>32</v>
       </c>
       <c r="B1510" s="0" t="s">
-        <v>326</v>
+        <v>33</v>
       </c>
       <c r="C1510" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1511">
       <c r="A1511" s="0" t="s">
-        <v>327</v>
+        <v>339</v>
       </c>
       <c r="B1511" s="0" t="s">
-        <v>328</v>
+        <v>340</v>
       </c>
       <c r="C1511" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1512">
       <c r="A1512" s="0" t="s">
-        <v>329</v>
+        <v>341</v>
       </c>
       <c r="B1512" s="0" t="s">
-        <v>330</v>
+        <v>342</v>
       </c>
       <c r="C1512" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1513">
       <c r="A1513" s="0" t="s">
-        <v>331</v>
+        <v>343</v>
       </c>
       <c r="B1513" s="0" t="s">
-        <v>332</v>
+        <v>344</v>
       </c>
       <c r="C1513" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1514">
       <c r="A1514" s="0" t="s">
-        <v>333</v>
+        <v>345</v>
       </c>
       <c r="B1514" s="0" t="s">
-        <v>334</v>
+        <v>340</v>
       </c>
       <c r="C1514" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1515">
       <c r="A1515" s="0" t="s">
-        <v>335</v>
+        <v>346</v>
       </c>
       <c r="B1515" s="0" t="s">
-        <v>336</v>
+        <v>347</v>
       </c>
       <c r="C1515" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1516">
       <c r="A1516" s="0" t="s">
-        <v>337</v>
+        <v>348</v>
       </c>
       <c r="B1516" s="0" t="s">
-        <v>338</v>
+        <v>349</v>
       </c>
       <c r="C1516" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1517">
       <c r="A1517" s="0" t="s">
-        <v>339</v>
+        <v>350</v>
       </c>
       <c r="B1517" s="0" t="s">
-        <v>340</v>
+        <v>351</v>
       </c>
       <c r="C1517" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1518">
       <c r="A1518" s="0" t="s">
-        <v>341</v>
+        <v>352</v>
       </c>
       <c r="B1518" s="0" t="s">
-        <v>342</v>
+        <v>353</v>
       </c>
       <c r="C1518" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1519">
       <c r="A1519" s="0" t="s">
-        <v>343</v>
+        <v>354</v>
       </c>
       <c r="B1519" s="0" t="s">
-        <v>344</v>
+        <v>355</v>
       </c>
       <c r="C1519" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1520">
       <c r="A1520" s="0" t="s">
-        <v>345</v>
+        <v>356</v>
       </c>
       <c r="B1520" s="0" t="s">
-        <v>346</v>
+        <v>357</v>
       </c>
       <c r="C1520" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1521">
       <c r="A1521" s="0" t="s">
-        <v>347</v>
+        <v>358</v>
       </c>
       <c r="B1521" s="0" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="C1521" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1522">
       <c r="A1522" s="0" t="s">
-        <v>349</v>
+        <v>359</v>
       </c>
       <c r="B1522" s="0" t="s">
-        <v>348</v>
+        <v>360</v>
       </c>
       <c r="C1522" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1523">
       <c r="A1523" s="0" t="s">
-        <v>350</v>
+        <v>361</v>
       </c>
       <c r="B1523" s="0" t="s">
-        <v>351</v>
+        <v>362</v>
       </c>
       <c r="C1523" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1524">
       <c r="A1524" s="0" t="s">
-        <v>352</v>
+        <v>363</v>
       </c>
       <c r="B1524" s="0" t="s">
-        <v>353</v>
+        <v>360</v>
       </c>
       <c r="C1524" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1525">
       <c r="A1525" s="0" t="s">
-        <v>354</v>
+        <v>364</v>
       </c>
       <c r="B1525" s="0" t="s">
-        <v>355</v>
+        <v>362</v>
       </c>
       <c r="C1525" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1526">
       <c r="A1526" s="0" t="s">
-        <v>356</v>
+        <v>34</v>
       </c>
       <c r="B1526" s="0" t="s">
-        <v>357</v>
+        <v>35</v>
       </c>
       <c r="C1526" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1527">
       <c r="A1527" s="0" t="s">
-        <v>358</v>
+        <v>391</v>
       </c>
       <c r="B1527" s="0" t="s">
-        <v>359</v>
+        <v>392</v>
       </c>
       <c r="C1527" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1528">
       <c r="A1528" s="0" t="s">
-        <v>360</v>
+        <v>36</v>
       </c>
       <c r="B1528" s="0" t="s">
-        <v>357</v>
+        <v>37</v>
       </c>
       <c r="C1528" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1529">
       <c r="A1529" s="0" t="s">
-        <v>108</v>
+        <v>393</v>
       </c>
       <c r="B1529" s="0" t="s">
-        <v>109</v>
+        <v>41</v>
       </c>
       <c r="C1529" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1530">
       <c r="A1530" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B1530" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C1530" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1531">
       <c r="A1531" s="0" t="s">
-        <v>361</v>
+        <v>40</v>
       </c>
       <c r="B1531" s="0" t="s">
-        <v>362</v>
+        <v>41</v>
       </c>
       <c r="C1531" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1532">
       <c r="A1532" s="0" t="s">
-        <v>363</v>
+        <v>42</v>
       </c>
       <c r="B1532" s="0" t="s">
-        <v>364</v>
+        <v>39</v>
       </c>
       <c r="C1532" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1533">
       <c r="A1533" s="0" t="s">
-        <v>365</v>
+        <v>43</v>
       </c>
       <c r="B1533" s="0" t="s">
-        <v>366</v>
+        <v>44</v>
       </c>
       <c r="C1533" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1534">
       <c r="A1534" s="0" t="s">
-        <v>367</v>
+        <v>164</v>
       </c>
       <c r="B1534" s="0" t="s">
-        <v>362</v>
+        <v>165</v>
       </c>
       <c r="C1534" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1535">
       <c r="A1535" s="0" t="s">
-        <v>368</v>
+        <v>45</v>
       </c>
       <c r="B1535" s="0" t="s">
-        <v>369</v>
+        <v>46</v>
       </c>
       <c r="C1535" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1536">
       <c r="A1536" s="0" t="s">
-        <v>370</v>
+        <v>166</v>
       </c>
       <c r="B1536" s="0" t="s">
-        <v>371</v>
+        <v>48</v>
       </c>
       <c r="C1536" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1537">
       <c r="A1537" s="0" t="s">
-        <v>372</v>
+        <v>47</v>
       </c>
       <c r="B1537" s="0" t="s">
-        <v>373</v>
+        <v>48</v>
       </c>
       <c r="C1537" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1538">
       <c r="A1538" s="0" t="s">
-        <v>374</v>
+        <v>299</v>
       </c>
       <c r="B1538" s="0" t="s">
-        <v>375</v>
+        <v>300</v>
       </c>
       <c r="C1538" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1539">
       <c r="A1539" s="0" t="s">
-        <v>376</v>
+        <v>301</v>
       </c>
       <c r="B1539" s="0" t="s">
-        <v>377</v>
+        <v>302</v>
       </c>
       <c r="C1539" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1540">
       <c r="A1540" s="0" t="s">
-        <v>378</v>
+        <v>303</v>
       </c>
       <c r="B1540" s="0" t="s">
-        <v>379</v>
+        <v>304</v>
       </c>
       <c r="C1540" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1541">
       <c r="A1541" s="0" t="s">
-        <v>380</v>
+        <v>305</v>
       </c>
       <c r="B1541" s="0" t="s">
-        <v>375</v>
+        <v>306</v>
       </c>
       <c r="C1541" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1542">
       <c r="A1542" s="0" t="s">
-        <v>381</v>
+        <v>307</v>
       </c>
       <c r="B1542" s="0" t="s">
-        <v>382</v>
+        <v>308</v>
       </c>
       <c r="C1542" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1543">
       <c r="A1543" s="0" t="s">
-        <v>383</v>
+        <v>309</v>
       </c>
       <c r="B1543" s="0" t="s">
-        <v>384</v>
+        <v>310</v>
       </c>
       <c r="C1543" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1544">
       <c r="A1544" s="0" t="s">
-        <v>385</v>
+        <v>311</v>
       </c>
       <c r="B1544" s="0" t="s">
-        <v>382</v>
+        <v>312</v>
       </c>
       <c r="C1544" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1545">
       <c r="A1545" s="0" t="s">
-        <v>386</v>
+        <v>313</v>
       </c>
       <c r="B1545" s="0" t="s">
-        <v>384</v>
+        <v>314</v>
       </c>
       <c r="C1545" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1546">
       <c r="A1546" s="0" t="s">
-        <v>39</v>
+        <v>315</v>
       </c>
       <c r="B1546" s="0" t="s">
-        <v>40</v>
+        <v>316</v>
       </c>
       <c r="C1546" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1547">
       <c r="A1547" s="0" t="s">
-        <v>110</v>
+        <v>317</v>
       </c>
       <c r="B1547" s="0" t="s">
-        <v>111</v>
+        <v>318</v>
       </c>
       <c r="C1547" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1548">
       <c r="A1548" s="0" t="s">
-        <v>41</v>
+        <v>319</v>
       </c>
       <c r="B1548" s="0" t="s">
-        <v>42</v>
+        <v>320</v>
       </c>
       <c r="C1548" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1549">
       <c r="A1549" s="0" t="s">
-        <v>43</v>
+        <v>321</v>
       </c>
       <c r="B1549" s="0" t="s">
-        <v>44</v>
+        <v>322</v>
       </c>
       <c r="C1549" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1550">
       <c r="A1550" s="0" t="s">
-        <v>45</v>
+        <v>323</v>
       </c>
       <c r="B1550" s="0" t="s">
-        <v>46</v>
+        <v>324</v>
       </c>
       <c r="C1550" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1551">
       <c r="A1551" s="0" t="s">
-        <v>47</v>
+        <v>325</v>
       </c>
       <c r="B1551" s="0" t="s">
-        <v>44</v>
+        <v>326</v>
       </c>
       <c r="C1551" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1552">
       <c r="A1552" s="0" t="s">
-        <v>48</v>
+        <v>327</v>
       </c>
       <c r="B1552" s="0" t="s">
-        <v>46</v>
+        <v>326</v>
       </c>
       <c r="C1552" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1553">
       <c r="A1553" s="0" t="s">
-        <v>49</v>
+        <v>328</v>
       </c>
       <c r="B1553" s="0" t="s">
-        <v>50</v>
+        <v>329</v>
       </c>
       <c r="C1553" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1554">
       <c r="A1554" s="0" t="s">
-        <v>51</v>
+        <v>330</v>
       </c>
       <c r="B1554" s="0" t="s">
-        <v>52</v>
+        <v>331</v>
       </c>
       <c r="C1554" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1555">
       <c r="A1555" s="0" t="s">
-        <v>53</v>
+        <v>332</v>
       </c>
       <c r="B1555" s="0" t="s">
-        <v>54</v>
+        <v>333</v>
       </c>
       <c r="C1555" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1556">
       <c r="A1556" s="0" t="s">
-        <v>117</v>
+        <v>334</v>
       </c>
       <c r="B1556" s="0" t="s">
-        <v>56</v>
+        <v>335</v>
       </c>
       <c r="C1556" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1557">
       <c r="A1557" s="0" t="s">
-        <v>55</v>
+        <v>336</v>
       </c>
       <c r="B1557" s="0" t="s">
-        <v>56</v>
+        <v>337</v>
       </c>
       <c r="C1557" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1558">
       <c r="A1558" s="0" t="s">
-        <v>321</v>
+        <v>338</v>
       </c>
       <c r="B1558" s="0" t="s">
-        <v>322</v>
+        <v>335</v>
       </c>
       <c r="C1558" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1559">
       <c r="A1559" s="0" t="s">
-        <v>323</v>
+        <v>383</v>
       </c>
       <c r="B1559" s="0" t="s">
-        <v>324</v>
+        <v>384</v>
       </c>
       <c r="C1559" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1560">
       <c r="A1560" s="0" t="s">
-        <v>325</v>
+        <v>32</v>
       </c>
       <c r="B1560" s="0" t="s">
-        <v>326</v>
+        <v>33</v>
       </c>
       <c r="C1560" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1561">
       <c r="A1561" s="0" t="s">
-        <v>327</v>
+        <v>339</v>
       </c>
       <c r="B1561" s="0" t="s">
-        <v>328</v>
+        <v>340</v>
       </c>
       <c r="C1561" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1562">
       <c r="A1562" s="0" t="s">
-        <v>329</v>
+        <v>341</v>
       </c>
       <c r="B1562" s="0" t="s">
-        <v>330</v>
+        <v>342</v>
       </c>
       <c r="C1562" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1563">
       <c r="A1563" s="0" t="s">
-        <v>331</v>
+        <v>343</v>
       </c>
       <c r="B1563" s="0" t="s">
-        <v>332</v>
+        <v>344</v>
       </c>
       <c r="C1563" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1564">
       <c r="A1564" s="0" t="s">
-        <v>333</v>
+        <v>345</v>
       </c>
       <c r="B1564" s="0" t="s">
-        <v>334</v>
+        <v>340</v>
       </c>
       <c r="C1564" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1565">
       <c r="A1565" s="0" t="s">
-        <v>335</v>
+        <v>346</v>
       </c>
       <c r="B1565" s="0" t="s">
-        <v>336</v>
+        <v>347</v>
       </c>
       <c r="C1565" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1566">
       <c r="A1566" s="0" t="s">
-        <v>337</v>
+        <v>348</v>
       </c>
       <c r="B1566" s="0" t="s">
-        <v>338</v>
+        <v>349</v>
       </c>
       <c r="C1566" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1567">
       <c r="A1567" s="0" t="s">
-        <v>339</v>
+        <v>350</v>
       </c>
       <c r="B1567" s="0" t="s">
-        <v>340</v>
+        <v>351</v>
       </c>
       <c r="C1567" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1568">
       <c r="A1568" s="0" t="s">
-        <v>341</v>
+        <v>352</v>
       </c>
       <c r="B1568" s="0" t="s">
-        <v>342</v>
+        <v>353</v>
       </c>
       <c r="C1568" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1569">
       <c r="A1569" s="0" t="s">
-        <v>343</v>
+        <v>354</v>
       </c>
       <c r="B1569" s="0" t="s">
-        <v>344</v>
+        <v>355</v>
       </c>
       <c r="C1569" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1570">
       <c r="A1570" s="0" t="s">
-        <v>345</v>
+        <v>356</v>
       </c>
       <c r="B1570" s="0" t="s">
-        <v>346</v>
+        <v>357</v>
       </c>
       <c r="C1570" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1571">
       <c r="A1571" s="0" t="s">
-        <v>347</v>
+        <v>358</v>
       </c>
       <c r="B1571" s="0" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="C1571" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1572">
       <c r="A1572" s="0" t="s">
-        <v>349</v>
+        <v>359</v>
       </c>
       <c r="B1572" s="0" t="s">
-        <v>348</v>
+        <v>360</v>
       </c>
       <c r="C1572" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1573">
       <c r="A1573" s="0" t="s">
-        <v>350</v>
+        <v>361</v>
       </c>
       <c r="B1573" s="0" t="s">
-        <v>351</v>
+        <v>362</v>
       </c>
       <c r="C1573" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1574">
       <c r="A1574" s="0" t="s">
-        <v>352</v>
+        <v>363</v>
       </c>
       <c r="B1574" s="0" t="s">
-        <v>353</v>
+        <v>360</v>
       </c>
       <c r="C1574" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1575">
       <c r="A1575" s="0" t="s">
-        <v>354</v>
+        <v>364</v>
       </c>
       <c r="B1575" s="0" t="s">
-        <v>355</v>
+        <v>362</v>
       </c>
       <c r="C1575" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1576">
       <c r="A1576" s="0" t="s">
-        <v>356</v>
+        <v>34</v>
       </c>
       <c r="B1576" s="0" t="s">
-        <v>357</v>
+        <v>35</v>
       </c>
       <c r="C1576" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1577">
       <c r="A1577" s="0" t="s">
-        <v>358</v>
+        <v>391</v>
       </c>
       <c r="B1577" s="0" t="s">
-        <v>359</v>
+        <v>392</v>
       </c>
       <c r="C1577" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1578">
       <c r="A1578" s="0" t="s">
-        <v>360</v>
+        <v>36</v>
       </c>
       <c r="B1578" s="0" t="s">
-        <v>357</v>
+        <v>37</v>
       </c>
       <c r="C1578" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1579">
       <c r="A1579" s="0" t="s">
-        <v>108</v>
+        <v>393</v>
       </c>
       <c r="B1579" s="0" t="s">
-        <v>109</v>
+        <v>41</v>
       </c>
       <c r="C1579" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1580">
       <c r="A1580" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B1580" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C1580" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1581">
       <c r="A1581" s="0" t="s">
-        <v>361</v>
+        <v>40</v>
       </c>
       <c r="B1581" s="0" t="s">
-        <v>362</v>
+        <v>41</v>
       </c>
       <c r="C1581" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1582">
       <c r="A1582" s="0" t="s">
-        <v>363</v>
+        <v>42</v>
       </c>
       <c r="B1582" s="0" t="s">
-        <v>364</v>
+        <v>39</v>
       </c>
       <c r="C1582" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1583">
       <c r="A1583" s="0" t="s">
-        <v>365</v>
+        <v>43</v>
       </c>
       <c r="B1583" s="0" t="s">
-        <v>366</v>
+        <v>44</v>
       </c>
       <c r="C1583" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1584">
       <c r="A1584" s="0" t="s">
-        <v>367</v>
+        <v>164</v>
       </c>
       <c r="B1584" s="0" t="s">
-        <v>362</v>
+        <v>165</v>
       </c>
       <c r="C1584" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1585">
       <c r="A1585" s="0" t="s">
-        <v>368</v>
+        <v>45</v>
       </c>
       <c r="B1585" s="0" t="s">
-        <v>369</v>
+        <v>46</v>
       </c>
       <c r="C1585" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1586">
       <c r="A1586" s="0" t="s">
-        <v>370</v>
+        <v>166</v>
       </c>
       <c r="B1586" s="0" t="s">
-        <v>371</v>
+        <v>48</v>
       </c>
       <c r="C1586" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1587">
       <c r="A1587" s="0" t="s">
-        <v>372</v>
+        <v>47</v>
       </c>
       <c r="B1587" s="0" t="s">
-        <v>373</v>
+        <v>48</v>
       </c>
       <c r="C1587" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1588">
       <c r="A1588" s="0" t="s">
-        <v>374</v>
+        <v>299</v>
       </c>
       <c r="B1588" s="0" t="s">
-        <v>375</v>
+        <v>300</v>
       </c>
       <c r="C1588" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1589">
       <c r="A1589" s="0" t="s">
-        <v>376</v>
+        <v>301</v>
       </c>
       <c r="B1589" s="0" t="s">
-        <v>377</v>
+        <v>302</v>
       </c>
       <c r="C1589" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1590">
       <c r="A1590" s="0" t="s">
-        <v>378</v>
+        <v>303</v>
       </c>
       <c r="B1590" s="0" t="s">
-        <v>379</v>
+        <v>304</v>
       </c>
       <c r="C1590" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1591">
       <c r="A1591" s="0" t="s">
-        <v>380</v>
+        <v>305</v>
       </c>
       <c r="B1591" s="0" t="s">
-        <v>375</v>
+        <v>306</v>
       </c>
       <c r="C1591" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1592">
       <c r="A1592" s="0" t="s">
-        <v>381</v>
+        <v>307</v>
       </c>
       <c r="B1592" s="0" t="s">
-        <v>382</v>
+        <v>308</v>
       </c>
       <c r="C1592" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1593">
       <c r="A1593" s="0" t="s">
-        <v>383</v>
+        <v>309</v>
       </c>
       <c r="B1593" s="0" t="s">
-        <v>384</v>
+        <v>310</v>
       </c>
       <c r="C1593" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1594">
       <c r="A1594" s="0" t="s">
-        <v>385</v>
+        <v>311</v>
       </c>
       <c r="B1594" s="0" t="s">
-        <v>382</v>
+        <v>312</v>
       </c>
       <c r="C1594" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1595">
       <c r="A1595" s="0" t="s">
-        <v>386</v>
+        <v>313</v>
       </c>
       <c r="B1595" s="0" t="s">
-        <v>384</v>
+        <v>314</v>
       </c>
       <c r="C1595" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1596">
       <c r="A1596" s="0" t="s">
-        <v>39</v>
+        <v>315</v>
       </c>
       <c r="B1596" s="0" t="s">
-        <v>40</v>
+        <v>316</v>
       </c>
       <c r="C1596" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1597">
       <c r="A1597" s="0" t="s">
-        <v>110</v>
+        <v>317</v>
       </c>
       <c r="B1597" s="0" t="s">
-        <v>111</v>
+        <v>318</v>
       </c>
       <c r="C1597" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1598">
       <c r="A1598" s="0" t="s">
-        <v>41</v>
+        <v>319</v>
       </c>
       <c r="B1598" s="0" t="s">
-        <v>42</v>
+        <v>320</v>
       </c>
       <c r="C1598" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1599">
       <c r="A1599" s="0" t="s">
-        <v>43</v>
+        <v>321</v>
       </c>
       <c r="B1599" s="0" t="s">
-        <v>44</v>
+        <v>322</v>
       </c>
       <c r="C1599" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1600">
       <c r="A1600" s="0" t="s">
-        <v>45</v>
+        <v>323</v>
       </c>
       <c r="B1600" s="0" t="s">
-        <v>46</v>
+        <v>324</v>
       </c>
       <c r="C1600" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1601">
       <c r="A1601" s="0" t="s">
-        <v>47</v>
+        <v>325</v>
       </c>
       <c r="B1601" s="0" t="s">
-        <v>44</v>
+        <v>326</v>
       </c>
       <c r="C1601" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1602">
       <c r="A1602" s="0" t="s">
-        <v>48</v>
+        <v>327</v>
       </c>
       <c r="B1602" s="0" t="s">
-        <v>46</v>
+        <v>326</v>
       </c>
       <c r="C1602" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1603">
       <c r="A1603" s="0" t="s">
-        <v>49</v>
+        <v>328</v>
       </c>
       <c r="B1603" s="0" t="s">
-        <v>50</v>
+        <v>329</v>
       </c>
       <c r="C1603" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1604">
       <c r="A1604" s="0" t="s">
-        <v>51</v>
+        <v>330</v>
       </c>
       <c r="B1604" s="0" t="s">
-        <v>52</v>
+        <v>331</v>
       </c>
       <c r="C1604" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1605">
       <c r="A1605" s="0" t="s">
-        <v>53</v>
+        <v>332</v>
       </c>
       <c r="B1605" s="0" t="s">
-        <v>54</v>
+        <v>333</v>
       </c>
       <c r="C1605" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1606">
       <c r="A1606" s="0" t="s">
-        <v>117</v>
+        <v>334</v>
       </c>
       <c r="B1606" s="0" t="s">
-        <v>56</v>
+        <v>335</v>
       </c>
       <c r="C1606" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1607">
       <c r="A1607" s="0" t="s">
-        <v>55</v>
+        <v>336</v>
       </c>
       <c r="B1607" s="0" t="s">
-        <v>56</v>
+        <v>337</v>
       </c>
       <c r="C1607" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1608">
       <c r="A1608" s="0" t="s">
-        <v>321</v>
+        <v>338</v>
       </c>
       <c r="B1608" s="0" t="s">
-        <v>322</v>
+        <v>335</v>
       </c>
       <c r="C1608" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1609">
       <c r="A1609" s="0" t="s">
-        <v>323</v>
+        <v>383</v>
       </c>
       <c r="B1609" s="0" t="s">
-        <v>324</v>
+        <v>384</v>
       </c>
       <c r="C1609" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1610">
       <c r="A1610" s="0" t="s">
-        <v>325</v>
+        <v>32</v>
       </c>
       <c r="B1610" s="0" t="s">
-        <v>326</v>
+        <v>33</v>
       </c>
       <c r="C1610" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1611">
       <c r="A1611" s="0" t="s">
-        <v>327</v>
+        <v>339</v>
       </c>
       <c r="B1611" s="0" t="s">
-        <v>328</v>
+        <v>340</v>
       </c>
       <c r="C1611" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1612">
       <c r="A1612" s="0" t="s">
-        <v>329</v>
+        <v>341</v>
       </c>
       <c r="B1612" s="0" t="s">
-        <v>330</v>
+        <v>342</v>
       </c>
       <c r="C1612" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1613">
       <c r="A1613" s="0" t="s">
-        <v>331</v>
+        <v>343</v>
       </c>
       <c r="B1613" s="0" t="s">
-        <v>332</v>
+        <v>344</v>
       </c>
       <c r="C1613" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1614">
       <c r="A1614" s="0" t="s">
-        <v>333</v>
+        <v>345</v>
       </c>
       <c r="B1614" s="0" t="s">
-        <v>334</v>
+        <v>340</v>
       </c>
       <c r="C1614" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1615">
       <c r="A1615" s="0" t="s">
-        <v>335</v>
+        <v>346</v>
       </c>
       <c r="B1615" s="0" t="s">
-        <v>336</v>
+        <v>347</v>
       </c>
       <c r="C1615" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1616">
       <c r="A1616" s="0" t="s">
-        <v>337</v>
+        <v>348</v>
       </c>
       <c r="B1616" s="0" t="s">
-        <v>338</v>
+        <v>349</v>
       </c>
       <c r="C1616" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1617">
       <c r="A1617" s="0" t="s">
-        <v>339</v>
+        <v>350</v>
       </c>
       <c r="B1617" s="0" t="s">
-        <v>340</v>
+        <v>351</v>
       </c>
       <c r="C1617" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1618">
       <c r="A1618" s="0" t="s">
-        <v>341</v>
+        <v>352</v>
       </c>
       <c r="B1618" s="0" t="s">
-        <v>342</v>
+        <v>353</v>
       </c>
       <c r="C1618" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1619">
       <c r="A1619" s="0" t="s">
-        <v>343</v>
+        <v>354</v>
       </c>
       <c r="B1619" s="0" t="s">
-        <v>344</v>
+        <v>355</v>
       </c>
       <c r="C1619" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1620">
       <c r="A1620" s="0" t="s">
-        <v>345</v>
+        <v>356</v>
       </c>
       <c r="B1620" s="0" t="s">
-        <v>346</v>
+        <v>357</v>
       </c>
       <c r="C1620" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1621">
       <c r="A1621" s="0" t="s">
-        <v>347</v>
+        <v>358</v>
       </c>
       <c r="B1621" s="0" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="C1621" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1622">
       <c r="A1622" s="0" t="s">
-        <v>349</v>
+        <v>359</v>
       </c>
       <c r="B1622" s="0" t="s">
-        <v>348</v>
+        <v>360</v>
       </c>
       <c r="C1622" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1623">
       <c r="A1623" s="0" t="s">
-        <v>350</v>
+        <v>361</v>
       </c>
       <c r="B1623" s="0" t="s">
-        <v>351</v>
+        <v>362</v>
       </c>
       <c r="C1623" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1624">
       <c r="A1624" s="0" t="s">
-        <v>352</v>
+        <v>363</v>
       </c>
       <c r="B1624" s="0" t="s">
-        <v>353</v>
+        <v>360</v>
       </c>
       <c r="C1624" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1625">
       <c r="A1625" s="0" t="s">
-        <v>354</v>
+        <v>364</v>
       </c>
       <c r="B1625" s="0" t="s">
-        <v>355</v>
+        <v>362</v>
       </c>
       <c r="C1625" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1626">
       <c r="A1626" s="0" t="s">
-        <v>356</v>
+        <v>34</v>
       </c>
       <c r="B1626" s="0" t="s">
-        <v>357</v>
+        <v>35</v>
       </c>
       <c r="C1626" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1627">
       <c r="A1627" s="0" t="s">
-        <v>358</v>
+        <v>391</v>
       </c>
       <c r="B1627" s="0" t="s">
-        <v>359</v>
+        <v>392</v>
       </c>
       <c r="C1627" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1628">
       <c r="A1628" s="0" t="s">
-        <v>360</v>
+        <v>36</v>
       </c>
       <c r="B1628" s="0" t="s">
-        <v>357</v>
+        <v>37</v>
       </c>
       <c r="C1628" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1629">
       <c r="A1629" s="0" t="s">
-        <v>108</v>
+        <v>393</v>
       </c>
       <c r="B1629" s="0" t="s">
-        <v>109</v>
+        <v>41</v>
       </c>
       <c r="C1629" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1630">
       <c r="A1630" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B1630" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C1630" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1631">
       <c r="A1631" s="0" t="s">
-        <v>361</v>
+        <v>40</v>
       </c>
       <c r="B1631" s="0" t="s">
-        <v>362</v>
+        <v>41</v>
       </c>
       <c r="C1631" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1632">
       <c r="A1632" s="0" t="s">
-        <v>363</v>
+        <v>42</v>
       </c>
       <c r="B1632" s="0" t="s">
-        <v>364</v>
+        <v>39</v>
       </c>
       <c r="C1632" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1633">
       <c r="A1633" s="0" t="s">
-        <v>365</v>
+        <v>43</v>
       </c>
       <c r="B1633" s="0" t="s">
-        <v>366</v>
+        <v>44</v>
       </c>
       <c r="C1633" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1634">
       <c r="A1634" s="0" t="s">
-        <v>367</v>
+        <v>164</v>
       </c>
       <c r="B1634" s="0" t="s">
-        <v>362</v>
+        <v>165</v>
       </c>
       <c r="C1634" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1635">
       <c r="A1635" s="0" t="s">
-        <v>368</v>
+        <v>45</v>
       </c>
       <c r="B1635" s="0" t="s">
-        <v>369</v>
+        <v>46</v>
       </c>
       <c r="C1635" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1636">
       <c r="A1636" s="0" t="s">
-        <v>370</v>
+        <v>166</v>
       </c>
       <c r="B1636" s="0" t="s">
-        <v>371</v>
+        <v>48</v>
       </c>
       <c r="C1636" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1637">
       <c r="A1637" s="0" t="s">
-        <v>372</v>
+        <v>47</v>
       </c>
       <c r="B1637" s="0" t="s">
-        <v>373</v>
+        <v>48</v>
       </c>
       <c r="C1637" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1638">
       <c r="A1638" s="0" t="s">
-        <v>374</v>
+        <v>22</v>
       </c>
       <c r="B1638" s="0" t="s">
-        <v>375</v>
+        <v>23</v>
       </c>
       <c r="C1638" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1639">
       <c r="A1639" s="0" t="s">
-        <v>376</v>
+        <v>110</v>
       </c>
       <c r="B1639" s="0" t="s">
-        <v>377</v>
+        <v>111</v>
       </c>
       <c r="C1639" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1640">
       <c r="A1640" s="0" t="s">
-        <v>378</v>
+        <v>287</v>
       </c>
       <c r="B1640" s="0" t="s">
-        <v>379</v>
+        <v>288</v>
       </c>
       <c r="C1640" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1641">
       <c r="A1641" s="0" t="s">
-        <v>380</v>
+        <v>15</v>
       </c>
       <c r="B1641" s="0" t="s">
-        <v>375</v>
+        <v>10</v>
       </c>
       <c r="C1641" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1642">
       <c r="A1642" s="0" t="s">
-        <v>381</v>
+        <v>3</v>
       </c>
       <c r="B1642" s="0" t="s">
-        <v>382</v>
+        <v>4</v>
       </c>
       <c r="C1642" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1643">
       <c r="A1643" s="0" t="s">
-        <v>383</v>
+        <v>16</v>
       </c>
       <c r="B1643" s="0" t="s">
-        <v>384</v>
+        <v>10</v>
       </c>
       <c r="C1643" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1644">
       <c r="A1644" s="0" t="s">
-        <v>385</v>
+        <v>9</v>
       </c>
       <c r="B1644" s="0" t="s">
-        <v>382</v>
+        <v>10</v>
       </c>
       <c r="C1644" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1645">
       <c r="A1645" s="0" t="s">
-        <v>386</v>
+        <v>289</v>
       </c>
       <c r="B1645" s="0" t="s">
-        <v>384</v>
+        <v>290</v>
       </c>
       <c r="C1645" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1646">
       <c r="A1646" s="0" t="s">
-        <v>39</v>
+        <v>291</v>
       </c>
       <c r="B1646" s="0" t="s">
-        <v>40</v>
+        <v>292</v>
       </c>
       <c r="C1646" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1647">
       <c r="A1647" s="0" t="s">
-        <v>110</v>
+        <v>293</v>
       </c>
       <c r="B1647" s="0" t="s">
-        <v>111</v>
+        <v>294</v>
       </c>
       <c r="C1647" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1648">
       <c r="A1648" s="0" t="s">
-        <v>41</v>
+        <v>295</v>
       </c>
       <c r="B1648" s="0" t="s">
-        <v>42</v>
+        <v>296</v>
       </c>
       <c r="C1648" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1649">
       <c r="A1649" s="0" t="s">
-        <v>43</v>
+        <v>297</v>
       </c>
       <c r="B1649" s="0" t="s">
-        <v>44</v>
+        <v>298</v>
       </c>
       <c r="C1649" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1650">
       <c r="A1650" s="0" t="s">
-        <v>45</v>
+        <v>17</v>
       </c>
       <c r="B1650" s="0" t="s">
-        <v>46</v>
+        <v>18</v>
       </c>
       <c r="C1650" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1651">
       <c r="A1651" s="0" t="s">
-        <v>47</v>
+        <v>19</v>
       </c>
       <c r="B1651" s="0" t="s">
-        <v>44</v>
+        <v>12</v>
       </c>
       <c r="C1651" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1652">
       <c r="A1652" s="0" t="s">
-        <v>48</v>
+        <v>21</v>
       </c>
       <c r="B1652" s="0" t="s">
-        <v>46</v>
+        <v>14</v>
       </c>
       <c r="C1652" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1653">
       <c r="A1653" s="0" t="s">
-        <v>49</v>
+        <v>11</v>
       </c>
       <c r="B1653" s="0" t="s">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="C1653" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1654">
       <c r="A1654" s="0" t="s">
-        <v>51</v>
+        <v>13</v>
       </c>
       <c r="B1654" s="0" t="s">
-        <v>52</v>
+        <v>14</v>
       </c>
       <c r="C1654" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1655">
       <c r="A1655" s="0" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="B1655" s="0" t="s">
-        <v>54</v>
+        <v>23</v>
       </c>
       <c r="C1655" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1656">
       <c r="A1656" s="0" t="s">
-        <v>117</v>
+        <v>24</v>
       </c>
       <c r="B1656" s="0" t="s">
-        <v>56</v>
+        <v>25</v>
       </c>
       <c r="C1656" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1657">
       <c r="A1657" s="0" t="s">
-        <v>55</v>
+        <v>26</v>
       </c>
       <c r="B1657" s="0" t="s">
-        <v>56</v>
+        <v>27</v>
       </c>
       <c r="C1657" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1658">
       <c r="A1658" s="0" t="s">
-        <v>25</v>
+        <v>110</v>
       </c>
       <c r="B1658" s="0" t="s">
-        <v>26</v>
+        <v>111</v>
       </c>
       <c r="C1658" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1659">
       <c r="A1659" s="0" t="s">
-        <v>146</v>
+        <v>287</v>
       </c>
       <c r="B1659" s="0" t="s">
-        <v>147</v>
+        <v>288</v>
       </c>
       <c r="C1659" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1660">
       <c r="A1660" s="0" t="s">
-        <v>309</v>
+        <v>15</v>
       </c>
       <c r="B1660" s="0" t="s">
-        <v>310</v>
+        <v>10</v>
       </c>
       <c r="C1660" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1661">
       <c r="A1661" s="0" t="s">
-        <v>18</v>
+        <v>3</v>
       </c>
       <c r="B1661" s="0" t="s">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="C1661" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1662">
       <c r="A1662" s="0" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B1662" s="0" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C1662" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1663">
       <c r="A1663" s="0" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="B1663" s="0" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="C1663" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1664">
       <c r="A1664" s="0" t="s">
-        <v>12</v>
+        <v>289</v>
       </c>
       <c r="B1664" s="0" t="s">
-        <v>13</v>
+        <v>290</v>
       </c>
       <c r="C1664" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1665">
       <c r="A1665" s="0" t="s">
-        <v>311</v>
+        <v>291</v>
       </c>
       <c r="B1665" s="0" t="s">
-        <v>312</v>
+        <v>292</v>
       </c>
       <c r="C1665" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1666">
       <c r="A1666" s="0" t="s">
-        <v>313</v>
+        <v>293</v>
       </c>
       <c r="B1666" s="0" t="s">
-        <v>314</v>
+        <v>294</v>
       </c>
       <c r="C1666" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1667">
       <c r="A1667" s="0" t="s">
-        <v>315</v>
+        <v>295</v>
       </c>
       <c r="B1667" s="0" t="s">
-        <v>316</v>
+        <v>296</v>
       </c>
       <c r="C1667" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1668">
       <c r="A1668" s="0" t="s">
-        <v>317</v>
+        <v>297</v>
       </c>
       <c r="B1668" s="0" t="s">
-        <v>318</v>
+        <v>298</v>
       </c>
       <c r="C1668" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1669">
       <c r="A1669" s="0" t="s">
-        <v>319</v>
+        <v>17</v>
       </c>
       <c r="B1669" s="0" t="s">
-        <v>320</v>
+        <v>18</v>
       </c>
       <c r="C1669" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1670">
       <c r="A1670" s="0" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B1670" s="0" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="C1670" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1671">
       <c r="A1671" s="0" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B1671" s="0" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C1671" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1672">
       <c r="A1672" s="0" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="B1672" s="0" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="C1672" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1673">
       <c r="A1673" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="B1673" s="0" t="s">
         <v>14</v>
       </c>
-      <c r="B1673" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1673" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1674">
       <c r="A1674" s="0" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="B1674" s="0" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="C1674" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1675">
       <c r="A1675" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="B1675" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="B1675" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1675" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1676">
       <c r="A1676" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="B1676" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="B1676" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1676" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1677">
       <c r="A1677" s="0" t="s">
-        <v>29</v>
+        <v>110</v>
       </c>
       <c r="B1677" s="0" t="s">
-        <v>30</v>
+        <v>111</v>
       </c>
       <c r="C1677" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1678">
       <c r="A1678" s="0" t="s">
-        <v>146</v>
+        <v>287</v>
       </c>
       <c r="B1678" s="0" t="s">
-        <v>147</v>
+        <v>288</v>
       </c>
       <c r="C1678" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1679">
       <c r="A1679" s="0" t="s">
-        <v>309</v>
+        <v>15</v>
       </c>
       <c r="B1679" s="0" t="s">
-        <v>310</v>
+        <v>10</v>
       </c>
       <c r="C1679" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1680">
       <c r="A1680" s="0" t="s">
-        <v>18</v>
+        <v>3</v>
       </c>
       <c r="B1680" s="0" t="s">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="C1680" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1681">
       <c r="A1681" s="0" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B1681" s="0" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C1681" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1682">
       <c r="A1682" s="0" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="B1682" s="0" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="C1682" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1683">
       <c r="A1683" s="0" t="s">
-        <v>12</v>
+        <v>289</v>
       </c>
       <c r="B1683" s="0" t="s">
-        <v>13</v>
+        <v>290</v>
       </c>
       <c r="C1683" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1684">
       <c r="A1684" s="0" t="s">
-        <v>311</v>
+        <v>291</v>
       </c>
       <c r="B1684" s="0" t="s">
-        <v>312</v>
+        <v>292</v>
       </c>
       <c r="C1684" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1685">
       <c r="A1685" s="0" t="s">
-        <v>313</v>
+        <v>293</v>
       </c>
       <c r="B1685" s="0" t="s">
-        <v>314</v>
+        <v>294</v>
       </c>
       <c r="C1685" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1686">
       <c r="A1686" s="0" t="s">
-        <v>315</v>
+        <v>295</v>
       </c>
       <c r="B1686" s="0" t="s">
-        <v>316</v>
+        <v>296</v>
       </c>
       <c r="C1686" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1687">
       <c r="A1687" s="0" t="s">
-        <v>317</v>
+        <v>297</v>
       </c>
       <c r="B1687" s="0" t="s">
-        <v>318</v>
+        <v>298</v>
       </c>
       <c r="C1687" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1688">
       <c r="A1688" s="0" t="s">
-        <v>319</v>
+        <v>17</v>
       </c>
       <c r="B1688" s="0" t="s">
-        <v>320</v>
+        <v>18</v>
       </c>
       <c r="C1688" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1689">
       <c r="A1689" s="0" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B1689" s="0" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="C1689" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1690">
       <c r="A1690" s="0" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B1690" s="0" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C1690" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1691">
       <c r="A1691" s="0" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="B1691" s="0" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="C1691" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1692">
       <c r="A1692" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="B1692" s="0" t="s">
         <v>14</v>
       </c>
-      <c r="B1692" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1692" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1693">
       <c r="A1693" s="0" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="B1693" s="0" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="C1693" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1694">
       <c r="A1694" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="B1694" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="B1694" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1694" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1695">
       <c r="A1695" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="B1695" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="B1695" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1695" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1696">
       <c r="A1696" s="0" t="s">
-        <v>29</v>
+        <v>110</v>
       </c>
       <c r="B1696" s="0" t="s">
-        <v>30</v>
+        <v>111</v>
       </c>
       <c r="C1696" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1697">
       <c r="A1697" s="0" t="s">
-        <v>146</v>
+        <v>287</v>
       </c>
       <c r="B1697" s="0" t="s">
-        <v>147</v>
+        <v>288</v>
       </c>
       <c r="C1697" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1698">
       <c r="A1698" s="0" t="s">
-        <v>309</v>
+        <v>15</v>
       </c>
       <c r="B1698" s="0" t="s">
-        <v>310</v>
+        <v>10</v>
       </c>
       <c r="C1698" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1699">
       <c r="A1699" s="0" t="s">
-        <v>18</v>
+        <v>3</v>
       </c>
       <c r="B1699" s="0" t="s">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="C1699" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1700">
       <c r="A1700" s="0" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B1700" s="0" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C1700" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1701">
       <c r="A1701" s="0" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="B1701" s="0" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="C1701" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1702">
       <c r="A1702" s="0" t="s">
-        <v>12</v>
+        <v>289</v>
       </c>
       <c r="B1702" s="0" t="s">
-        <v>13</v>
+        <v>290</v>
       </c>
       <c r="C1702" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1703">
       <c r="A1703" s="0" t="s">
-        <v>311</v>
+        <v>291</v>
       </c>
       <c r="B1703" s="0" t="s">
-        <v>312</v>
+        <v>292</v>
       </c>
       <c r="C1703" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1704">
       <c r="A1704" s="0" t="s">
-        <v>313</v>
+        <v>293</v>
       </c>
       <c r="B1704" s="0" t="s">
-        <v>314</v>
+        <v>294</v>
       </c>
       <c r="C1704" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1705">
       <c r="A1705" s="0" t="s">
-        <v>315</v>
+        <v>295</v>
       </c>
       <c r="B1705" s="0" t="s">
-        <v>316</v>
+        <v>296</v>
       </c>
       <c r="C1705" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1706">
       <c r="A1706" s="0" t="s">
-        <v>317</v>
+        <v>297</v>
       </c>
       <c r="B1706" s="0" t="s">
-        <v>318</v>
+        <v>298</v>
       </c>
       <c r="C1706" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1707">
       <c r="A1707" s="0" t="s">
-        <v>319</v>
+        <v>17</v>
       </c>
       <c r="B1707" s="0" t="s">
-        <v>320</v>
+        <v>18</v>
       </c>
       <c r="C1707" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1708">
       <c r="A1708" s="0" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B1708" s="0" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="C1708" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1709">
       <c r="A1709" s="0" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B1709" s="0" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C1709" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1710">
       <c r="A1710" s="0" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="B1710" s="0" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="C1710" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1711">
       <c r="A1711" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="B1711" s="0" t="s">
         <v>14</v>
       </c>
-      <c r="B1711" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1711" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1712">
       <c r="A1712" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="B1712" s="0" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="C1712" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1713">
       <c r="A1713" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B1713" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C1713" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1714">
       <c r="A1714" s="0" t="s">
-        <v>27</v>
+        <v>106</v>
       </c>
       <c r="B1714" s="0" t="s">
-        <v>28</v>
+        <v>107</v>
       </c>
       <c r="C1714" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1715">
       <c r="A1715" s="0" t="s">
-        <v>29</v>
+        <v>108</v>
       </c>
       <c r="B1715" s="0" t="s">
-        <v>30</v>
+        <v>109</v>
       </c>
       <c r="C1715" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1716">
       <c r="A1716" s="0" t="s">
-        <v>146</v>
+        <v>483</v>
       </c>
       <c r="B1716" s="0" t="s">
-        <v>147</v>
+        <v>484</v>
       </c>
       <c r="C1716" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1717">
       <c r="A1717" s="0" t="s">
-        <v>309</v>
+        <v>485</v>
       </c>
       <c r="B1717" s="0" t="s">
-        <v>310</v>
+        <v>486</v>
       </c>
       <c r="C1717" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1718">
       <c r="A1718" s="0" t="s">
-        <v>18</v>
+        <v>487</v>
       </c>
       <c r="B1718" s="0" t="s">
-        <v>13</v>
+        <v>488</v>
       </c>
       <c r="C1718" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1719">
       <c r="A1719" s="0" t="s">
-        <v>8</v>
+        <v>427</v>
       </c>
       <c r="B1719" s="0" t="s">
-        <v>9</v>
+        <v>428</v>
       </c>
       <c r="C1719" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1720">
       <c r="A1720" s="0" t="s">
-        <v>19</v>
+        <v>429</v>
       </c>
       <c r="B1720" s="0" t="s">
-        <v>13</v>
+        <v>430</v>
       </c>
       <c r="C1720" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1721">
       <c r="A1721" s="0" t="s">
-        <v>12</v>
+        <v>112</v>
       </c>
       <c r="B1721" s="0" t="s">
-        <v>13</v>
+        <v>113</v>
       </c>
       <c r="C1721" s="0" t="s">
-        <v>61</v>
+        <v>503</v>
       </c>
     </row>
     <row r="1722">
       <c r="A1722" s="0" t="s">
-        <v>311</v>
+        <v>114</v>
       </c>
       <c r="B1722" s="0" t="s">
-        <v>312</v>
+        <v>115</v>
       </c>
       <c r="C1722" s="0" t="s">
-        <v>61</v>
+        <v>504</v>
       </c>
     </row>
     <row r="1723">
       <c r="A1723" s="0" t="s">
-        <v>313</v>
+        <v>114</v>
       </c>
       <c r="B1723" s="0" t="s">
-        <v>314</v>
+        <v>115</v>
       </c>
       <c r="C1723" s="0" t="s">
-        <v>61</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1724">
       <c r="A1724" s="0" t="s">
-        <v>315</v>
+        <v>114</v>
       </c>
       <c r="B1724" s="0" t="s">
-        <v>316</v>
+        <v>115</v>
       </c>
       <c r="C1724" s="0" t="s">
-        <v>61</v>
+        <v>506</v>
       </c>
     </row>
     <row r="1725">
       <c r="A1725" s="0" t="s">
-        <v>317</v>
+        <v>114</v>
       </c>
       <c r="B1725" s="0" t="s">
-        <v>318</v>
+        <v>115</v>
       </c>
       <c r="C1725" s="0" t="s">
-        <v>61</v>
+        <v>507</v>
       </c>
     </row>
     <row r="1726">
       <c r="A1726" s="0" t="s">
-        <v>319</v>
+        <v>116</v>
       </c>
       <c r="B1726" s="0" t="s">
-        <v>320</v>
+        <v>117</v>
       </c>
       <c r="C1726" s="0" t="s">
-        <v>61</v>
+        <v>504</v>
       </c>
     </row>
     <row r="1727">
       <c r="A1727" s="0" t="s">
-        <v>20</v>
+        <v>116</v>
       </c>
       <c r="B1727" s="0" t="s">
-        <v>21</v>
+        <v>117</v>
       </c>
       <c r="C1727" s="0" t="s">
-        <v>61</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1728">
       <c r="A1728" s="0" t="s">
-        <v>22</v>
+        <v>116</v>
       </c>
       <c r="B1728" s="0" t="s">
-        <v>15</v>
+        <v>117</v>
       </c>
       <c r="C1728" s="0" t="s">
-        <v>61</v>
+        <v>506</v>
       </c>
     </row>
     <row r="1729">
       <c r="A1729" s="0" t="s">
-        <v>24</v>
+        <v>116</v>
       </c>
       <c r="B1729" s="0" t="s">
-        <v>17</v>
+        <v>117</v>
       </c>
       <c r="C1729" s="0" t="s">
-        <v>61</v>
+        <v>507</v>
       </c>
     </row>
     <row r="1730">
       <c r="A1730" s="0" t="s">
-        <v>14</v>
+        <v>118</v>
       </c>
       <c r="B1730" s="0" t="s">
-        <v>15</v>
+        <v>119</v>
       </c>
       <c r="C1730" s="0" t="s">
-        <v>61</v>
+        <v>503</v>
       </c>
     </row>
     <row r="1731">
       <c r="A1731" s="0" t="s">
-        <v>16</v>
+        <v>120</v>
       </c>
       <c r="B1731" s="0" t="s">
-        <v>17</v>
+        <v>121</v>
       </c>
       <c r="C1731" s="0" t="s">
-        <v>61</v>
+        <v>504</v>
       </c>
     </row>
     <row r="1732">
       <c r="A1732" s="0" t="s">
-        <v>27</v>
+        <v>120</v>
       </c>
       <c r="B1732" s="0" t="s">
-        <v>28</v>
+        <v>121</v>
       </c>
       <c r="C1732" s="0" t="s">
-        <v>61</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1733">
       <c r="A1733" s="0" t="s">
-        <v>29</v>
+        <v>120</v>
       </c>
       <c r="B1733" s="0" t="s">
-        <v>30</v>
+        <v>121</v>
       </c>
       <c r="C1733" s="0" t="s">
-        <v>61</v>
+        <v>506</v>
       </c>
     </row>
     <row r="1734">
       <c r="A1734" s="0" t="s">
-        <v>142</v>
+        <v>120</v>
       </c>
       <c r="B1734" s="0" t="s">
-        <v>143</v>
+        <v>121</v>
       </c>
       <c r="C1734" s="0" t="s">
-        <v>61</v>
+        <v>507</v>
       </c>
     </row>
     <row r="1735">
       <c r="A1735" s="0" t="s">
-        <v>144</v>
+        <v>175</v>
       </c>
       <c r="B1735" s="0" t="s">
-        <v>145</v>
+        <v>176</v>
       </c>
       <c r="C1735" s="0" t="s">
-        <v>61</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1736">
       <c r="A1736" s="0" t="s">
-        <v>483</v>
+        <v>445</v>
       </c>
       <c r="B1736" s="0" t="s">
-        <v>484</v>
+        <v>446</v>
       </c>
       <c r="C1736" s="0" t="s">
-        <v>61</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1737">
       <c r="A1737" s="0" t="s">
-        <v>485</v>
+        <v>447</v>
       </c>
       <c r="B1737" s="0" t="s">
-        <v>486</v>
+        <v>448</v>
       </c>
       <c r="C1737" s="0" t="s">
-        <v>61</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1738">
       <c r="A1738" s="0" t="s">
-        <v>487</v>
+        <v>192</v>
       </c>
       <c r="B1738" s="0" t="s">
-        <v>488</v>
+        <v>193</v>
       </c>
       <c r="C1738" s="0" t="s">
-        <v>61</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1739">
       <c r="A1739" s="0" t="s">
-        <v>427</v>
+        <v>399</v>
       </c>
       <c r="B1739" s="0" t="s">
-        <v>428</v>
+        <v>400</v>
       </c>
       <c r="C1739" s="0" t="s">
-        <v>61</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1740">
       <c r="A1740" s="0" t="s">
-        <v>429</v>
+        <v>401</v>
       </c>
       <c r="B1740" s="0" t="s">
-        <v>430</v>
+        <v>402</v>
       </c>
       <c r="C1740" s="0" t="s">
-        <v>61</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1741">
       <c r="A1741" s="0" t="s">
-        <v>148</v>
+        <v>194</v>
       </c>
       <c r="B1741" s="0" t="s">
-        <v>149</v>
+        <v>195</v>
       </c>
       <c r="C1741" s="0" t="s">
-        <v>503</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1742">
       <c r="A1742" s="0" t="s">
-        <v>150</v>
+        <v>449</v>
       </c>
       <c r="B1742" s="0" t="s">
-        <v>151</v>
+        <v>450</v>
       </c>
       <c r="C1742" s="0" t="s">
-        <v>504</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1743">
       <c r="A1743" s="0" t="s">
-        <v>150</v>
+        <v>451</v>
       </c>
       <c r="B1743" s="0" t="s">
-        <v>151</v>
+        <v>452</v>
       </c>
       <c r="C1743" s="0" t="s">
-        <v>505</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1744">
       <c r="A1744" s="0" t="s">
-        <v>150</v>
+        <v>196</v>
       </c>
       <c r="B1744" s="0" t="s">
-        <v>151</v>
+        <v>197</v>
       </c>
       <c r="C1744" s="0" t="s">
-        <v>506</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1745">
       <c r="A1745" s="0" t="s">
-        <v>150</v>
+        <v>198</v>
       </c>
       <c r="B1745" s="0" t="s">
-        <v>151</v>
+        <v>199</v>
       </c>
       <c r="C1745" s="0" t="s">
-        <v>507</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1746">
       <c r="A1746" s="0" t="s">
-        <v>152</v>
+        <v>453</v>
       </c>
       <c r="B1746" s="0" t="s">
-        <v>153</v>
+        <v>454</v>
       </c>
       <c r="C1746" s="0" t="s">
-        <v>504</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1747">
       <c r="A1747" s="0" t="s">
-        <v>152</v>
+        <v>200</v>
       </c>
       <c r="B1747" s="0" t="s">
-        <v>153</v>
+        <v>201</v>
       </c>
       <c r="C1747" s="0" t="s">
-        <v>505</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1748">
       <c r="A1748" s="0" t="s">
-        <v>152</v>
+        <v>202</v>
       </c>
       <c r="B1748" s="0" t="s">
-        <v>153</v>
+        <v>203</v>
       </c>
       <c r="C1748" s="0" t="s">
-        <v>506</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1749">
       <c r="A1749" s="0" t="s">
-        <v>152</v>
+        <v>403</v>
       </c>
       <c r="B1749" s="0" t="s">
-        <v>153</v>
+        <v>404</v>
       </c>
       <c r="C1749" s="0" t="s">
-        <v>507</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1750">
       <c r="A1750" s="0" t="s">
-        <v>154</v>
+        <v>405</v>
       </c>
       <c r="B1750" s="0" t="s">
-        <v>155</v>
+        <v>406</v>
       </c>
       <c r="C1750" s="0" t="s">
-        <v>503</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1751">
       <c r="A1751" s="0" t="s">
-        <v>156</v>
+        <v>204</v>
       </c>
       <c r="B1751" s="0" t="s">
-        <v>157</v>
+        <v>205</v>
       </c>
       <c r="C1751" s="0" t="s">
-        <v>504</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1752">
       <c r="A1752" s="0" t="s">
-        <v>156</v>
+        <v>206</v>
       </c>
       <c r="B1752" s="0" t="s">
-        <v>157</v>
+        <v>207</v>
       </c>
       <c r="C1752" s="0" t="s">
-        <v>505</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1753">
       <c r="A1753" s="0" t="s">
-        <v>156</v>
+        <v>407</v>
       </c>
       <c r="B1753" s="0" t="s">
-        <v>157</v>
+        <v>408</v>
       </c>
       <c r="C1753" s="0" t="s">
-        <v>506</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1754">
       <c r="A1754" s="0" t="s">
-        <v>156</v>
+        <v>208</v>
       </c>
       <c r="B1754" s="0" t="s">
-        <v>157</v>
+        <v>209</v>
       </c>
       <c r="C1754" s="0" t="s">
-        <v>507</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1755">
       <c r="A1755" s="0" t="s">
-        <v>203</v>
+        <v>210</v>
       </c>
       <c r="B1755" s="0" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="C1755" s="0" t="s">
-        <v>5</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1756">
       <c r="A1756" s="0" t="s">
-        <v>445</v>
+        <v>212</v>
       </c>
       <c r="B1756" s="0" t="s">
-        <v>446</v>
+        <v>213</v>
       </c>
       <c r="C1756" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1757">
       <c r="A1757" s="0" t="s">
-        <v>447</v>
+        <v>214</v>
       </c>
       <c r="B1757" s="0" t="s">
-        <v>448</v>
+        <v>215</v>
       </c>
       <c r="C1757" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1758">
       <c r="A1758" s="0" t="s">
-        <v>214</v>
+        <v>455</v>
       </c>
       <c r="B1758" s="0" t="s">
-        <v>215</v>
+        <v>456</v>
       </c>
       <c r="C1758" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1759">
       <c r="A1759" s="0" t="s">
-        <v>399</v>
+        <v>216</v>
       </c>
       <c r="B1759" s="0" t="s">
-        <v>400</v>
+        <v>217</v>
       </c>
       <c r="C1759" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1760">
       <c r="A1760" s="0" t="s">
-        <v>401</v>
+        <v>218</v>
       </c>
       <c r="B1760" s="0" t="s">
-        <v>402</v>
+        <v>217</v>
       </c>
       <c r="C1760" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1761">
       <c r="A1761" s="0" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="B1761" s="0" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="C1761" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1762">
       <c r="A1762" s="0" t="s">
-        <v>449</v>
+        <v>221</v>
       </c>
       <c r="B1762" s="0" t="s">
-        <v>450</v>
+        <v>222</v>
       </c>
       <c r="C1762" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1763">
       <c r="A1763" s="0" t="s">
-        <v>451</v>
+        <v>457</v>
       </c>
       <c r="B1763" s="0" t="s">
-        <v>452</v>
+        <v>458</v>
       </c>
       <c r="C1763" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1764">
       <c r="A1764" s="0" t="s">
-        <v>218</v>
+        <v>459</v>
       </c>
       <c r="B1764" s="0" t="s">
-        <v>219</v>
+        <v>460</v>
       </c>
       <c r="C1764" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1765">
       <c r="A1765" s="0" t="s">
-        <v>220</v>
+        <v>252</v>
       </c>
       <c r="B1765" s="0" t="s">
-        <v>221</v>
+        <v>253</v>
       </c>
       <c r="C1765" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1766">
       <c r="A1766" s="0" t="s">
-        <v>453</v>
+        <v>95</v>
       </c>
       <c r="B1766" s="0" t="s">
-        <v>454</v>
+        <v>96</v>
       </c>
       <c r="C1766" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1767">
       <c r="A1767" s="0" t="s">
-        <v>222</v>
+        <v>461</v>
       </c>
       <c r="B1767" s="0" t="s">
-        <v>223</v>
+        <v>462</v>
       </c>
       <c r="C1767" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1768">
       <c r="A1768" s="0" t="s">
-        <v>224</v>
+        <v>463</v>
       </c>
       <c r="B1768" s="0" t="s">
-        <v>225</v>
+        <v>464</v>
       </c>
       <c r="C1768" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1769">
       <c r="A1769" s="0" t="s">
-        <v>403</v>
+        <v>254</v>
       </c>
       <c r="B1769" s="0" t="s">
-        <v>404</v>
+        <v>255</v>
       </c>
       <c r="C1769" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1770">
       <c r="A1770" s="0" t="s">
-        <v>405</v>
+        <v>256</v>
       </c>
       <c r="B1770" s="0" t="s">
-        <v>406</v>
+        <v>257</v>
       </c>
       <c r="C1770" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1771">
       <c r="A1771" s="0" t="s">
-        <v>226</v>
+        <v>97</v>
       </c>
       <c r="B1771" s="0" t="s">
-        <v>227</v>
+        <v>98</v>
       </c>
       <c r="C1771" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1772">
       <c r="A1772" s="0" t="s">
-        <v>228</v>
+        <v>99</v>
       </c>
       <c r="B1772" s="0" t="s">
-        <v>229</v>
+        <v>100</v>
       </c>
       <c r="C1772" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1773">
       <c r="A1773" s="0" t="s">
-        <v>407</v>
+        <v>101</v>
       </c>
       <c r="B1773" s="0" t="s">
-        <v>408</v>
+        <v>102</v>
       </c>
       <c r="C1773" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1774">
       <c r="A1774" s="0" t="s">
-        <v>230</v>
+        <v>103</v>
       </c>
       <c r="B1774" s="0" t="s">
-        <v>231</v>
+        <v>104</v>
       </c>
       <c r="C1774" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1775">
       <c r="A1775" s="0" t="s">
-        <v>232</v>
+        <v>105</v>
       </c>
       <c r="B1775" s="0" t="s">
-        <v>233</v>
+        <v>102</v>
       </c>
       <c r="C1775" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1776">
       <c r="A1776" s="0" t="s">
-        <v>234</v>
+        <v>465</v>
       </c>
       <c r="B1776" s="0" t="s">
-        <v>235</v>
+        <v>466</v>
       </c>
       <c r="C1776" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1777">
       <c r="A1777" s="0" t="s">
-        <v>236</v>
+        <v>258</v>
       </c>
       <c r="B1777" s="0" t="s">
-        <v>237</v>
+        <v>259</v>
       </c>
       <c r="C1777" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1778">
       <c r="A1778" s="0" t="s">
-        <v>455</v>
+        <v>260</v>
       </c>
       <c r="B1778" s="0" t="s">
-        <v>456</v>
+        <v>261</v>
       </c>
       <c r="C1778" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1779">
       <c r="A1779" s="0" t="s">
-        <v>238</v>
+        <v>262</v>
       </c>
       <c r="B1779" s="0" t="s">
-        <v>239</v>
+        <v>259</v>
       </c>
       <c r="C1779" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1780">
       <c r="A1780" s="0" t="s">
-        <v>240</v>
+        <v>467</v>
       </c>
       <c r="B1780" s="0" t="s">
-        <v>239</v>
+        <v>468</v>
       </c>
       <c r="C1780" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1781">
       <c r="A1781" s="0" t="s">
-        <v>241</v>
+        <v>469</v>
       </c>
       <c r="B1781" s="0" t="s">
-        <v>242</v>
+        <v>470</v>
       </c>
       <c r="C1781" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1782">
       <c r="A1782" s="0" t="s">
-        <v>243</v>
+        <v>471</v>
       </c>
       <c r="B1782" s="0" t="s">
-        <v>244</v>
+        <v>472</v>
       </c>
       <c r="C1782" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1783">
       <c r="A1783" s="0" t="s">
-        <v>457</v>
+        <v>299</v>
       </c>
       <c r="B1783" s="0" t="s">
-        <v>458</v>
+        <v>300</v>
       </c>
       <c r="C1783" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1784">
       <c r="A1784" s="0" t="s">
-        <v>459</v>
+        <v>409</v>
       </c>
       <c r="B1784" s="0" t="s">
-        <v>460</v>
+        <v>410</v>
       </c>
       <c r="C1784" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1785">
       <c r="A1785" s="0" t="s">
-        <v>274</v>
+        <v>411</v>
       </c>
       <c r="B1785" s="0" t="s">
-        <v>275</v>
+        <v>412</v>
       </c>
       <c r="C1785" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1786">
       <c r="A1786" s="0" t="s">
-        <v>131</v>
+        <v>301</v>
       </c>
       <c r="B1786" s="0" t="s">
-        <v>132</v>
+        <v>302</v>
       </c>
       <c r="C1786" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1787">
       <c r="A1787" s="0" t="s">
-        <v>461</v>
+        <v>473</v>
       </c>
       <c r="B1787" s="0" t="s">
-        <v>462</v>
+        <v>474</v>
       </c>
       <c r="C1787" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1788">
       <c r="A1788" s="0" t="s">
-        <v>463</v>
+        <v>475</v>
       </c>
       <c r="B1788" s="0" t="s">
-        <v>464</v>
+        <v>476</v>
       </c>
       <c r="C1788" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1789">
       <c r="A1789" s="0" t="s">
-        <v>276</v>
+        <v>303</v>
       </c>
       <c r="B1789" s="0" t="s">
-        <v>277</v>
+        <v>304</v>
       </c>
       <c r="C1789" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1790">
       <c r="A1790" s="0" t="s">
-        <v>278</v>
+        <v>305</v>
       </c>
       <c r="B1790" s="0" t="s">
-        <v>279</v>
+        <v>306</v>
       </c>
       <c r="C1790" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1791">
       <c r="A1791" s="0" t="s">
-        <v>133</v>
+        <v>477</v>
       </c>
       <c r="B1791" s="0" t="s">
-        <v>134</v>
+        <v>478</v>
       </c>
       <c r="C1791" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1792">
       <c r="A1792" s="0" t="s">
-        <v>135</v>
+        <v>307</v>
       </c>
       <c r="B1792" s="0" t="s">
-        <v>136</v>
+        <v>308</v>
       </c>
       <c r="C1792" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1793">
       <c r="A1793" s="0" t="s">
-        <v>137</v>
+        <v>309</v>
       </c>
       <c r="B1793" s="0" t="s">
-        <v>138</v>
+        <v>310</v>
       </c>
       <c r="C1793" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1794">
       <c r="A1794" s="0" t="s">
-        <v>139</v>
+        <v>413</v>
       </c>
       <c r="B1794" s="0" t="s">
-        <v>140</v>
+        <v>414</v>
       </c>
       <c r="C1794" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1795">
       <c r="A1795" s="0" t="s">
-        <v>141</v>
+        <v>415</v>
       </c>
       <c r="B1795" s="0" t="s">
-        <v>138</v>
+        <v>416</v>
       </c>
       <c r="C1795" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1796">
       <c r="A1796" s="0" t="s">
-        <v>465</v>
+        <v>311</v>
       </c>
       <c r="B1796" s="0" t="s">
-        <v>466</v>
+        <v>312</v>
       </c>
       <c r="C1796" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1797">
       <c r="A1797" s="0" t="s">
-        <v>280</v>
+        <v>313</v>
       </c>
       <c r="B1797" s="0" t="s">
-        <v>281</v>
+        <v>314</v>
       </c>
       <c r="C1797" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1798">
       <c r="A1798" s="0" t="s">
-        <v>282</v>
+        <v>417</v>
       </c>
       <c r="B1798" s="0" t="s">
-        <v>283</v>
+        <v>418</v>
       </c>
       <c r="C1798" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1799">
       <c r="A1799" s="0" t="s">
-        <v>284</v>
+        <v>315</v>
       </c>
       <c r="B1799" s="0" t="s">
-        <v>281</v>
+        <v>316</v>
       </c>
       <c r="C1799" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1800">
       <c r="A1800" s="0" t="s">
-        <v>467</v>
+        <v>419</v>
       </c>
       <c r="B1800" s="0" t="s">
-        <v>468</v>
+        <v>420</v>
       </c>
       <c r="C1800" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1801">
       <c r="A1801" s="0" t="s">
-        <v>469</v>
+        <v>317</v>
       </c>
       <c r="B1801" s="0" t="s">
-        <v>470</v>
+        <v>318</v>
       </c>
       <c r="C1801" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1802">
       <c r="A1802" s="0" t="s">
-        <v>471</v>
+        <v>319</v>
       </c>
       <c r="B1802" s="0" t="s">
-        <v>472</v>
+        <v>320</v>
       </c>
       <c r="C1802" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1803">
       <c r="A1803" s="0" t="s">
         <v>321</v>
       </c>
       <c r="B1803" s="0" t="s">
         <v>322</v>
       </c>
       <c r="C1803" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1804">
       <c r="A1804" s="0" t="s">
-        <v>409</v>
+        <v>323</v>
       </c>
       <c r="B1804" s="0" t="s">
-        <v>410</v>
+        <v>324</v>
       </c>
       <c r="C1804" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1805">
       <c r="A1805" s="0" t="s">
-        <v>411</v>
+        <v>479</v>
       </c>
       <c r="B1805" s="0" t="s">
-        <v>412</v>
+        <v>480</v>
       </c>
       <c r="C1805" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1806">
       <c r="A1806" s="0" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="B1806" s="0" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="C1806" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1807">
       <c r="A1807" s="0" t="s">
-        <v>473</v>
+        <v>327</v>
       </c>
       <c r="B1807" s="0" t="s">
-        <v>474</v>
+        <v>326</v>
       </c>
       <c r="C1807" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1808">
       <c r="A1808" s="0" t="s">
-        <v>475</v>
+        <v>328</v>
       </c>
       <c r="B1808" s="0" t="s">
-        <v>476</v>
+        <v>329</v>
       </c>
       <c r="C1808" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1809">
       <c r="A1809" s="0" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="B1809" s="0" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="C1809" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1810">
       <c r="A1810" s="0" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="B1810" s="0" t="s">
-        <v>328</v>
+        <v>333</v>
       </c>
       <c r="C1810" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1811">
       <c r="A1811" s="0" t="s">
-        <v>477</v>
+        <v>481</v>
       </c>
       <c r="B1811" s="0" t="s">
-        <v>478</v>
+        <v>482</v>
       </c>
       <c r="C1811" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1812">
       <c r="A1812" s="0" t="s">
-        <v>329</v>
+        <v>334</v>
       </c>
       <c r="B1812" s="0" t="s">
-        <v>330</v>
+        <v>335</v>
       </c>
       <c r="C1812" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1813">
       <c r="A1813" s="0" t="s">
-        <v>331</v>
+        <v>336</v>
       </c>
       <c r="B1813" s="0" t="s">
-        <v>332</v>
+        <v>337</v>
       </c>
       <c r="C1813" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1814">
       <c r="A1814" s="0" t="s">
-        <v>413</v>
+        <v>338</v>
       </c>
       <c r="B1814" s="0" t="s">
-        <v>414</v>
+        <v>335</v>
       </c>
       <c r="C1814" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1815">
       <c r="A1815" s="0" t="s">
-        <v>415</v>
+        <v>106</v>
       </c>
       <c r="B1815" s="0" t="s">
-        <v>416</v>
+        <v>107</v>
       </c>
       <c r="C1815" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1816">
       <c r="A1816" s="0" t="s">
-        <v>333</v>
+        <v>108</v>
       </c>
       <c r="B1816" s="0" t="s">
-        <v>334</v>
+        <v>109</v>
       </c>
       <c r="C1816" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1817">
       <c r="A1817" s="0" t="s">
-        <v>335</v>
+        <v>110</v>
       </c>
       <c r="B1817" s="0" t="s">
-        <v>336</v>
+        <v>111</v>
       </c>
       <c r="C1817" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1818">
       <c r="A1818" s="0" t="s">
-        <v>417</v>
+        <v>483</v>
       </c>
       <c r="B1818" s="0" t="s">
-        <v>418</v>
+        <v>484</v>
       </c>
       <c r="C1818" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1819">
       <c r="A1819" s="0" t="s">
-        <v>337</v>
+        <v>485</v>
       </c>
       <c r="B1819" s="0" t="s">
-        <v>338</v>
+        <v>486</v>
       </c>
       <c r="C1819" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1820">
       <c r="A1820" s="0" t="s">
-        <v>419</v>
+        <v>287</v>
       </c>
       <c r="B1820" s="0" t="s">
-        <v>420</v>
+        <v>288</v>
       </c>
       <c r="C1820" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1821">
       <c r="A1821" s="0" t="s">
-        <v>339</v>
+        <v>487</v>
       </c>
       <c r="B1821" s="0" t="s">
-        <v>340</v>
+        <v>488</v>
       </c>
       <c r="C1821" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1822">
       <c r="A1822" s="0" t="s">
-        <v>341</v>
+        <v>289</v>
       </c>
       <c r="B1822" s="0" t="s">
-        <v>342</v>
+        <v>290</v>
       </c>
       <c r="C1822" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1823">
       <c r="A1823" s="0" t="s">
-        <v>343</v>
+        <v>421</v>
       </c>
       <c r="B1823" s="0" t="s">
-        <v>344</v>
+        <v>422</v>
       </c>
       <c r="C1823" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1824">
       <c r="A1824" s="0" t="s">
-        <v>345</v>
+        <v>223</v>
       </c>
       <c r="B1824" s="0" t="s">
-        <v>346</v>
+        <v>224</v>
       </c>
       <c r="C1824" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1825">
       <c r="A1825" s="0" t="s">
-        <v>479</v>
+        <v>225</v>
       </c>
       <c r="B1825" s="0" t="s">
-        <v>480</v>
+        <v>226</v>
       </c>
       <c r="C1825" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1826">
       <c r="A1826" s="0" t="s">
-        <v>347</v>
+        <v>227</v>
       </c>
       <c r="B1826" s="0" t="s">
-        <v>348</v>
+        <v>224</v>
       </c>
       <c r="C1826" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1827">
       <c r="A1827" s="0" t="s">
-        <v>349</v>
+        <v>423</v>
       </c>
       <c r="B1827" s="0" t="s">
-        <v>348</v>
+        <v>424</v>
       </c>
       <c r="C1827" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1828">
       <c r="A1828" s="0" t="s">
-        <v>350</v>
+        <v>228</v>
       </c>
       <c r="B1828" s="0" t="s">
-        <v>351</v>
+        <v>229</v>
       </c>
       <c r="C1828" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1829">
       <c r="A1829" s="0" t="s">
-        <v>352</v>
+        <v>425</v>
       </c>
       <c r="B1829" s="0" t="s">
-        <v>353</v>
+        <v>426</v>
       </c>
       <c r="C1829" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1830">
       <c r="A1830" s="0" t="s">
-        <v>354</v>
+        <v>263</v>
       </c>
       <c r="B1830" s="0" t="s">
-        <v>355</v>
+        <v>264</v>
       </c>
       <c r="C1830" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1831">
       <c r="A1831" s="0" t="s">
-        <v>481</v>
+        <v>265</v>
       </c>
       <c r="B1831" s="0" t="s">
-        <v>482</v>
+        <v>266</v>
       </c>
       <c r="C1831" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1832">
       <c r="A1832" s="0" t="s">
-        <v>356</v>
+        <v>267</v>
       </c>
       <c r="B1832" s="0" t="s">
-        <v>357</v>
+        <v>268</v>
       </c>
       <c r="C1832" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1833">
       <c r="A1833" s="0" t="s">
-        <v>358</v>
+        <v>269</v>
       </c>
       <c r="B1833" s="0" t="s">
-        <v>359</v>
+        <v>266</v>
       </c>
       <c r="C1833" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1834">
       <c r="A1834" s="0" t="s">
-        <v>360</v>
+        <v>270</v>
       </c>
       <c r="B1834" s="0" t="s">
-        <v>357</v>
+        <v>271</v>
       </c>
       <c r="C1834" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1835">
       <c r="A1835" s="0" t="s">
-        <v>142</v>
+        <v>272</v>
       </c>
       <c r="B1835" s="0" t="s">
-        <v>143</v>
+        <v>266</v>
       </c>
       <c r="C1835" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1836">
       <c r="A1836" s="0" t="s">
-        <v>144</v>
+        <v>273</v>
       </c>
       <c r="B1836" s="0" t="s">
-        <v>145</v>
+        <v>266</v>
       </c>
       <c r="C1836" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1837">
       <c r="A1837" s="0" t="s">
-        <v>146</v>
+        <v>427</v>
       </c>
       <c r="B1837" s="0" t="s">
-        <v>147</v>
+        <v>428</v>
       </c>
       <c r="C1837" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1838">
       <c r="A1838" s="0" t="s">
-        <v>483</v>
+        <v>291</v>
       </c>
       <c r="B1838" s="0" t="s">
-        <v>484</v>
+        <v>292</v>
       </c>
       <c r="C1838" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1839">
       <c r="A1839" s="0" t="s">
-        <v>485</v>
+        <v>293</v>
       </c>
       <c r="B1839" s="0" t="s">
-        <v>486</v>
+        <v>294</v>
       </c>
       <c r="C1839" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1840">
       <c r="A1840" s="0" t="s">
-        <v>309</v>
+        <v>295</v>
       </c>
       <c r="B1840" s="0" t="s">
-        <v>310</v>
+        <v>296</v>
       </c>
       <c r="C1840" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1841">
       <c r="A1841" s="0" t="s">
-        <v>487</v>
+        <v>429</v>
       </c>
       <c r="B1841" s="0" t="s">
-        <v>488</v>
+        <v>430</v>
       </c>
       <c r="C1841" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1842">
       <c r="A1842" s="0" t="s">
-        <v>311</v>
+        <v>297</v>
       </c>
       <c r="B1842" s="0" t="s">
-        <v>312</v>
+        <v>298</v>
       </c>
       <c r="C1842" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1843">
       <c r="A1843" s="0" t="s">
-        <v>421</v>
+        <v>431</v>
       </c>
       <c r="B1843" s="0" t="s">
-        <v>422</v>
+        <v>432</v>
       </c>
       <c r="C1843" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1844">
       <c r="A1844" s="0" t="s">
-        <v>245</v>
+        <v>339</v>
       </c>
       <c r="B1844" s="0" t="s">
-        <v>246</v>
+        <v>340</v>
       </c>
       <c r="C1844" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1845">
       <c r="A1845" s="0" t="s">
-        <v>247</v>
+        <v>341</v>
       </c>
       <c r="B1845" s="0" t="s">
-        <v>248</v>
+        <v>342</v>
       </c>
       <c r="C1845" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1846">
       <c r="A1846" s="0" t="s">
-        <v>249</v>
+        <v>433</v>
       </c>
       <c r="B1846" s="0" t="s">
-        <v>246</v>
+        <v>434</v>
       </c>
       <c r="C1846" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1847">
       <c r="A1847" s="0" t="s">
-        <v>423</v>
+        <v>343</v>
       </c>
       <c r="B1847" s="0" t="s">
-        <v>424</v>
+        <v>344</v>
       </c>
       <c r="C1847" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1848">
       <c r="A1848" s="0" t="s">
-        <v>250</v>
+        <v>345</v>
       </c>
       <c r="B1848" s="0" t="s">
-        <v>251</v>
+        <v>340</v>
       </c>
       <c r="C1848" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1849">
       <c r="A1849" s="0" t="s">
-        <v>425</v>
+        <v>346</v>
       </c>
       <c r="B1849" s="0" t="s">
-        <v>426</v>
+        <v>347</v>
       </c>
       <c r="C1849" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1850">
       <c r="A1850" s="0" t="s">
-        <v>285</v>
+        <v>348</v>
       </c>
       <c r="B1850" s="0" t="s">
-        <v>286</v>
+        <v>349</v>
       </c>
       <c r="C1850" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1851">
       <c r="A1851" s="0" t="s">
-        <v>287</v>
+        <v>350</v>
       </c>
       <c r="B1851" s="0" t="s">
-        <v>288</v>
+        <v>351</v>
       </c>
       <c r="C1851" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1852">
       <c r="A1852" s="0" t="s">
-        <v>289</v>
+        <v>352</v>
       </c>
       <c r="B1852" s="0" t="s">
-        <v>290</v>
+        <v>353</v>
       </c>
       <c r="C1852" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1853">
       <c r="A1853" s="0" t="s">
-        <v>291</v>
+        <v>354</v>
       </c>
       <c r="B1853" s="0" t="s">
-        <v>288</v>
+        <v>355</v>
       </c>
       <c r="C1853" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1854">
       <c r="A1854" s="0" t="s">
-        <v>292</v>
+        <v>435</v>
       </c>
       <c r="B1854" s="0" t="s">
-        <v>293</v>
+        <v>436</v>
       </c>
       <c r="C1854" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1855">
       <c r="A1855" s="0" t="s">
-        <v>294</v>
+        <v>356</v>
       </c>
       <c r="B1855" s="0" t="s">
-        <v>288</v>
+        <v>357</v>
       </c>
       <c r="C1855" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1856">
       <c r="A1856" s="0" t="s">
-        <v>295</v>
+        <v>358</v>
       </c>
       <c r="B1856" s="0" t="s">
-        <v>288</v>
+        <v>353</v>
       </c>
       <c r="C1856" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1857">
       <c r="A1857" s="0" t="s">
-        <v>427</v>
+        <v>359</v>
       </c>
       <c r="B1857" s="0" t="s">
-        <v>428</v>
+        <v>360</v>
       </c>
       <c r="C1857" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1858">
       <c r="A1858" s="0" t="s">
-        <v>313</v>
+        <v>361</v>
       </c>
       <c r="B1858" s="0" t="s">
-        <v>314</v>
+        <v>362</v>
       </c>
       <c r="C1858" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1859">
       <c r="A1859" s="0" t="s">
-        <v>315</v>
+        <v>363</v>
       </c>
       <c r="B1859" s="0" t="s">
-        <v>316</v>
+        <v>360</v>
       </c>
       <c r="C1859" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1860">
       <c r="A1860" s="0" t="s">
-        <v>317</v>
+        <v>364</v>
       </c>
       <c r="B1860" s="0" t="s">
-        <v>318</v>
+        <v>362</v>
       </c>
       <c r="C1860" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1861">
       <c r="A1861" s="0" t="s">
-        <v>429</v>
+        <v>437</v>
       </c>
       <c r="B1861" s="0" t="s">
-        <v>430</v>
+        <v>438</v>
       </c>
       <c r="C1861" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1862">
       <c r="A1862" s="0" t="s">
-        <v>319</v>
+        <v>230</v>
       </c>
       <c r="B1862" s="0" t="s">
-        <v>320</v>
+        <v>231</v>
       </c>
       <c r="C1862" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1863">
       <c r="A1863" s="0" t="s">
-        <v>431</v>
+        <v>232</v>
       </c>
       <c r="B1863" s="0" t="s">
-        <v>432</v>
+        <v>233</v>
       </c>
       <c r="C1863" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1864">
       <c r="A1864" s="0" t="s">
-        <v>361</v>
+        <v>234</v>
       </c>
       <c r="B1864" s="0" t="s">
-        <v>362</v>
+        <v>235</v>
       </c>
       <c r="C1864" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1865">
       <c r="A1865" s="0" t="s">
-        <v>363</v>
+        <v>236</v>
       </c>
       <c r="B1865" s="0" t="s">
-        <v>364</v>
+        <v>237</v>
       </c>
       <c r="C1865" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1866">
       <c r="A1866" s="0" t="s">
-        <v>433</v>
+        <v>489</v>
       </c>
       <c r="B1866" s="0" t="s">
-        <v>434</v>
+        <v>490</v>
       </c>
       <c r="C1866" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1867">
       <c r="A1867" s="0" t="s">
-        <v>365</v>
+        <v>238</v>
       </c>
       <c r="B1867" s="0" t="s">
-        <v>366</v>
+        <v>239</v>
       </c>
       <c r="C1867" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1868">
       <c r="A1868" s="0" t="s">
-        <v>367</v>
+        <v>240</v>
       </c>
       <c r="B1868" s="0" t="s">
-        <v>362</v>
+        <v>239</v>
       </c>
       <c r="C1868" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1869">
       <c r="A1869" s="0" t="s">
-        <v>368</v>
+        <v>241</v>
       </c>
       <c r="B1869" s="0" t="s">
-        <v>369</v>
+        <v>242</v>
       </c>
       <c r="C1869" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1870">
       <c r="A1870" s="0" t="s">
-        <v>370</v>
+        <v>243</v>
       </c>
       <c r="B1870" s="0" t="s">
-        <v>371</v>
+        <v>244</v>
       </c>
       <c r="C1870" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1871">
       <c r="A1871" s="0" t="s">
-        <v>372</v>
+        <v>245</v>
       </c>
       <c r="B1871" s="0" t="s">
-        <v>373</v>
+        <v>244</v>
       </c>
       <c r="C1871" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1872">
       <c r="A1872" s="0" t="s">
-        <v>374</v>
+        <v>246</v>
       </c>
       <c r="B1872" s="0" t="s">
-        <v>375</v>
+        <v>247</v>
       </c>
       <c r="C1872" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1873">
       <c r="A1873" s="0" t="s">
-        <v>376</v>
+        <v>248</v>
       </c>
       <c r="B1873" s="0" t="s">
-        <v>377</v>
+        <v>249</v>
       </c>
       <c r="C1873" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1874">
       <c r="A1874" s="0" t="s">
-        <v>435</v>
+        <v>250</v>
       </c>
       <c r="B1874" s="0" t="s">
-        <v>436</v>
+        <v>247</v>
       </c>
       <c r="C1874" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1875">
       <c r="A1875" s="0" t="s">
-        <v>378</v>
+        <v>251</v>
       </c>
       <c r="B1875" s="0" t="s">
-        <v>379</v>
+        <v>249</v>
       </c>
       <c r="C1875" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1876">
       <c r="A1876" s="0" t="s">
-        <v>380</v>
+        <v>122</v>
       </c>
       <c r="B1876" s="0" t="s">
-        <v>375</v>
+        <v>123</v>
       </c>
       <c r="C1876" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1877">
       <c r="A1877" s="0" t="s">
-        <v>381</v>
+        <v>124</v>
       </c>
       <c r="B1877" s="0" t="s">
-        <v>382</v>
+        <v>125</v>
       </c>
       <c r="C1877" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1878">
       <c r="A1878" s="0" t="s">
-        <v>383</v>
+        <v>126</v>
       </c>
       <c r="B1878" s="0" t="s">
-        <v>384</v>
+        <v>127</v>
       </c>
       <c r="C1878" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1879">
       <c r="A1879" s="0" t="s">
-        <v>385</v>
+        <v>128</v>
       </c>
       <c r="B1879" s="0" t="s">
-        <v>382</v>
+        <v>129</v>
       </c>
       <c r="C1879" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1880">
       <c r="A1880" s="0" t="s">
-        <v>386</v>
+        <v>130</v>
       </c>
       <c r="B1880" s="0" t="s">
-        <v>384</v>
+        <v>131</v>
       </c>
       <c r="C1880" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1881">
       <c r="A1881" s="0" t="s">
-        <v>437</v>
+        <v>132</v>
       </c>
       <c r="B1881" s="0" t="s">
-        <v>438</v>
+        <v>129</v>
       </c>
       <c r="C1881" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1882">
       <c r="A1882" s="0" t="s">
-        <v>252</v>
+        <v>133</v>
       </c>
       <c r="B1882" s="0" t="s">
-        <v>253</v>
+        <v>129</v>
       </c>
       <c r="C1882" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1883">
       <c r="A1883" s="0" t="s">
-        <v>254</v>
+        <v>274</v>
       </c>
       <c r="B1883" s="0" t="s">
-        <v>255</v>
+        <v>275</v>
       </c>
       <c r="C1883" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1884">
       <c r="A1884" s="0" t="s">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="B1884" s="0" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="C1884" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1885">
       <c r="A1885" s="0" t="s">
-        <v>258</v>
+        <v>278</v>
       </c>
       <c r="B1885" s="0" t="s">
-        <v>259</v>
+        <v>275</v>
       </c>
       <c r="C1885" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1886">
       <c r="A1886" s="0" t="s">
-        <v>489</v>
+        <v>380</v>
       </c>
       <c r="B1886" s="0" t="s">
-        <v>490</v>
+        <v>7</v>
       </c>
       <c r="C1886" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1887">
       <c r="A1887" s="0" t="s">
-        <v>260</v>
+        <v>381</v>
       </c>
       <c r="B1887" s="0" t="s">
-        <v>261</v>
+        <v>382</v>
       </c>
       <c r="C1887" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1888">
       <c r="A1888" s="0" t="s">
-        <v>262</v>
+        <v>6</v>
       </c>
       <c r="B1888" s="0" t="s">
-        <v>261</v>
+        <v>7</v>
       </c>
       <c r="C1888" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1889">
       <c r="A1889" s="0" t="s">
-        <v>263</v>
+        <v>8</v>
       </c>
       <c r="B1889" s="0" t="s">
-        <v>264</v>
+        <v>7</v>
       </c>
       <c r="C1889" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1890">
       <c r="A1890" s="0" t="s">
-        <v>265</v>
+        <v>383</v>
       </c>
       <c r="B1890" s="0" t="s">
-        <v>266</v>
+        <v>384</v>
       </c>
       <c r="C1890" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1891">
       <c r="A1891" s="0" t="s">
-        <v>267</v>
+        <v>32</v>
       </c>
       <c r="B1891" s="0" t="s">
-        <v>266</v>
+        <v>33</v>
       </c>
       <c r="C1891" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1892">
       <c r="A1892" s="0" t="s">
-        <v>268</v>
+        <v>15</v>
       </c>
       <c r="B1892" s="0" t="s">
-        <v>269</v>
+        <v>10</v>
       </c>
       <c r="C1892" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1893">
       <c r="A1893" s="0" t="s">
-        <v>270</v>
+        <v>3</v>
       </c>
       <c r="B1893" s="0" t="s">
-        <v>271</v>
+        <v>4</v>
       </c>
       <c r="C1893" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1894">
       <c r="A1894" s="0" t="s">
-        <v>272</v>
+        <v>16</v>
       </c>
       <c r="B1894" s="0" t="s">
-        <v>269</v>
+        <v>10</v>
       </c>
       <c r="C1894" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1895">
       <c r="A1895" s="0" t="s">
-        <v>273</v>
+        <v>9</v>
       </c>
       <c r="B1895" s="0" t="s">
-        <v>271</v>
+        <v>10</v>
       </c>
       <c r="C1895" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1896">
       <c r="A1896" s="0" t="s">
-        <v>158</v>
+        <v>377</v>
       </c>
       <c r="B1896" s="0" t="s">
-        <v>159</v>
+        <v>378</v>
       </c>
       <c r="C1896" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1897">
       <c r="A1897" s="0" t="s">
-        <v>160</v>
+        <v>389</v>
       </c>
       <c r="B1897" s="0" t="s">
-        <v>161</v>
+        <v>375</v>
       </c>
       <c r="C1897" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1898">
       <c r="A1898" s="0" t="s">
-        <v>162</v>
+        <v>390</v>
       </c>
       <c r="B1898" s="0" t="s">
-        <v>163</v>
+        <v>373</v>
       </c>
       <c r="C1898" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1899">
       <c r="A1899" s="0" t="s">
-        <v>164</v>
+        <v>376</v>
       </c>
       <c r="B1899" s="0" t="s">
-        <v>165</v>
+        <v>375</v>
       </c>
       <c r="C1899" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1900">
       <c r="A1900" s="0" t="s">
-        <v>166</v>
+        <v>374</v>
       </c>
       <c r="B1900" s="0" t="s">
-        <v>167</v>
+        <v>375</v>
       </c>
       <c r="C1900" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1901">
       <c r="A1901" s="0" t="s">
-        <v>168</v>
+        <v>372</v>
       </c>
       <c r="B1901" s="0" t="s">
-        <v>165</v>
+        <v>373</v>
       </c>
       <c r="C1901" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1902">
       <c r="A1902" s="0" t="s">
-        <v>169</v>
+        <v>379</v>
       </c>
       <c r="B1902" s="0" t="s">
-        <v>165</v>
+        <v>375</v>
       </c>
       <c r="C1902" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1903">
       <c r="A1903" s="0" t="s">
-        <v>296</v>
+        <v>17</v>
       </c>
       <c r="B1903" s="0" t="s">
-        <v>297</v>
+        <v>18</v>
       </c>
       <c r="C1903" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1904">
       <c r="A1904" s="0" t="s">
-        <v>298</v>
+        <v>19</v>
       </c>
       <c r="B1904" s="0" t="s">
-        <v>299</v>
+        <v>12</v>
       </c>
       <c r="C1904" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1905">
       <c r="A1905" s="0" t="s">
-        <v>300</v>
+        <v>21</v>
       </c>
       <c r="B1905" s="0" t="s">
-        <v>297</v>
+        <v>14</v>
       </c>
       <c r="C1905" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1906">
       <c r="A1906" s="0" t="s">
-        <v>3</v>
+        <v>11</v>
       </c>
       <c r="B1906" s="0" t="s">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="C1906" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1907">
       <c r="A1907" s="0" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="B1907" s="0" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="C1907" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1908">
       <c r="A1908" s="0" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="B1908" s="0" t="s">
-        <v>4</v>
+        <v>23</v>
       </c>
       <c r="C1908" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1909">
       <c r="A1909" s="0" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="B1909" s="0" t="s">
-        <v>4</v>
+        <v>25</v>
       </c>
       <c r="C1909" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1910">
       <c r="A1910" s="0" t="s">
-        <v>108</v>
+        <v>26</v>
       </c>
       <c r="B1910" s="0" t="s">
-        <v>109</v>
+        <v>27</v>
       </c>
       <c r="C1910" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1911">
       <c r="A1911" s="0" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="B1911" s="0" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="C1911" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1912">
       <c r="A1912" s="0" t="s">
-        <v>18</v>
+        <v>391</v>
       </c>
       <c r="B1912" s="0" t="s">
-        <v>13</v>
+        <v>392</v>
       </c>
       <c r="C1912" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1913">
       <c r="A1913" s="0" t="s">
-        <v>8</v>
+        <v>36</v>
       </c>
       <c r="B1913" s="0" t="s">
-        <v>9</v>
+        <v>37</v>
       </c>
       <c r="C1913" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1914">
       <c r="A1914" s="0" t="s">
-        <v>19</v>
+        <v>393</v>
       </c>
       <c r="B1914" s="0" t="s">
-        <v>13</v>
+        <v>41</v>
       </c>
       <c r="C1914" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1915">
       <c r="A1915" s="0" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="B1915" s="0" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="C1915" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1916">
       <c r="A1916" s="0" t="s">
-        <v>396</v>
+        <v>40</v>
       </c>
       <c r="B1916" s="0" t="s">
-        <v>397</v>
+        <v>41</v>
       </c>
       <c r="C1916" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1917">
       <c r="A1917" s="0" t="s">
-        <v>102</v>
+        <v>42</v>
       </c>
       <c r="B1917" s="0" t="s">
-        <v>103</v>
+        <v>39</v>
       </c>
       <c r="C1917" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1918">
       <c r="A1918" s="0" t="s">
-        <v>104</v>
+        <v>43</v>
       </c>
       <c r="B1918" s="0" t="s">
-        <v>105</v>
+        <v>44</v>
       </c>
       <c r="C1918" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1919">
       <c r="A1919" s="0" t="s">
-        <v>395</v>
+        <v>164</v>
       </c>
       <c r="B1919" s="0" t="s">
-        <v>103</v>
+        <v>165</v>
       </c>
       <c r="C1919" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1920">
       <c r="A1920" s="0" t="s">
-        <v>394</v>
+        <v>45</v>
       </c>
       <c r="B1920" s="0" t="s">
-        <v>103</v>
+        <v>46</v>
       </c>
       <c r="C1920" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1921">
       <c r="A1921" s="0" t="s">
-        <v>393</v>
+        <v>166</v>
       </c>
       <c r="B1921" s="0" t="s">
-        <v>105</v>
+        <v>48</v>
       </c>
       <c r="C1921" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1922">
       <c r="A1922" s="0" t="s">
-        <v>398</v>
+        <v>47</v>
       </c>
       <c r="B1922" s="0" t="s">
-        <v>103</v>
+        <v>48</v>
       </c>
       <c r="C1922" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1923">
       <c r="A1923" s="0" t="s">
-        <v>20</v>
+        <v>385</v>
       </c>
       <c r="B1923" s="0" t="s">
-        <v>21</v>
+        <v>386</v>
       </c>
       <c r="C1923" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1924">
       <c r="A1924" s="0" t="s">
-        <v>22</v>
+        <v>387</v>
       </c>
       <c r="B1924" s="0" t="s">
-        <v>15</v>
+        <v>388</v>
       </c>
       <c r="C1924" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1925">
       <c r="A1925" s="0" t="s">
-        <v>24</v>
+        <v>365</v>
       </c>
       <c r="B1925" s="0" t="s">
-        <v>17</v>
+        <v>366</v>
       </c>
       <c r="C1925" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1926">
       <c r="A1926" s="0" t="s">
-        <v>14</v>
+        <v>394</v>
       </c>
       <c r="B1926" s="0" t="s">
-        <v>15</v>
+        <v>395</v>
       </c>
       <c r="C1926" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1927">
       <c r="A1927" s="0" t="s">
-        <v>16</v>
+        <v>396</v>
       </c>
       <c r="B1927" s="0" t="s">
-        <v>17</v>
+        <v>397</v>
       </c>
       <c r="C1927" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1928">
       <c r="A1928" s="0" t="s">
-        <v>25</v>
+        <v>398</v>
       </c>
       <c r="B1928" s="0" t="s">
-        <v>26</v>
+        <v>370</v>
       </c>
       <c r="C1928" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1929">
       <c r="A1929" s="0" t="s">
-        <v>27</v>
+        <v>367</v>
       </c>
       <c r="B1929" s="0" t="s">
-        <v>28</v>
+        <v>368</v>
       </c>
       <c r="C1929" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1930">
       <c r="A1930" s="0" t="s">
-        <v>29</v>
+        <v>369</v>
       </c>
       <c r="B1930" s="0" t="s">
-        <v>30</v>
+        <v>370</v>
       </c>
       <c r="C1930" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1931">
       <c r="A1931" s="0" t="s">
-        <v>39</v>
+        <v>371</v>
       </c>
       <c r="B1931" s="0" t="s">
-        <v>40</v>
+        <v>368</v>
       </c>
       <c r="C1931" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1932">
       <c r="A1932" s="0" t="s">
-        <v>110</v>
+        <v>167</v>
       </c>
       <c r="B1932" s="0" t="s">
-        <v>111</v>
+        <v>168</v>
       </c>
       <c r="C1932" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1933">
       <c r="A1933" s="0" t="s">
-        <v>41</v>
+        <v>169</v>
       </c>
       <c r="B1933" s="0" t="s">
-        <v>42</v>
+        <v>170</v>
       </c>
       <c r="C1933" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1934">
       <c r="A1934" s="0" t="s">
-        <v>43</v>
+        <v>171</v>
       </c>
       <c r="B1934" s="0" t="s">
-        <v>44</v>
+        <v>172</v>
       </c>
       <c r="C1934" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1935">
       <c r="A1935" s="0" t="s">
-        <v>45</v>
+        <v>173</v>
       </c>
       <c r="B1935" s="0" t="s">
-        <v>46</v>
+        <v>174</v>
       </c>
       <c r="C1935" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1936">
       <c r="A1936" s="0" t="s">
-        <v>47</v>
+        <v>175</v>
       </c>
       <c r="B1936" s="0" t="s">
-        <v>44</v>
+        <v>176</v>
       </c>
       <c r="C1936" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1937">
       <c r="A1937" s="0" t="s">
-        <v>48</v>
+        <v>177</v>
       </c>
       <c r="B1937" s="0" t="s">
-        <v>46</v>
+        <v>174</v>
       </c>
       <c r="C1937" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1938">
       <c r="A1938" s="0" t="s">
-        <v>49</v>
+        <v>181</v>
       </c>
       <c r="B1938" s="0" t="s">
-        <v>50</v>
+        <v>182</v>
       </c>
       <c r="C1938" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1939">
       <c r="A1939" s="0" t="s">
-        <v>51</v>
+        <v>183</v>
       </c>
       <c r="B1939" s="0" t="s">
-        <v>52</v>
+        <v>184</v>
       </c>
       <c r="C1939" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1940">
       <c r="A1940" s="0" t="s">
-        <v>53</v>
+        <v>185</v>
       </c>
       <c r="B1940" s="0" t="s">
-        <v>54</v>
+        <v>186</v>
       </c>
       <c r="C1940" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1941">
       <c r="A1941" s="0" t="s">
-        <v>117</v>
+        <v>187</v>
       </c>
       <c r="B1941" s="0" t="s">
-        <v>56</v>
+        <v>184</v>
       </c>
       <c r="C1941" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1942">
       <c r="A1942" s="0" t="s">
-        <v>55</v>
+        <v>158</v>
       </c>
       <c r="B1942" s="0" t="s">
-        <v>56</v>
+        <v>159</v>
       </c>
       <c r="C1942" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1943">
       <c r="A1943" s="0" t="s">
-        <v>106</v>
+        <v>380</v>
       </c>
       <c r="B1943" s="0" t="s">
-        <v>107</v>
+        <v>7</v>
       </c>
       <c r="C1943" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1944">
       <c r="A1944" s="0" t="s">
-        <v>35</v>
+        <v>381</v>
       </c>
       <c r="B1944" s="0" t="s">
-        <v>36</v>
+        <v>382</v>
       </c>
       <c r="C1944" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1945">
       <c r="A1945" s="0" t="s">
-        <v>387</v>
+        <v>6</v>
       </c>
       <c r="B1945" s="0" t="s">
-        <v>388</v>
+        <v>7</v>
       </c>
       <c r="C1945" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1946">
       <c r="A1946" s="0" t="s">
-        <v>112</v>
+        <v>8</v>
       </c>
       <c r="B1946" s="0" t="s">
-        <v>113</v>
+        <v>7</v>
       </c>
       <c r="C1946" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1947">
       <c r="A1947" s="0" t="s">
-        <v>98</v>
+        <v>160</v>
       </c>
       <c r="B1947" s="0" t="s">
-        <v>99</v>
+        <v>161</v>
       </c>
       <c r="C1947" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1948">
       <c r="A1948" s="0" t="s">
-        <v>100</v>
+        <v>383</v>
       </c>
       <c r="B1948" s="0" t="s">
-        <v>101</v>
+        <v>384</v>
       </c>
       <c r="C1948" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1949">
       <c r="A1949" s="0" t="s">
-        <v>389</v>
+        <v>32</v>
       </c>
       <c r="B1949" s="0" t="s">
-        <v>390</v>
+        <v>33</v>
       </c>
       <c r="C1949" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1950">
       <c r="A1950" s="0" t="s">
-        <v>391</v>
+        <v>81</v>
       </c>
       <c r="B1950" s="0" t="s">
-        <v>101</v>
+        <v>50</v>
       </c>
       <c r="C1950" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1951">
       <c r="A1951" s="0" t="s">
-        <v>392</v>
+        <v>49</v>
       </c>
       <c r="B1951" s="0" t="s">
-        <v>390</v>
+        <v>50</v>
       </c>
       <c r="C1951" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1952">
       <c r="A1952" s="0" t="s">
-        <v>199</v>
+        <v>162</v>
       </c>
       <c r="B1952" s="0" t="s">
-        <v>200</v>
+        <v>163</v>
       </c>
       <c r="C1952" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1953">
       <c r="A1953" s="0" t="s">
-        <v>89</v>
+        <v>80</v>
       </c>
       <c r="B1953" s="0" t="s">
-        <v>90</v>
+        <v>31</v>
       </c>
       <c r="C1953" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1954">
       <c r="A1954" s="0" t="s">
-        <v>201</v>
+        <v>30</v>
       </c>
       <c r="B1954" s="0" t="s">
-        <v>202</v>
+        <v>31</v>
       </c>
       <c r="C1954" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1955">
       <c r="A1955" s="0" t="s">
-        <v>115</v>
+        <v>15</v>
       </c>
       <c r="B1955" s="0" t="s">
-        <v>116</v>
+        <v>10</v>
       </c>
       <c r="C1955" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1956">
       <c r="A1956" s="0" t="s">
-        <v>203</v>
+        <v>3</v>
       </c>
       <c r="B1956" s="0" t="s">
-        <v>204</v>
+        <v>4</v>
       </c>
       <c r="C1956" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1957">
       <c r="A1957" s="0" t="s">
-        <v>205</v>
+        <v>16</v>
       </c>
       <c r="B1957" s="0" t="s">
-        <v>116</v>
+        <v>10</v>
       </c>
       <c r="C1957" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1958">
       <c r="A1958" s="0" t="s">
-        <v>209</v>
+        <v>9</v>
       </c>
       <c r="B1958" s="0" t="s">
-        <v>210</v>
+        <v>10</v>
       </c>
       <c r="C1958" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1959">
       <c r="A1959" s="0" t="s">
-        <v>91</v>
+        <v>377</v>
       </c>
       <c r="B1959" s="0" t="s">
-        <v>92</v>
+        <v>378</v>
       </c>
       <c r="C1959" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1960">
       <c r="A1960" s="0" t="s">
-        <v>211</v>
+        <v>389</v>
       </c>
       <c r="B1960" s="0" t="s">
-        <v>212</v>
+        <v>375</v>
       </c>
       <c r="C1960" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1961">
       <c r="A1961" s="0" t="s">
-        <v>213</v>
+        <v>390</v>
       </c>
       <c r="B1961" s="0" t="s">
-        <v>92</v>
+        <v>373</v>
       </c>
       <c r="C1961" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1962">
       <c r="A1962" s="0" t="s">
-        <v>194</v>
+        <v>376</v>
       </c>
       <c r="B1962" s="0" t="s">
-        <v>195</v>
+        <v>375</v>
       </c>
       <c r="C1962" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1963">
       <c r="A1963" s="0" t="s">
-        <v>3</v>
+        <v>374</v>
       </c>
       <c r="B1963" s="0" t="s">
-        <v>4</v>
+        <v>375</v>
       </c>
       <c r="C1963" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1964">
       <c r="A1964" s="0" t="s">
-        <v>6</v>
+        <v>372</v>
       </c>
       <c r="B1964" s="0" t="s">
-        <v>7</v>
+        <v>373</v>
       </c>
       <c r="C1964" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1965">
       <c r="A1965" s="0" t="s">
-        <v>10</v>
+        <v>379</v>
       </c>
       <c r="B1965" s="0" t="s">
-        <v>4</v>
+        <v>375</v>
       </c>
       <c r="C1965" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1966">
       <c r="A1966" s="0" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="B1966" s="0" t="s">
-        <v>4</v>
+        <v>18</v>
       </c>
       <c r="C1966" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1967">
       <c r="A1967" s="0" t="s">
-        <v>196</v>
+        <v>19</v>
       </c>
       <c r="B1967" s="0" t="s">
-        <v>94</v>
+        <v>12</v>
       </c>
       <c r="C1967" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1968">
       <c r="A1968" s="0" t="s">
-        <v>108</v>
+        <v>21</v>
       </c>
       <c r="B1968" s="0" t="s">
-        <v>109</v>
+        <v>14</v>
       </c>
       <c r="C1968" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1969">
       <c r="A1969" s="0" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
       <c r="B1969" s="0" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="C1969" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1970">
       <c r="A1970" s="0" t="s">
-        <v>114</v>
+        <v>13</v>
       </c>
       <c r="B1970" s="0" t="s">
-        <v>58</v>
+        <v>14</v>
       </c>
       <c r="C1970" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1971">
       <c r="A1971" s="0" t="s">
-        <v>57</v>
+        <v>22</v>
       </c>
       <c r="B1971" s="0" t="s">
-        <v>58</v>
+        <v>23</v>
       </c>
       <c r="C1971" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1972">
       <c r="A1972" s="0" t="s">
-        <v>197</v>
+        <v>24</v>
       </c>
       <c r="B1972" s="0" t="s">
-        <v>198</v>
+        <v>25</v>
       </c>
       <c r="C1972" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1973">
       <c r="A1973" s="0" t="s">
-        <v>88</v>
+        <v>26</v>
       </c>
       <c r="B1973" s="0" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="C1973" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1974">
       <c r="A1974" s="0" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="B1974" s="0" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="C1974" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1975">
       <c r="A1975" s="0" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
       <c r="B1975" s="0" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="C1975" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1976">
       <c r="A1976" s="0" t="s">
-        <v>8</v>
+        <v>391</v>
       </c>
       <c r="B1976" s="0" t="s">
-        <v>9</v>
+        <v>392</v>
       </c>
       <c r="C1976" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1977">
       <c r="A1977" s="0" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
       <c r="B1977" s="0" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="C1977" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1978">
       <c r="A1978" s="0" t="s">
-        <v>12</v>
+        <v>393</v>
       </c>
       <c r="B1978" s="0" t="s">
-        <v>13</v>
+        <v>41</v>
       </c>
       <c r="C1978" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1979">
       <c r="A1979" s="0" t="s">
-        <v>396</v>
+        <v>38</v>
       </c>
       <c r="B1979" s="0" t="s">
-        <v>397</v>
+        <v>39</v>
       </c>
       <c r="C1979" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1980">
       <c r="A1980" s="0" t="s">
-        <v>102</v>
+        <v>40</v>
       </c>
       <c r="B1980" s="0" t="s">
-        <v>103</v>
+        <v>41</v>
       </c>
       <c r="C1980" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1981">
       <c r="A1981" s="0" t="s">
-        <v>104</v>
+        <v>42</v>
       </c>
       <c r="B1981" s="0" t="s">
-        <v>105</v>
+        <v>39</v>
       </c>
       <c r="C1981" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1982">
       <c r="A1982" s="0" t="s">
-        <v>395</v>
+        <v>43</v>
       </c>
       <c r="B1982" s="0" t="s">
-        <v>103</v>
+        <v>44</v>
       </c>
       <c r="C1982" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1983">
       <c r="A1983" s="0" t="s">
-        <v>394</v>
+        <v>164</v>
       </c>
       <c r="B1983" s="0" t="s">
-        <v>103</v>
+        <v>165</v>
       </c>
       <c r="C1983" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1984">
       <c r="A1984" s="0" t="s">
-        <v>393</v>
+        <v>45</v>
       </c>
       <c r="B1984" s="0" t="s">
-        <v>105</v>
+        <v>46</v>
       </c>
       <c r="C1984" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1985">
       <c r="A1985" s="0" t="s">
-        <v>398</v>
+        <v>166</v>
       </c>
       <c r="B1985" s="0" t="s">
-        <v>103</v>
+        <v>48</v>
       </c>
       <c r="C1985" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1986">
       <c r="A1986" s="0" t="s">
-        <v>20</v>
+        <v>47</v>
       </c>
       <c r="B1986" s="0" t="s">
-        <v>21</v>
+        <v>48</v>
       </c>
       <c r="C1986" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1987">
       <c r="A1987" s="0" t="s">
-        <v>22</v>
+        <v>385</v>
       </c>
       <c r="B1987" s="0" t="s">
-        <v>15</v>
+        <v>386</v>
       </c>
       <c r="C1987" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1988">
       <c r="A1988" s="0" t="s">
-        <v>24</v>
+        <v>387</v>
       </c>
       <c r="B1988" s="0" t="s">
-        <v>17</v>
+        <v>388</v>
       </c>
       <c r="C1988" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1989">
       <c r="A1989" s="0" t="s">
-        <v>14</v>
+        <v>365</v>
       </c>
       <c r="B1989" s="0" t="s">
-        <v>15</v>
+        <v>366</v>
       </c>
       <c r="C1989" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1990">
       <c r="A1990" s="0" t="s">
-        <v>16</v>
+        <v>394</v>
       </c>
       <c r="B1990" s="0" t="s">
-        <v>17</v>
+        <v>395</v>
       </c>
       <c r="C1990" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1991">
       <c r="A1991" s="0" t="s">
-        <v>25</v>
+        <v>396</v>
       </c>
       <c r="B1991" s="0" t="s">
-        <v>26</v>
+        <v>397</v>
       </c>
       <c r="C1991" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1992">
       <c r="A1992" s="0" t="s">
-        <v>27</v>
+        <v>398</v>
       </c>
       <c r="B1992" s="0" t="s">
-        <v>28</v>
+        <v>370</v>
       </c>
       <c r="C1992" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1993">
       <c r="A1993" s="0" t="s">
-        <v>29</v>
+        <v>367</v>
       </c>
       <c r="B1993" s="0" t="s">
-        <v>30</v>
+        <v>368</v>
       </c>
       <c r="C1993" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1994">
       <c r="A1994" s="0" t="s">
-        <v>31</v>
+        <v>369</v>
       </c>
       <c r="B1994" s="0" t="s">
-        <v>32</v>
+        <v>370</v>
       </c>
       <c r="C1994" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1995">
       <c r="A1995" s="0" t="s">
-        <v>39</v>
+        <v>371</v>
       </c>
       <c r="B1995" s="0" t="s">
-        <v>40</v>
+        <v>368</v>
       </c>
       <c r="C1995" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1996">
       <c r="A1996" s="0" t="s">
-        <v>110</v>
+        <v>167</v>
       </c>
       <c r="B1996" s="0" t="s">
-        <v>111</v>
+        <v>168</v>
       </c>
       <c r="C1996" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1997">
       <c r="A1997" s="0" t="s">
-        <v>41</v>
+        <v>169</v>
       </c>
       <c r="B1997" s="0" t="s">
-        <v>42</v>
+        <v>170</v>
       </c>
       <c r="C1997" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1998">
       <c r="A1998" s="0" t="s">
-        <v>43</v>
+        <v>171</v>
       </c>
       <c r="B1998" s="0" t="s">
-        <v>44</v>
+        <v>172</v>
       </c>
       <c r="C1998" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1999">
       <c r="A1999" s="0" t="s">
-        <v>45</v>
+        <v>173</v>
       </c>
       <c r="B1999" s="0" t="s">
-        <v>46</v>
+        <v>174</v>
       </c>
       <c r="C1999" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2000">
       <c r="A2000" s="0" t="s">
-        <v>47</v>
+        <v>175</v>
       </c>
       <c r="B2000" s="0" t="s">
-        <v>44</v>
+        <v>176</v>
       </c>
       <c r="C2000" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2001">
       <c r="A2001" s="0" t="s">
-        <v>48</v>
+        <v>177</v>
       </c>
       <c r="B2001" s="0" t="s">
-        <v>46</v>
+        <v>174</v>
       </c>
       <c r="C2001" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2002">
       <c r="A2002" s="0" t="s">
-        <v>49</v>
+        <v>178</v>
       </c>
       <c r="B2002" s="0" t="s">
-        <v>50</v>
+        <v>179</v>
       </c>
       <c r="C2002" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2003">
       <c r="A2003" s="0" t="s">
-        <v>51</v>
+        <v>180</v>
       </c>
       <c r="B2003" s="0" t="s">
-        <v>52</v>
+        <v>179</v>
       </c>
       <c r="C2003" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2004">
       <c r="A2004" s="0" t="s">
-        <v>53</v>
+        <v>181</v>
       </c>
       <c r="B2004" s="0" t="s">
-        <v>54</v>
+        <v>182</v>
       </c>
       <c r="C2004" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2005">
       <c r="A2005" s="0" t="s">
-        <v>117</v>
+        <v>183</v>
       </c>
       <c r="B2005" s="0" t="s">
-        <v>56</v>
+        <v>184</v>
       </c>
       <c r="C2005" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2006">
       <c r="A2006" s="0" t="s">
-        <v>55</v>
+        <v>185</v>
       </c>
       <c r="B2006" s="0" t="s">
-        <v>56</v>
+        <v>186</v>
       </c>
       <c r="C2006" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2007">
       <c r="A2007" s="0" t="s">
-        <v>106</v>
+        <v>187</v>
       </c>
       <c r="B2007" s="0" t="s">
-        <v>107</v>
+        <v>184</v>
       </c>
       <c r="C2007" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2008">
       <c r="A2008" s="0" t="s">
-        <v>35</v>
+        <v>188</v>
       </c>
       <c r="B2008" s="0" t="s">
-        <v>36</v>
+        <v>189</v>
       </c>
       <c r="C2008" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2009">
       <c r="A2009" s="0" t="s">
-        <v>387</v>
+        <v>190</v>
       </c>
       <c r="B2009" s="0" t="s">
-        <v>388</v>
+        <v>189</v>
       </c>
       <c r="C2009" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2010">
       <c r="A2010" s="0" t="s">
-        <v>112</v>
+        <v>191</v>
       </c>
       <c r="B2010" s="0" t="s">
-        <v>113</v>
+        <v>161</v>
       </c>
       <c r="C2010" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2011">
       <c r="A2011" s="0" t="s">
-        <v>98</v>
+        <v>425</v>
       </c>
       <c r="B2011" s="0" t="s">
-        <v>99</v>
+        <v>426</v>
       </c>
       <c r="C2011" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2012">
       <c r="A2012" s="0" t="s">
-        <v>100</v>
+        <v>263</v>
       </c>
       <c r="B2012" s="0" t="s">
-        <v>101</v>
+        <v>264</v>
       </c>
       <c r="C2012" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2013">
       <c r="A2013" s="0" t="s">
-        <v>389</v>
+        <v>265</v>
       </c>
       <c r="B2013" s="0" t="s">
-        <v>390</v>
+        <v>266</v>
       </c>
       <c r="C2013" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2014">
       <c r="A2014" s="0" t="s">
-        <v>391</v>
+        <v>267</v>
       </c>
       <c r="B2014" s="0" t="s">
-        <v>101</v>
+        <v>268</v>
       </c>
       <c r="C2014" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2015">
       <c r="A2015" s="0" t="s">
-        <v>392</v>
+        <v>269</v>
       </c>
       <c r="B2015" s="0" t="s">
-        <v>390</v>
+        <v>266</v>
       </c>
       <c r="C2015" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2016">
       <c r="A2016" s="0" t="s">
-        <v>199</v>
+        <v>270</v>
       </c>
       <c r="B2016" s="0" t="s">
-        <v>200</v>
+        <v>271</v>
       </c>
       <c r="C2016" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2017">
       <c r="A2017" s="0" t="s">
-        <v>89</v>
+        <v>272</v>
       </c>
       <c r="B2017" s="0" t="s">
-        <v>90</v>
+        <v>266</v>
       </c>
       <c r="C2017" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2018">
       <c r="A2018" s="0" t="s">
-        <v>201</v>
+        <v>273</v>
       </c>
       <c r="B2018" s="0" t="s">
-        <v>202</v>
+        <v>266</v>
       </c>
       <c r="C2018" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2019">
       <c r="A2019" s="0" t="s">
-        <v>115</v>
+        <v>427</v>
       </c>
       <c r="B2019" s="0" t="s">
-        <v>116</v>
+        <v>428</v>
       </c>
       <c r="C2019" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2020">
       <c r="A2020" s="0" t="s">
-        <v>203</v>
+        <v>291</v>
       </c>
       <c r="B2020" s="0" t="s">
-        <v>204</v>
+        <v>292</v>
       </c>
       <c r="C2020" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2021">
       <c r="A2021" s="0" t="s">
-        <v>205</v>
+        <v>293</v>
       </c>
       <c r="B2021" s="0" t="s">
-        <v>116</v>
+        <v>294</v>
       </c>
       <c r="C2021" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2022">
       <c r="A2022" s="0" t="s">
-        <v>206</v>
+        <v>295</v>
       </c>
       <c r="B2022" s="0" t="s">
-        <v>207</v>
+        <v>296</v>
       </c>
       <c r="C2022" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2023">
       <c r="A2023" s="0" t="s">
-        <v>208</v>
+        <v>429</v>
       </c>
       <c r="B2023" s="0" t="s">
-        <v>207</v>
+        <v>430</v>
       </c>
       <c r="C2023" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2024">
       <c r="A2024" s="0" t="s">
-        <v>209</v>
+        <v>297</v>
       </c>
       <c r="B2024" s="0" t="s">
-        <v>210</v>
+        <v>298</v>
       </c>
       <c r="C2024" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2025">
       <c r="A2025" s="0" t="s">
-        <v>91</v>
+        <v>82</v>
       </c>
       <c r="B2025" s="0" t="s">
-        <v>92</v>
+        <v>83</v>
       </c>
       <c r="C2025" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2026">
       <c r="A2026" s="0" t="s">
-        <v>211</v>
+        <v>85</v>
       </c>
       <c r="B2026" s="0" t="s">
-        <v>212</v>
+        <v>86</v>
       </c>
       <c r="C2026" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2027">
       <c r="A2027" s="0" t="s">
-        <v>213</v>
+        <v>87</v>
       </c>
       <c r="B2027" s="0" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="C2027" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2028">
       <c r="A2028" s="0" t="s">
-        <v>95</v>
+        <v>89</v>
       </c>
       <c r="B2028" s="0" t="s">
-        <v>96</v>
+        <v>90</v>
       </c>
       <c r="C2028" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2029">
       <c r="A2029" s="0" t="s">
-        <v>97</v>
+        <v>91</v>
       </c>
       <c r="B2029" s="0" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="C2029" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2030">
       <c r="A2030" s="0" t="s">
         <v>93</v>
       </c>
       <c r="B2030" s="0" t="s">
         <v>94</v>
       </c>
       <c r="C2030" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2031">
       <c r="A2031" s="0" t="s">
-        <v>425</v>
+        <v>399</v>
       </c>
       <c r="B2031" s="0" t="s">
-        <v>426</v>
+        <v>400</v>
       </c>
       <c r="C2031" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2032">
       <c r="A2032" s="0" t="s">
-        <v>285</v>
+        <v>401</v>
       </c>
       <c r="B2032" s="0" t="s">
-        <v>286</v>
+        <v>402</v>
       </c>
       <c r="C2032" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2033">
       <c r="A2033" s="0" t="s">
-        <v>287</v>
+        <v>194</v>
       </c>
       <c r="B2033" s="0" t="s">
-        <v>288</v>
+        <v>195</v>
       </c>
       <c r="C2033" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2034">
       <c r="A2034" s="0" t="s">
-        <v>289</v>
+        <v>403</v>
       </c>
       <c r="B2034" s="0" t="s">
-        <v>290</v>
+        <v>404</v>
       </c>
       <c r="C2034" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2035">
       <c r="A2035" s="0" t="s">
-        <v>291</v>
+        <v>405</v>
       </c>
       <c r="B2035" s="0" t="s">
-        <v>288</v>
+        <v>406</v>
       </c>
       <c r="C2035" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2036">
       <c r="A2036" s="0" t="s">
-        <v>292</v>
+        <v>204</v>
       </c>
       <c r="B2036" s="0" t="s">
-        <v>293</v>
+        <v>205</v>
       </c>
       <c r="C2036" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2037">
       <c r="A2037" s="0" t="s">
-        <v>294</v>
+        <v>206</v>
       </c>
       <c r="B2037" s="0" t="s">
-        <v>288</v>
+        <v>207</v>
       </c>
       <c r="C2037" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2038">
       <c r="A2038" s="0" t="s">
-        <v>295</v>
+        <v>407</v>
       </c>
       <c r="B2038" s="0" t="s">
-        <v>288</v>
+        <v>408</v>
       </c>
       <c r="C2038" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2039">
       <c r="A2039" s="0" t="s">
-        <v>427</v>
+        <v>208</v>
       </c>
       <c r="B2039" s="0" t="s">
-        <v>428</v>
+        <v>209</v>
       </c>
       <c r="C2039" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2040">
       <c r="A2040" s="0" t="s">
-        <v>313</v>
+        <v>210</v>
       </c>
       <c r="B2040" s="0" t="s">
-        <v>314</v>
+        <v>211</v>
       </c>
       <c r="C2040" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2041">
       <c r="A2041" s="0" t="s">
-        <v>315</v>
+        <v>212</v>
       </c>
       <c r="B2041" s="0" t="s">
-        <v>316</v>
+        <v>213</v>
       </c>
       <c r="C2041" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2042">
       <c r="A2042" s="0" t="s">
-        <v>317</v>
+        <v>214</v>
       </c>
       <c r="B2042" s="0" t="s">
-        <v>318</v>
+        <v>215</v>
       </c>
       <c r="C2042" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2043">
       <c r="A2043" s="0" t="s">
-        <v>429</v>
+        <v>219</v>
       </c>
       <c r="B2043" s="0" t="s">
-        <v>430</v>
+        <v>220</v>
       </c>
       <c r="C2043" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2044">
       <c r="A2044" s="0" t="s">
-        <v>319</v>
+        <v>95</v>
       </c>
       <c r="B2044" s="0" t="s">
-        <v>320</v>
+        <v>96</v>
       </c>
       <c r="C2044" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2045">
       <c r="A2045" s="0" t="s">
-        <v>118</v>
+        <v>97</v>
       </c>
       <c r="B2045" s="0" t="s">
-        <v>119</v>
+        <v>98</v>
       </c>
       <c r="C2045" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2046">
       <c r="A2046" s="0" t="s">
-        <v>121</v>
+        <v>99</v>
       </c>
       <c r="B2046" s="0" t="s">
-        <v>122</v>
+        <v>100</v>
       </c>
       <c r="C2046" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2047">
       <c r="A2047" s="0" t="s">
-        <v>123</v>
+        <v>101</v>
       </c>
       <c r="B2047" s="0" t="s">
-        <v>124</v>
+        <v>102</v>
       </c>
       <c r="C2047" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2048">
       <c r="A2048" s="0" t="s">
-        <v>125</v>
+        <v>103</v>
       </c>
       <c r="B2048" s="0" t="s">
-        <v>126</v>
+        <v>104</v>
       </c>
       <c r="C2048" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2049">
       <c r="A2049" s="0" t="s">
-        <v>127</v>
+        <v>105</v>
       </c>
       <c r="B2049" s="0" t="s">
-        <v>128</v>
+        <v>102</v>
       </c>
       <c r="C2049" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2050">
       <c r="A2050" s="0" t="s">
-        <v>129</v>
+        <v>409</v>
       </c>
       <c r="B2050" s="0" t="s">
-        <v>130</v>
+        <v>410</v>
       </c>
       <c r="C2050" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2051">
       <c r="A2051" s="0" t="s">
-        <v>399</v>
+        <v>411</v>
       </c>
       <c r="B2051" s="0" t="s">
-        <v>400</v>
+        <v>412</v>
       </c>
       <c r="C2051" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2052">
       <c r="A2052" s="0" t="s">
-        <v>401</v>
+        <v>301</v>
       </c>
       <c r="B2052" s="0" t="s">
-        <v>402</v>
+        <v>302</v>
       </c>
       <c r="C2052" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2053">
       <c r="A2053" s="0" t="s">
-        <v>216</v>
+        <v>413</v>
       </c>
       <c r="B2053" s="0" t="s">
-        <v>217</v>
+        <v>414</v>
       </c>
       <c r="C2053" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2054">
       <c r="A2054" s="0" t="s">
-        <v>403</v>
+        <v>415</v>
       </c>
       <c r="B2054" s="0" t="s">
-        <v>404</v>
+        <v>416</v>
       </c>
       <c r="C2054" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2055">
       <c r="A2055" s="0" t="s">
-        <v>405</v>
+        <v>311</v>
       </c>
       <c r="B2055" s="0" t="s">
-        <v>406</v>
+        <v>312</v>
       </c>
       <c r="C2055" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2056">
       <c r="A2056" s="0" t="s">
-        <v>226</v>
+        <v>313</v>
       </c>
       <c r="B2056" s="0" t="s">
-        <v>227</v>
+        <v>314</v>
       </c>
       <c r="C2056" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2057">
       <c r="A2057" s="0" t="s">
-        <v>228</v>
+        <v>417</v>
       </c>
       <c r="B2057" s="0" t="s">
-        <v>229</v>
+        <v>418</v>
       </c>
       <c r="C2057" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2058">
       <c r="A2058" s="0" t="s">
-        <v>407</v>
+        <v>315</v>
       </c>
       <c r="B2058" s="0" t="s">
-        <v>408</v>
+        <v>316</v>
       </c>
       <c r="C2058" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2059">
       <c r="A2059" s="0" t="s">
-        <v>230</v>
+        <v>419</v>
       </c>
       <c r="B2059" s="0" t="s">
-        <v>231</v>
+        <v>420</v>
       </c>
       <c r="C2059" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2060">
       <c r="A2060" s="0" t="s">
-        <v>232</v>
+        <v>317</v>
       </c>
       <c r="B2060" s="0" t="s">
-        <v>233</v>
+        <v>318</v>
       </c>
       <c r="C2060" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2061">
       <c r="A2061" s="0" t="s">
-        <v>234</v>
+        <v>319</v>
       </c>
       <c r="B2061" s="0" t="s">
-        <v>235</v>
+        <v>320</v>
       </c>
       <c r="C2061" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2062">
       <c r="A2062" s="0" t="s">
-        <v>236</v>
+        <v>321</v>
       </c>
       <c r="B2062" s="0" t="s">
-        <v>237</v>
+        <v>322</v>
       </c>
       <c r="C2062" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2063">
       <c r="A2063" s="0" t="s">
-        <v>241</v>
+        <v>323</v>
       </c>
       <c r="B2063" s="0" t="s">
-        <v>242</v>
+        <v>324</v>
       </c>
       <c r="C2063" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2064">
       <c r="A2064" s="0" t="s">
-        <v>131</v>
+        <v>328</v>
       </c>
       <c r="B2064" s="0" t="s">
-        <v>132</v>
+        <v>329</v>
       </c>
       <c r="C2064" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2065">
       <c r="A2065" s="0" t="s">
-        <v>133</v>
+        <v>330</v>
       </c>
       <c r="B2065" s="0" t="s">
-        <v>134</v>
+        <v>331</v>
       </c>
       <c r="C2065" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2066">
       <c r="A2066" s="0" t="s">
-        <v>135</v>
+        <v>332</v>
       </c>
       <c r="B2066" s="0" t="s">
-        <v>136</v>
+        <v>333</v>
       </c>
       <c r="C2066" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2067">
       <c r="A2067" s="0" t="s">
-        <v>137</v>
+        <v>106</v>
       </c>
       <c r="B2067" s="0" t="s">
-        <v>138</v>
+        <v>107</v>
       </c>
       <c r="C2067" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2068">
       <c r="A2068" s="0" t="s">
-        <v>139</v>
+        <v>108</v>
       </c>
       <c r="B2068" s="0" t="s">
-        <v>140</v>
+        <v>109</v>
       </c>
       <c r="C2068" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2069">
       <c r="A2069" s="0" t="s">
-        <v>141</v>
+        <v>110</v>
       </c>
       <c r="B2069" s="0" t="s">
-        <v>138</v>
+        <v>111</v>
       </c>
       <c r="C2069" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2070">
       <c r="A2070" s="0" t="s">
-        <v>409</v>
+        <v>421</v>
       </c>
       <c r="B2070" s="0" t="s">
-        <v>410</v>
+        <v>422</v>
       </c>
       <c r="C2070" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2071">
       <c r="A2071" s="0" t="s">
-        <v>411</v>
+        <v>223</v>
       </c>
       <c r="B2071" s="0" t="s">
-        <v>412</v>
+        <v>224</v>
       </c>
       <c r="C2071" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2072">
       <c r="A2072" s="0" t="s">
-        <v>323</v>
+        <v>225</v>
       </c>
       <c r="B2072" s="0" t="s">
-        <v>324</v>
+        <v>226</v>
       </c>
       <c r="C2072" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2073">
       <c r="A2073" s="0" t="s">
-        <v>413</v>
+        <v>227</v>
       </c>
       <c r="B2073" s="0" t="s">
-        <v>414</v>
+        <v>224</v>
       </c>
       <c r="C2073" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2074">
       <c r="A2074" s="0" t="s">
-        <v>415</v>
+        <v>112</v>
       </c>
       <c r="B2074" s="0" t="s">
-        <v>416</v>
+        <v>113</v>
       </c>
       <c r="C2074" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2075">
       <c r="A2075" s="0" t="s">
-        <v>333</v>
+        <v>114</v>
       </c>
       <c r="B2075" s="0" t="s">
-        <v>334</v>
+        <v>115</v>
       </c>
       <c r="C2075" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2076">
       <c r="A2076" s="0" t="s">
-        <v>335</v>
+        <v>116</v>
       </c>
       <c r="B2076" s="0" t="s">
-        <v>336</v>
+        <v>117</v>
       </c>
       <c r="C2076" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2077">
       <c r="A2077" s="0" t="s">
-        <v>417</v>
+        <v>118</v>
       </c>
       <c r="B2077" s="0" t="s">
-        <v>418</v>
+        <v>119</v>
       </c>
       <c r="C2077" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2078">
       <c r="A2078" s="0" t="s">
-        <v>337</v>
+        <v>120</v>
       </c>
       <c r="B2078" s="0" t="s">
-        <v>338</v>
+        <v>121</v>
       </c>
       <c r="C2078" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2079">
       <c r="A2079" s="0" t="s">
-        <v>419</v>
+        <v>431</v>
       </c>
       <c r="B2079" s="0" t="s">
-        <v>420</v>
+        <v>432</v>
       </c>
       <c r="C2079" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2080">
       <c r="A2080" s="0" t="s">
         <v>339</v>
       </c>
       <c r="B2080" s="0" t="s">
         <v>340</v>
       </c>
       <c r="C2080" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2081">
       <c r="A2081" s="0" t="s">
         <v>341</v>
       </c>
       <c r="B2081" s="0" t="s">
         <v>342</v>
       </c>
       <c r="C2081" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2082">
       <c r="A2082" s="0" t="s">
-        <v>343</v>
+        <v>433</v>
       </c>
       <c r="B2082" s="0" t="s">
-        <v>344</v>
+        <v>434</v>
       </c>
       <c r="C2082" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2083">
       <c r="A2083" s="0" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="B2083" s="0" t="s">
-        <v>346</v>
+        <v>344</v>
       </c>
       <c r="C2083" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2084">
       <c r="A2084" s="0" t="s">
-        <v>350</v>
+        <v>345</v>
       </c>
       <c r="B2084" s="0" t="s">
-        <v>351</v>
+        <v>340</v>
       </c>
       <c r="C2084" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2085">
       <c r="A2085" s="0" t="s">
-        <v>352</v>
+        <v>346</v>
       </c>
       <c r="B2085" s="0" t="s">
-        <v>353</v>
+        <v>347</v>
       </c>
       <c r="C2085" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2086">
       <c r="A2086" s="0" t="s">
-        <v>354</v>
+        <v>348</v>
       </c>
       <c r="B2086" s="0" t="s">
-        <v>355</v>
+        <v>349</v>
       </c>
       <c r="C2086" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2087">
       <c r="A2087" s="0" t="s">
-        <v>142</v>
+        <v>230</v>
       </c>
       <c r="B2087" s="0" t="s">
-        <v>143</v>
+        <v>231</v>
       </c>
       <c r="C2087" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2088">
       <c r="A2088" s="0" t="s">
-        <v>144</v>
+        <v>232</v>
       </c>
       <c r="B2088" s="0" t="s">
-        <v>145</v>
+        <v>233</v>
       </c>
       <c r="C2088" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2089">
       <c r="A2089" s="0" t="s">
-        <v>146</v>
+        <v>234</v>
       </c>
       <c r="B2089" s="0" t="s">
-        <v>147</v>
+        <v>235</v>
       </c>
       <c r="C2089" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2090">
       <c r="A2090" s="0" t="s">
-        <v>421</v>
+        <v>236</v>
       </c>
       <c r="B2090" s="0" t="s">
-        <v>422</v>
+        <v>237</v>
       </c>
       <c r="C2090" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2091">
       <c r="A2091" s="0" t="s">
-        <v>245</v>
+        <v>122</v>
       </c>
       <c r="B2091" s="0" t="s">
-        <v>246</v>
+        <v>123</v>
       </c>
       <c r="C2091" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2092">
       <c r="A2092" s="0" t="s">
-        <v>247</v>
+        <v>124</v>
       </c>
       <c r="B2092" s="0" t="s">
-        <v>248</v>
+        <v>125</v>
       </c>
       <c r="C2092" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2093">
       <c r="A2093" s="0" t="s">
-        <v>249</v>
+        <v>126</v>
       </c>
       <c r="B2093" s="0" t="s">
-        <v>246</v>
+        <v>127</v>
       </c>
       <c r="C2093" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2094">
       <c r="A2094" s="0" t="s">
-        <v>148</v>
+        <v>128</v>
       </c>
       <c r="B2094" s="0" t="s">
-        <v>149</v>
+        <v>129</v>
       </c>
       <c r="C2094" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2095">
       <c r="A2095" s="0" t="s">
-        <v>150</v>
+        <v>130</v>
       </c>
       <c r="B2095" s="0" t="s">
-        <v>151</v>
+        <v>131</v>
       </c>
       <c r="C2095" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2096">
       <c r="A2096" s="0" t="s">
-        <v>152</v>
+        <v>132</v>
       </c>
       <c r="B2096" s="0" t="s">
-        <v>153</v>
+        <v>129</v>
       </c>
       <c r="C2096" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2097">
       <c r="A2097" s="0" t="s">
-        <v>154</v>
+        <v>133</v>
       </c>
       <c r="B2097" s="0" t="s">
-        <v>155</v>
+        <v>129</v>
       </c>
       <c r="C2097" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2098">
       <c r="A2098" s="0" t="s">
-        <v>156</v>
+        <v>423</v>
       </c>
       <c r="B2098" s="0" t="s">
-        <v>157</v>
+        <v>424</v>
       </c>
       <c r="C2098" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2099">
       <c r="A2099" s="0" t="s">
-        <v>431</v>
+        <v>228</v>
       </c>
       <c r="B2099" s="0" t="s">
-        <v>432</v>
+        <v>229</v>
       </c>
       <c r="C2099" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2100">
       <c r="A2100" s="0" t="s">
-        <v>361</v>
+        <v>425</v>
       </c>
       <c r="B2100" s="0" t="s">
-        <v>362</v>
+        <v>426</v>
       </c>
       <c r="C2100" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2101">
       <c r="A2101" s="0" t="s">
-        <v>363</v>
+        <v>263</v>
       </c>
       <c r="B2101" s="0" t="s">
-        <v>364</v>
+        <v>264</v>
       </c>
       <c r="C2101" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2102">
       <c r="A2102" s="0" t="s">
-        <v>433</v>
+        <v>265</v>
       </c>
       <c r="B2102" s="0" t="s">
-        <v>434</v>
+        <v>266</v>
       </c>
       <c r="C2102" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2103">
       <c r="A2103" s="0" t="s">
-        <v>365</v>
+        <v>267</v>
       </c>
       <c r="B2103" s="0" t="s">
-        <v>366</v>
+        <v>268</v>
       </c>
       <c r="C2103" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2104">
       <c r="A2104" s="0" t="s">
-        <v>367</v>
+        <v>269</v>
       </c>
       <c r="B2104" s="0" t="s">
-        <v>362</v>
+        <v>266</v>
       </c>
       <c r="C2104" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2105">
       <c r="A2105" s="0" t="s">
-        <v>368</v>
+        <v>270</v>
       </c>
       <c r="B2105" s="0" t="s">
-        <v>369</v>
+        <v>271</v>
       </c>
       <c r="C2105" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2106">
       <c r="A2106" s="0" t="s">
-        <v>370</v>
+        <v>272</v>
       </c>
       <c r="B2106" s="0" t="s">
-        <v>371</v>
+        <v>266</v>
       </c>
       <c r="C2106" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2107">
       <c r="A2107" s="0" t="s">
-        <v>252</v>
+        <v>273</v>
       </c>
       <c r="B2107" s="0" t="s">
-        <v>253</v>
+        <v>266</v>
       </c>
       <c r="C2107" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2108">
       <c r="A2108" s="0" t="s">
-        <v>254</v>
+        <v>427</v>
       </c>
       <c r="B2108" s="0" t="s">
-        <v>255</v>
+        <v>428</v>
       </c>
       <c r="C2108" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2109">
       <c r="A2109" s="0" t="s">
-        <v>256</v>
+        <v>291</v>
       </c>
       <c r="B2109" s="0" t="s">
-        <v>257</v>
+        <v>292</v>
       </c>
       <c r="C2109" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2110">
       <c r="A2110" s="0" t="s">
-        <v>258</v>
+        <v>293</v>
       </c>
       <c r="B2110" s="0" t="s">
-        <v>259</v>
+        <v>294</v>
       </c>
       <c r="C2110" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2111">
       <c r="A2111" s="0" t="s">
-        <v>158</v>
+        <v>295</v>
       </c>
       <c r="B2111" s="0" t="s">
-        <v>159</v>
+        <v>296</v>
       </c>
       <c r="C2111" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2112">
       <c r="A2112" s="0" t="s">
-        <v>160</v>
+        <v>429</v>
       </c>
       <c r="B2112" s="0" t="s">
-        <v>161</v>
+        <v>430</v>
       </c>
       <c r="C2112" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2113">
       <c r="A2113" s="0" t="s">
-        <v>162</v>
+        <v>297</v>
       </c>
       <c r="B2113" s="0" t="s">
-        <v>163</v>
+        <v>298</v>
       </c>
       <c r="C2113" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2114">
       <c r="A2114" s="0" t="s">
-        <v>164</v>
+        <v>350</v>
       </c>
       <c r="B2114" s="0" t="s">
-        <v>165</v>
+        <v>351</v>
       </c>
       <c r="C2114" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2115">
       <c r="A2115" s="0" t="s">
-        <v>166</v>
+        <v>352</v>
       </c>
       <c r="B2115" s="0" t="s">
-        <v>167</v>
+        <v>353</v>
       </c>
       <c r="C2115" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2116">
       <c r="A2116" s="0" t="s">
-        <v>168</v>
+        <v>354</v>
       </c>
       <c r="B2116" s="0" t="s">
-        <v>165</v>
+        <v>355</v>
       </c>
       <c r="C2116" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2117">
       <c r="A2117" s="0" t="s">
-        <v>169</v>
+        <v>435</v>
       </c>
       <c r="B2117" s="0" t="s">
-        <v>165</v>
+        <v>436</v>
       </c>
       <c r="C2117" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2118">
       <c r="A2118" s="0" t="s">
-        <v>423</v>
+        <v>356</v>
       </c>
       <c r="B2118" s="0" t="s">
-        <v>424</v>
+        <v>357</v>
       </c>
       <c r="C2118" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2119">
       <c r="A2119" s="0" t="s">
-        <v>250</v>
+        <v>358</v>
       </c>
       <c r="B2119" s="0" t="s">
-        <v>251</v>
+        <v>353</v>
       </c>
       <c r="C2119" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2120">
       <c r="A2120" s="0" t="s">
-        <v>425</v>
+        <v>359</v>
       </c>
       <c r="B2120" s="0" t="s">
-        <v>426</v>
+        <v>360</v>
       </c>
       <c r="C2120" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2121">
       <c r="A2121" s="0" t="s">
-        <v>285</v>
+        <v>361</v>
       </c>
       <c r="B2121" s="0" t="s">
-        <v>286</v>
+        <v>362</v>
       </c>
       <c r="C2121" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2122">
       <c r="A2122" s="0" t="s">
-        <v>287</v>
+        <v>363</v>
       </c>
       <c r="B2122" s="0" t="s">
-        <v>288</v>
+        <v>360</v>
       </c>
       <c r="C2122" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2123">
       <c r="A2123" s="0" t="s">
-        <v>289</v>
+        <v>364</v>
       </c>
       <c r="B2123" s="0" t="s">
-        <v>290</v>
+        <v>362</v>
       </c>
       <c r="C2123" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2124">
       <c r="A2124" s="0" t="s">
-        <v>291</v>
+        <v>437</v>
       </c>
       <c r="B2124" s="0" t="s">
-        <v>288</v>
+        <v>438</v>
       </c>
       <c r="C2124" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2125">
       <c r="A2125" s="0" t="s">
-        <v>292</v>
+        <v>241</v>
       </c>
       <c r="B2125" s="0" t="s">
-        <v>293</v>
+        <v>242</v>
       </c>
       <c r="C2125" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2126">
       <c r="A2126" s="0" t="s">
-        <v>294</v>
+        <v>243</v>
       </c>
       <c r="B2126" s="0" t="s">
-        <v>288</v>
+        <v>244</v>
       </c>
       <c r="C2126" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2127">
       <c r="A2127" s="0" t="s">
-        <v>295</v>
+        <v>245</v>
       </c>
       <c r="B2127" s="0" t="s">
-        <v>288</v>
+        <v>244</v>
       </c>
       <c r="C2127" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2128">
       <c r="A2128" s="0" t="s">
-        <v>427</v>
+        <v>246</v>
       </c>
       <c r="B2128" s="0" t="s">
-        <v>428</v>
+        <v>247</v>
       </c>
       <c r="C2128" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2129">
       <c r="A2129" s="0" t="s">
-        <v>313</v>
+        <v>248</v>
       </c>
       <c r="B2129" s="0" t="s">
-        <v>314</v>
+        <v>249</v>
       </c>
       <c r="C2129" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2130">
       <c r="A2130" s="0" t="s">
-        <v>315</v>
+        <v>250</v>
       </c>
       <c r="B2130" s="0" t="s">
-        <v>316</v>
+        <v>247</v>
       </c>
       <c r="C2130" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2131">
       <c r="A2131" s="0" t="s">
-        <v>317</v>
+        <v>251</v>
       </c>
       <c r="B2131" s="0" t="s">
-        <v>318</v>
+        <v>249</v>
       </c>
       <c r="C2131" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2132">
       <c r="A2132" s="0" t="s">
-        <v>429</v>
+        <v>377</v>
       </c>
       <c r="B2132" s="0" t="s">
-        <v>430</v>
+        <v>378</v>
       </c>
       <c r="C2132" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2133">
       <c r="A2133" s="0" t="s">
-        <v>319</v>
+        <v>389</v>
       </c>
       <c r="B2133" s="0" t="s">
-        <v>320</v>
+        <v>375</v>
       </c>
       <c r="C2133" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2134">
       <c r="A2134" s="0" t="s">
-        <v>372</v>
+        <v>390</v>
       </c>
       <c r="B2134" s="0" t="s">
         <v>373</v>
       </c>
       <c r="C2134" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2135">
       <c r="A2135" s="0" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="B2135" s="0" t="s">
         <v>375</v>
       </c>
       <c r="C2135" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2136">
       <c r="A2136" s="0" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
       <c r="B2136" s="0" t="s">
-        <v>377</v>
+        <v>375</v>
       </c>
       <c r="C2136" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2137">
       <c r="A2137" s="0" t="s">
-        <v>435</v>
+        <v>372</v>
       </c>
       <c r="B2137" s="0" t="s">
-        <v>436</v>
+        <v>373</v>
       </c>
       <c r="C2137" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2138">
       <c r="A2138" s="0" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="B2138" s="0" t="s">
-        <v>379</v>
+        <v>375</v>
       </c>
       <c r="C2138" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2139">
       <c r="A2139" s="0" t="s">
-        <v>380</v>
+        <v>17</v>
       </c>
       <c r="B2139" s="0" t="s">
-        <v>375</v>
+        <v>18</v>
       </c>
       <c r="C2139" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2140">
       <c r="A2140" s="0" t="s">
-        <v>381</v>
+        <v>19</v>
       </c>
       <c r="B2140" s="0" t="s">
-        <v>382</v>
+        <v>12</v>
       </c>
       <c r="C2140" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2141">
       <c r="A2141" s="0" t="s">
-        <v>383</v>
+        <v>21</v>
       </c>
       <c r="B2141" s="0" t="s">
-        <v>384</v>
+        <v>14</v>
       </c>
       <c r="C2141" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2142">
       <c r="A2142" s="0" t="s">
-        <v>385</v>
+        <v>11</v>
       </c>
       <c r="B2142" s="0" t="s">
-        <v>382</v>
+        <v>12</v>
       </c>
       <c r="C2142" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2143">
       <c r="A2143" s="0" t="s">
-        <v>386</v>
+        <v>13</v>
       </c>
       <c r="B2143" s="0" t="s">
-        <v>384</v>
+        <v>14</v>
       </c>
       <c r="C2143" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2144">
       <c r="A2144" s="0" t="s">
-        <v>437</v>
+        <v>377</v>
       </c>
       <c r="B2144" s="0" t="s">
-        <v>438</v>
+        <v>378</v>
       </c>
       <c r="C2144" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2145">
       <c r="A2145" s="0" t="s">
-        <v>263</v>
+        <v>389</v>
       </c>
       <c r="B2145" s="0" t="s">
-        <v>264</v>
+        <v>375</v>
       </c>
       <c r="C2145" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2146">
       <c r="A2146" s="0" t="s">
-        <v>265</v>
+        <v>390</v>
       </c>
       <c r="B2146" s="0" t="s">
-        <v>266</v>
+        <v>373</v>
       </c>
       <c r="C2146" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2147">
       <c r="A2147" s="0" t="s">
-        <v>267</v>
+        <v>376</v>
       </c>
       <c r="B2147" s="0" t="s">
-        <v>266</v>
+        <v>375</v>
       </c>
       <c r="C2147" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2148">
       <c r="A2148" s="0" t="s">
-        <v>268</v>
+        <v>374</v>
       </c>
       <c r="B2148" s="0" t="s">
-        <v>269</v>
+        <v>375</v>
       </c>
       <c r="C2148" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2149">
       <c r="A2149" s="0" t="s">
-        <v>270</v>
+        <v>372</v>
       </c>
       <c r="B2149" s="0" t="s">
-        <v>271</v>
+        <v>373</v>
       </c>
       <c r="C2149" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2150">
       <c r="A2150" s="0" t="s">
-        <v>272</v>
+        <v>379</v>
       </c>
       <c r="B2150" s="0" t="s">
-        <v>269</v>
+        <v>375</v>
       </c>
       <c r="C2150" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2151">
       <c r="A2151" s="0" t="s">
-        <v>273</v>
+        <v>17</v>
       </c>
       <c r="B2151" s="0" t="s">
-        <v>271</v>
+        <v>18</v>
       </c>
       <c r="C2151" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2152">
       <c r="A2152" s="0" t="s">
-        <v>396</v>
+        <v>19</v>
       </c>
       <c r="B2152" s="0" t="s">
-        <v>397</v>
+        <v>12</v>
       </c>
       <c r="C2152" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2153">
       <c r="A2153" s="0" t="s">
-        <v>102</v>
+        <v>21</v>
       </c>
       <c r="B2153" s="0" t="s">
-        <v>103</v>
+        <v>14</v>
       </c>
       <c r="C2153" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2154">
       <c r="A2154" s="0" t="s">
-        <v>104</v>
+        <v>11</v>
       </c>
       <c r="B2154" s="0" t="s">
-        <v>105</v>
+        <v>12</v>
       </c>
       <c r="C2154" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2155">
       <c r="A2155" s="0" t="s">
-        <v>395</v>
+        <v>13</v>
       </c>
       <c r="B2155" s="0" t="s">
-        <v>103</v>
+        <v>14</v>
       </c>
       <c r="C2155" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2156">
       <c r="A2156" s="0" t="s">
-        <v>394</v>
+        <v>34</v>
       </c>
       <c r="B2156" s="0" t="s">
-        <v>103</v>
+        <v>35</v>
       </c>
       <c r="C2156" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2157">
       <c r="A2157" s="0" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="B2157" s="0" t="s">
-        <v>105</v>
+        <v>392</v>
       </c>
       <c r="C2157" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2158">
       <c r="A2158" s="0" t="s">
-        <v>398</v>
+        <v>36</v>
       </c>
       <c r="B2158" s="0" t="s">
-        <v>103</v>
+        <v>37</v>
       </c>
       <c r="C2158" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2159">
       <c r="A2159" s="0" t="s">
-        <v>20</v>
+        <v>393</v>
       </c>
       <c r="B2159" s="0" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="C2159" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2160">
       <c r="A2160" s="0" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="B2160" s="0" t="s">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="C2160" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2161">
       <c r="A2161" s="0" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="B2161" s="0" t="s">
-        <v>17</v>
+        <v>41</v>
       </c>
       <c r="C2161" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2162">
       <c r="A2162" s="0" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="B2162" s="0" t="s">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="C2162" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2163">
       <c r="A2163" s="0" t="s">
-        <v>16</v>
+        <v>365</v>
       </c>
       <c r="B2163" s="0" t="s">
-        <v>17</v>
+        <v>366</v>
       </c>
       <c r="C2163" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2164">
       <c r="A2164" s="0" t="s">
-        <v>396</v>
+        <v>394</v>
       </c>
       <c r="B2164" s="0" t="s">
-        <v>397</v>
+        <v>395</v>
       </c>
       <c r="C2164" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2165">
       <c r="A2165" s="0" t="s">
-        <v>102</v>
+        <v>396</v>
       </c>
       <c r="B2165" s="0" t="s">
-        <v>103</v>
+        <v>397</v>
       </c>
       <c r="C2165" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2166">
       <c r="A2166" s="0" t="s">
-        <v>104</v>
+        <v>398</v>
       </c>
       <c r="B2166" s="0" t="s">
-        <v>105</v>
+        <v>370</v>
       </c>
       <c r="C2166" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2167">
       <c r="A2167" s="0" t="s">
-        <v>395</v>
+        <v>367</v>
       </c>
       <c r="B2167" s="0" t="s">
-        <v>103</v>
+        <v>368</v>
       </c>
       <c r="C2167" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2168">
       <c r="A2168" s="0" t="s">
-        <v>394</v>
+        <v>369</v>
       </c>
       <c r="B2168" s="0" t="s">
-        <v>103</v>
+        <v>370</v>
       </c>
       <c r="C2168" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2169">
       <c r="A2169" s="0" t="s">
-        <v>393</v>
+        <v>371</v>
       </c>
       <c r="B2169" s="0" t="s">
-        <v>105</v>
+        <v>368</v>
       </c>
       <c r="C2169" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2170">
       <c r="A2170" s="0" t="s">
-        <v>398</v>
+        <v>160</v>
       </c>
       <c r="B2170" s="0" t="s">
-        <v>103</v>
+        <v>161</v>
       </c>
       <c r="C2170" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2171">
       <c r="A2171" s="0" t="s">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="B2171" s="0" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="C2171" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2172">
       <c r="A2172" s="0" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="B2172" s="0" t="s">
-        <v>15</v>
+        <v>31</v>
       </c>
       <c r="C2172" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2173">
       <c r="A2173" s="0" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="B2173" s="0" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="C2173" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2174">
       <c r="A2174" s="0" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="B2174" s="0" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="C2174" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2175">
       <c r="A2175" s="0" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="B2175" s="0" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="C2175" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2176">
       <c r="A2176" s="0" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="B2176" s="0" t="s">
-        <v>40</v>
+        <v>29</v>
       </c>
       <c r="C2176" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2177">
       <c r="A2177" s="0" t="s">
-        <v>110</v>
+        <v>181</v>
       </c>
       <c r="B2177" s="0" t="s">
-        <v>111</v>
+        <v>182</v>
       </c>
       <c r="C2177" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2178">
       <c r="A2178" s="0" t="s">
-        <v>41</v>
+        <v>183</v>
       </c>
       <c r="B2178" s="0" t="s">
-        <v>42</v>
+        <v>184</v>
       </c>
       <c r="C2178" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2179">
       <c r="A2179" s="0" t="s">
-        <v>43</v>
+        <v>185</v>
       </c>
       <c r="B2179" s="0" t="s">
-        <v>44</v>
+        <v>186</v>
       </c>
       <c r="C2179" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2180">
       <c r="A2180" s="0" t="s">
-        <v>45</v>
+        <v>187</v>
       </c>
       <c r="B2180" s="0" t="s">
-        <v>46</v>
+        <v>184</v>
       </c>
       <c r="C2180" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2181">
       <c r="A2181" s="0" t="s">
-        <v>47</v>
+        <v>188</v>
       </c>
       <c r="B2181" s="0" t="s">
-        <v>44</v>
+        <v>189</v>
       </c>
       <c r="C2181" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2182">
       <c r="A2182" s="0" t="s">
-        <v>48</v>
+        <v>190</v>
       </c>
       <c r="B2182" s="0" t="s">
-        <v>46</v>
+        <v>189</v>
       </c>
       <c r="C2182" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2183">
       <c r="A2183" s="0" t="s">
-        <v>387</v>
+        <v>191</v>
       </c>
       <c r="B2183" s="0" t="s">
-        <v>388</v>
+        <v>161</v>
       </c>
       <c r="C2183" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2184">
       <c r="A2184" s="0" t="s">
-        <v>112</v>
+        <v>160</v>
       </c>
       <c r="B2184" s="0" t="s">
-        <v>113</v>
+        <v>161</v>
       </c>
       <c r="C2184" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2185">
       <c r="A2185" s="0" t="s">
-        <v>98</v>
+        <v>81</v>
       </c>
       <c r="B2185" s="0" t="s">
-        <v>99</v>
+        <v>50</v>
       </c>
       <c r="C2185" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2186">
       <c r="A2186" s="0" t="s">
-        <v>100</v>
+        <v>49</v>
       </c>
       <c r="B2186" s="0" t="s">
-        <v>101</v>
+        <v>50</v>
       </c>
       <c r="C2186" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2187">
       <c r="A2187" s="0" t="s">
-        <v>389</v>
+        <v>80</v>
       </c>
       <c r="B2187" s="0" t="s">
-        <v>390</v>
+        <v>31</v>
       </c>
       <c r="C2187" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2188">
       <c r="A2188" s="0" t="s">
-        <v>391</v>
+        <v>30</v>
       </c>
       <c r="B2188" s="0" t="s">
-        <v>101</v>
+        <v>31</v>
       </c>
       <c r="C2188" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2189">
       <c r="A2189" s="0" t="s">
-        <v>392</v>
+        <v>22</v>
       </c>
       <c r="B2189" s="0" t="s">
-        <v>390</v>
+        <v>23</v>
       </c>
       <c r="C2189" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2190">
       <c r="A2190" s="0" t="s">
-        <v>196</v>
+        <v>24</v>
       </c>
       <c r="B2190" s="0" t="s">
-        <v>94</v>
+        <v>25</v>
       </c>
       <c r="C2190" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2191">
       <c r="A2191" s="0" t="s">
-        <v>88</v>
+        <v>26</v>
       </c>
       <c r="B2191" s="0" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="C2191" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2192">
       <c r="A2192" s="0" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="B2192" s="0" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="C2192" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2193">
       <c r="A2193" s="0" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="B2193" s="0" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="C2193" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2194">
       <c r="A2194" s="0" t="s">
-        <v>27</v>
+        <v>164</v>
       </c>
       <c r="B2194" s="0" t="s">
-        <v>28</v>
+        <v>165</v>
       </c>
       <c r="C2194" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2195">
       <c r="A2195" s="0" t="s">
-        <v>29</v>
+        <v>45</v>
       </c>
       <c r="B2195" s="0" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="C2195" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2196">
       <c r="A2196" s="0" t="s">
-        <v>31</v>
+        <v>166</v>
       </c>
       <c r="B2196" s="0" t="s">
-        <v>32</v>
+        <v>48</v>
       </c>
       <c r="C2196" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2197">
       <c r="A2197" s="0" t="s">
-        <v>209</v>
+        <v>47</v>
       </c>
       <c r="B2197" s="0" t="s">
-        <v>210</v>
+        <v>48</v>
       </c>
       <c r="C2197" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2198">
       <c r="A2198" s="0" t="s">
-        <v>91</v>
+        <v>167</v>
       </c>
       <c r="B2198" s="0" t="s">
-        <v>92</v>
+        <v>168</v>
       </c>
       <c r="C2198" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2199">
       <c r="A2199" s="0" t="s">
-        <v>211</v>
+        <v>169</v>
       </c>
       <c r="B2199" s="0" t="s">
-        <v>212</v>
+        <v>170</v>
       </c>
       <c r="C2199" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2200">
       <c r="A2200" s="0" t="s">
-        <v>213</v>
+        <v>171</v>
       </c>
       <c r="B2200" s="0" t="s">
-        <v>92</v>
+        <v>172</v>
       </c>
       <c r="C2200" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2201">
       <c r="A2201" s="0" t="s">
-        <v>95</v>
+        <v>173</v>
       </c>
       <c r="B2201" s="0" t="s">
-        <v>96</v>
+        <v>174</v>
       </c>
       <c r="C2201" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2202">
       <c r="A2202" s="0" t="s">
-        <v>97</v>
+        <v>175</v>
       </c>
       <c r="B2202" s="0" t="s">
-        <v>96</v>
+        <v>176</v>
       </c>
       <c r="C2202" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2203">
       <c r="A2203" s="0" t="s">
-        <v>93</v>
+        <v>177</v>
       </c>
       <c r="B2203" s="0" t="s">
-        <v>94</v>
+        <v>174</v>
       </c>
       <c r="C2203" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2204">
       <c r="A2204" s="0" t="s">
-        <v>196</v>
+        <v>178</v>
       </c>
       <c r="B2204" s="0" t="s">
-        <v>94</v>
+        <v>179</v>
       </c>
       <c r="C2204" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2205">
       <c r="A2205" s="0" t="s">
-        <v>114</v>
+        <v>180</v>
       </c>
       <c r="B2205" s="0" t="s">
-        <v>58</v>
+        <v>179</v>
       </c>
       <c r="C2205" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2206">
       <c r="A2206" s="0" t="s">
-        <v>57</v>
+        <v>181</v>
       </c>
       <c r="B2206" s="0" t="s">
-        <v>58</v>
+        <v>182</v>
       </c>
       <c r="C2206" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2207">
       <c r="A2207" s="0" t="s">
-        <v>88</v>
+        <v>183</v>
       </c>
       <c r="B2207" s="0" t="s">
-        <v>34</v>
+        <v>184</v>
       </c>
       <c r="C2207" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2208">
       <c r="A2208" s="0" t="s">
-        <v>33</v>
+        <v>185</v>
       </c>
       <c r="B2208" s="0" t="s">
-        <v>34</v>
+        <v>186</v>
       </c>
       <c r="C2208" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2209">
       <c r="A2209" s="0" t="s">
-        <v>25</v>
+        <v>187</v>
       </c>
       <c r="B2209" s="0" t="s">
-        <v>26</v>
+        <v>184</v>
       </c>
       <c r="C2209" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2210">
       <c r="A2210" s="0" t="s">
-        <v>27</v>
+        <v>188</v>
       </c>
       <c r="B2210" s="0" t="s">
-        <v>28</v>
+        <v>189</v>
       </c>
       <c r="C2210" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2211">
       <c r="A2211" s="0" t="s">
-        <v>29</v>
+        <v>190</v>
       </c>
       <c r="B2211" s="0" t="s">
-        <v>30</v>
+        <v>189</v>
       </c>
       <c r="C2211" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2212">
       <c r="A2212" s="0" t="s">
-        <v>31</v>
+        <v>191</v>
       </c>
       <c r="B2212" s="0" t="s">
-        <v>32</v>
+        <v>161</v>
       </c>
       <c r="C2212" s="0" t="s">
-        <v>120</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2213">
       <c r="A2213" s="0" t="s">
-        <v>49</v>
+        <v>192</v>
       </c>
       <c r="B2213" s="0" t="s">
-        <v>50</v>
+        <v>193</v>
       </c>
       <c r="C2213" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2214">
       <c r="A2214" s="0" t="s">
-        <v>51</v>
+        <v>194</v>
       </c>
       <c r="B2214" s="0" t="s">
-        <v>52</v>
+        <v>195</v>
       </c>
       <c r="C2214" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2215">
       <c r="A2215" s="0" t="s">
-        <v>53</v>
+        <v>196</v>
       </c>
       <c r="B2215" s="0" t="s">
-        <v>54</v>
+        <v>197</v>
       </c>
       <c r="C2215" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2216">
       <c r="A2216" s="0" t="s">
-        <v>117</v>
+        <v>198</v>
       </c>
       <c r="B2216" s="0" t="s">
-        <v>56</v>
+        <v>199</v>
       </c>
       <c r="C2216" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2217">
       <c r="A2217" s="0" t="s">
-        <v>55</v>
+        <v>200</v>
       </c>
       <c r="B2217" s="0" t="s">
-        <v>56</v>
+        <v>201</v>
       </c>
       <c r="C2217" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2218">
       <c r="A2218" s="0" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="B2218" s="0" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="C2218" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2219">
       <c r="A2219" s="0" t="s">
-        <v>89</v>
+        <v>204</v>
       </c>
       <c r="B2219" s="0" t="s">
-        <v>90</v>
+        <v>205</v>
       </c>
       <c r="C2219" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2220">
       <c r="A2220" s="0" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="B2220" s="0" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="C2220" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2221">
       <c r="A2221" s="0" t="s">
-        <v>115</v>
+        <v>208</v>
       </c>
       <c r="B2221" s="0" t="s">
-        <v>116</v>
+        <v>209</v>
       </c>
       <c r="C2221" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2222">
       <c r="A2222" s="0" t="s">
-        <v>203</v>
+        <v>210</v>
       </c>
       <c r="B2222" s="0" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="C2222" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2223">
       <c r="A2223" s="0" t="s">
-        <v>205</v>
+        <v>212</v>
       </c>
       <c r="B2223" s="0" t="s">
-        <v>116</v>
+        <v>213</v>
       </c>
       <c r="C2223" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2224">
       <c r="A2224" s="0" t="s">
-        <v>206</v>
+        <v>214</v>
       </c>
       <c r="B2224" s="0" t="s">
-        <v>207</v>
+        <v>215</v>
       </c>
       <c r="C2224" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2225">
       <c r="A2225" s="0" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="B2225" s="0" t="s">
-        <v>207</v>
+        <v>217</v>
       </c>
       <c r="C2225" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2226">
       <c r="A2226" s="0" t="s">
-        <v>209</v>
+        <v>218</v>
       </c>
       <c r="B2226" s="0" t="s">
-        <v>210</v>
+        <v>217</v>
       </c>
       <c r="C2226" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2227">
       <c r="A2227" s="0" t="s">
-        <v>91</v>
+        <v>219</v>
       </c>
       <c r="B2227" s="0" t="s">
-        <v>92</v>
+        <v>220</v>
       </c>
       <c r="C2227" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2228">
       <c r="A2228" s="0" t="s">
-        <v>211</v>
+        <v>221</v>
       </c>
       <c r="B2228" s="0" t="s">
-        <v>212</v>
+        <v>222</v>
       </c>
       <c r="C2228" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2229">
       <c r="A2229" s="0" t="s">
-        <v>213</v>
+        <v>223</v>
       </c>
       <c r="B2229" s="0" t="s">
-        <v>92</v>
+        <v>224</v>
       </c>
       <c r="C2229" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2230">
       <c r="A2230" s="0" t="s">
-        <v>95</v>
+        <v>225</v>
       </c>
       <c r="B2230" s="0" t="s">
-        <v>96</v>
+        <v>226</v>
       </c>
       <c r="C2230" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2231">
       <c r="A2231" s="0" t="s">
-        <v>97</v>
+        <v>227</v>
       </c>
       <c r="B2231" s="0" t="s">
-        <v>96</v>
+        <v>224</v>
       </c>
       <c r="C2231" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2232">
       <c r="A2232" s="0" t="s">
-        <v>93</v>
+        <v>228</v>
       </c>
       <c r="B2232" s="0" t="s">
-        <v>94</v>
+        <v>229</v>
       </c>
       <c r="C2232" s="0" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2233">
       <c r="A2233" s="0" t="s">
-        <v>214</v>
+        <v>230</v>
       </c>
       <c r="B2233" s="0" t="s">
-        <v>215</v>
+        <v>231</v>
       </c>
       <c r="C2233" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2234">
       <c r="A2234" s="0" t="s">
-        <v>216</v>
+        <v>232</v>
       </c>
       <c r="B2234" s="0" t="s">
-        <v>217</v>
+        <v>233</v>
       </c>
       <c r="C2234" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2235">
       <c r="A2235" s="0" t="s">
-        <v>218</v>
+        <v>234</v>
       </c>
       <c r="B2235" s="0" t="s">
-        <v>219</v>
+        <v>235</v>
       </c>
       <c r="C2235" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2236">
       <c r="A2236" s="0" t="s">
-        <v>220</v>
+        <v>236</v>
       </c>
       <c r="B2236" s="0" t="s">
-        <v>221</v>
+        <v>237</v>
       </c>
       <c r="C2236" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2237">
       <c r="A2237" s="0" t="s">
-        <v>222</v>
+        <v>238</v>
       </c>
       <c r="B2237" s="0" t="s">
-        <v>223</v>
+        <v>239</v>
       </c>
       <c r="C2237" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2238">
       <c r="A2238" s="0" t="s">
-        <v>224</v>
+        <v>240</v>
       </c>
       <c r="B2238" s="0" t="s">
-        <v>225</v>
+        <v>239</v>
       </c>
       <c r="C2238" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2239">
       <c r="A2239" s="0" t="s">
-        <v>226</v>
+        <v>241</v>
       </c>
       <c r="B2239" s="0" t="s">
-        <v>227</v>
+        <v>242</v>
       </c>
       <c r="C2239" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2240">
       <c r="A2240" s="0" t="s">
-        <v>228</v>
+        <v>243</v>
       </c>
       <c r="B2240" s="0" t="s">
-        <v>229</v>
+        <v>244</v>
       </c>
       <c r="C2240" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2241">
       <c r="A2241" s="0" t="s">
-        <v>230</v>
+        <v>245</v>
       </c>
       <c r="B2241" s="0" t="s">
-        <v>231</v>
+        <v>244</v>
       </c>
       <c r="C2241" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2242">
       <c r="A2242" s="0" t="s">
-        <v>232</v>
+        <v>246</v>
       </c>
       <c r="B2242" s="0" t="s">
-        <v>233</v>
+        <v>247</v>
       </c>
       <c r="C2242" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2243">
       <c r="A2243" s="0" t="s">
-        <v>234</v>
+        <v>248</v>
       </c>
       <c r="B2243" s="0" t="s">
-        <v>235</v>
+        <v>249</v>
       </c>
       <c r="C2243" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2244">
       <c r="A2244" s="0" t="s">
-        <v>236</v>
+        <v>250</v>
       </c>
       <c r="B2244" s="0" t="s">
-        <v>237</v>
+        <v>247</v>
       </c>
       <c r="C2244" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2245">
       <c r="A2245" s="0" t="s">
-        <v>238</v>
+        <v>251</v>
       </c>
       <c r="B2245" s="0" t="s">
-        <v>239</v>
+        <v>249</v>
       </c>
       <c r="C2245" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2246">
       <c r="A2246" s="0" t="s">
-        <v>240</v>
+        <v>385</v>
       </c>
       <c r="B2246" s="0" t="s">
-        <v>239</v>
+        <v>386</v>
       </c>
       <c r="C2246" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2247">
       <c r="A2247" s="0" t="s">
-        <v>241</v>
+        <v>387</v>
       </c>
       <c r="B2247" s="0" t="s">
-        <v>242</v>
+        <v>388</v>
       </c>
       <c r="C2247" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2248">
       <c r="A2248" s="0" t="s">
-        <v>243</v>
+        <v>365</v>
       </c>
       <c r="B2248" s="0" t="s">
-        <v>244</v>
+        <v>366</v>
       </c>
       <c r="C2248" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2249">
       <c r="A2249" s="0" t="s">
-        <v>245</v>
+        <v>394</v>
       </c>
       <c r="B2249" s="0" t="s">
-        <v>246</v>
+        <v>395</v>
       </c>
       <c r="C2249" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2250">
       <c r="A2250" s="0" t="s">
-        <v>247</v>
+        <v>396</v>
       </c>
       <c r="B2250" s="0" t="s">
-        <v>248</v>
+        <v>397</v>
       </c>
       <c r="C2250" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2251">
       <c r="A2251" s="0" t="s">
-        <v>249</v>
+        <v>398</v>
       </c>
       <c r="B2251" s="0" t="s">
-        <v>246</v>
+        <v>370</v>
       </c>
       <c r="C2251" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2252">
       <c r="A2252" s="0" t="s">
-        <v>250</v>
+        <v>367</v>
       </c>
       <c r="B2252" s="0" t="s">
-        <v>251</v>
+        <v>368</v>
       </c>
       <c r="C2252" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2253">
       <c r="A2253" s="0" t="s">
-        <v>252</v>
+        <v>369</v>
       </c>
       <c r="B2253" s="0" t="s">
-        <v>253</v>
+        <v>370</v>
       </c>
       <c r="C2253" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2254">
       <c r="A2254" s="0" t="s">
-        <v>254</v>
+        <v>371</v>
       </c>
       <c r="B2254" s="0" t="s">
-        <v>255</v>
+        <v>368</v>
       </c>
       <c r="C2254" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2255">
       <c r="A2255" s="0" t="s">
-        <v>256</v>
+        <v>167</v>
       </c>
       <c r="B2255" s="0" t="s">
-        <v>257</v>
+        <v>168</v>
       </c>
       <c r="C2255" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2256">
       <c r="A2256" s="0" t="s">
-        <v>258</v>
+        <v>169</v>
       </c>
       <c r="B2256" s="0" t="s">
-        <v>259</v>
+        <v>170</v>
       </c>
       <c r="C2256" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2257">
       <c r="A2257" s="0" t="s">
-        <v>260</v>
+        <v>171</v>
       </c>
       <c r="B2257" s="0" t="s">
-        <v>261</v>
+        <v>172</v>
       </c>
       <c r="C2257" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2258">
       <c r="A2258" s="0" t="s">
-        <v>262</v>
+        <v>173</v>
       </c>
       <c r="B2258" s="0" t="s">
-        <v>261</v>
+        <v>174</v>
       </c>
       <c r="C2258" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2259">
       <c r="A2259" s="0" t="s">
-        <v>263</v>
+        <v>175</v>
       </c>
       <c r="B2259" s="0" t="s">
-        <v>264</v>
+        <v>176</v>
       </c>
       <c r="C2259" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2260">
       <c r="A2260" s="0" t="s">
-        <v>265</v>
+        <v>177</v>
       </c>
       <c r="B2260" s="0" t="s">
-        <v>266</v>
+        <v>174</v>
       </c>
       <c r="C2260" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2261">
       <c r="A2261" s="0" t="s">
-        <v>267</v>
+        <v>252</v>
       </c>
       <c r="B2261" s="0" t="s">
-        <v>266</v>
+        <v>253</v>
       </c>
       <c r="C2261" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2262">
       <c r="A2262" s="0" t="s">
-        <v>268</v>
+        <v>254</v>
       </c>
       <c r="B2262" s="0" t="s">
-        <v>269</v>
+        <v>255</v>
       </c>
       <c r="C2262" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2263">
       <c r="A2263" s="0" t="s">
-        <v>270</v>
+        <v>256</v>
       </c>
       <c r="B2263" s="0" t="s">
-        <v>271</v>
+        <v>257</v>
       </c>
       <c r="C2263" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2264">
       <c r="A2264" s="0" t="s">
-        <v>272</v>
+        <v>101</v>
       </c>
       <c r="B2264" s="0" t="s">
-        <v>269</v>
+        <v>102</v>
       </c>
       <c r="C2264" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2265">
       <c r="A2265" s="0" t="s">
-        <v>273</v>
+        <v>103</v>
       </c>
       <c r="B2265" s="0" t="s">
-        <v>271</v>
+        <v>104</v>
       </c>
       <c r="C2265" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2266">
       <c r="A2266" s="0" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="B2266" s="0" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="C2266" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2267">
       <c r="A2267" s="0" t="s">
-        <v>35</v>
+        <v>258</v>
       </c>
       <c r="B2267" s="0" t="s">
-        <v>36</v>
+        <v>259</v>
       </c>
       <c r="C2267" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2268">
       <c r="A2268" s="0" t="s">
-        <v>387</v>
+        <v>260</v>
       </c>
       <c r="B2268" s="0" t="s">
-        <v>388</v>
+        <v>261</v>
       </c>
       <c r="C2268" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2269">
       <c r="A2269" s="0" t="s">
-        <v>112</v>
+        <v>262</v>
       </c>
       <c r="B2269" s="0" t="s">
-        <v>113</v>
+        <v>259</v>
       </c>
       <c r="C2269" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2270">
       <c r="A2270" s="0" t="s">
-        <v>98</v>
+        <v>380</v>
       </c>
       <c r="B2270" s="0" t="s">
-        <v>99</v>
+        <v>7</v>
       </c>
       <c r="C2270" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2271">
       <c r="A2271" s="0" t="s">
-        <v>100</v>
+        <v>381</v>
       </c>
       <c r="B2271" s="0" t="s">
-        <v>101</v>
+        <v>382</v>
       </c>
       <c r="C2271" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2272">
       <c r="A2272" s="0" t="s">
-        <v>389</v>
+        <v>6</v>
       </c>
       <c r="B2272" s="0" t="s">
-        <v>390</v>
+        <v>7</v>
       </c>
       <c r="C2272" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2273">
       <c r="A2273" s="0" t="s">
-        <v>391</v>
+        <v>8</v>
       </c>
       <c r="B2273" s="0" t="s">
-        <v>101</v>
+        <v>7</v>
       </c>
       <c r="C2273" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2274">
       <c r="A2274" s="0" t="s">
-        <v>392</v>
+        <v>263</v>
       </c>
       <c r="B2274" s="0" t="s">
-        <v>390</v>
+        <v>264</v>
       </c>
       <c r="C2274" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2275">
       <c r="A2275" s="0" t="s">
-        <v>199</v>
+        <v>265</v>
       </c>
       <c r="B2275" s="0" t="s">
-        <v>200</v>
+        <v>266</v>
       </c>
       <c r="C2275" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2276">
       <c r="A2276" s="0" t="s">
-        <v>89</v>
+        <v>267</v>
       </c>
       <c r="B2276" s="0" t="s">
-        <v>90</v>
+        <v>268</v>
       </c>
       <c r="C2276" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2277">
       <c r="A2277" s="0" t="s">
-        <v>201</v>
+        <v>270</v>
       </c>
       <c r="B2277" s="0" t="s">
-        <v>202</v>
+        <v>271</v>
       </c>
       <c r="C2277" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2278">
       <c r="A2278" s="0" t="s">
-        <v>115</v>
+        <v>272</v>
       </c>
       <c r="B2278" s="0" t="s">
-        <v>116</v>
+        <v>266</v>
       </c>
       <c r="C2278" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2279">
       <c r="A2279" s="0" t="s">
-        <v>203</v>
+        <v>273</v>
       </c>
       <c r="B2279" s="0" t="s">
-        <v>204</v>
+        <v>266</v>
       </c>
       <c r="C2279" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2280">
       <c r="A2280" s="0" t="s">
-        <v>205</v>
+        <v>377</v>
       </c>
       <c r="B2280" s="0" t="s">
-        <v>116</v>
+        <v>378</v>
       </c>
       <c r="C2280" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2281">
       <c r="A2281" s="0" t="s">
-        <v>274</v>
+        <v>389</v>
       </c>
       <c r="B2281" s="0" t="s">
-        <v>275</v>
+        <v>375</v>
       </c>
       <c r="C2281" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2282">
       <c r="A2282" s="0" t="s">
-        <v>276</v>
+        <v>390</v>
       </c>
       <c r="B2282" s="0" t="s">
-        <v>277</v>
+        <v>373</v>
       </c>
       <c r="C2282" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2283">
       <c r="A2283" s="0" t="s">
-        <v>278</v>
+        <v>376</v>
       </c>
       <c r="B2283" s="0" t="s">
-        <v>279</v>
+        <v>375</v>
       </c>
       <c r="C2283" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2284">
       <c r="A2284" s="0" t="s">
-        <v>137</v>
+        <v>374</v>
       </c>
       <c r="B2284" s="0" t="s">
-        <v>138</v>
+        <v>375</v>
       </c>
       <c r="C2284" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2285">
       <c r="A2285" s="0" t="s">
-        <v>139</v>
+        <v>372</v>
       </c>
       <c r="B2285" s="0" t="s">
-        <v>140</v>
+        <v>373</v>
       </c>
       <c r="C2285" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2286">
       <c r="A2286" s="0" t="s">
-        <v>141</v>
+        <v>379</v>
       </c>
       <c r="B2286" s="0" t="s">
-        <v>138</v>
+        <v>375</v>
       </c>
       <c r="C2286" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2287">
       <c r="A2287" s="0" t="s">
-        <v>280</v>
+        <v>124</v>
       </c>
       <c r="B2287" s="0" t="s">
-        <v>281</v>
+        <v>125</v>
       </c>
       <c r="C2287" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2288">
       <c r="A2288" s="0" t="s">
-        <v>282</v>
+        <v>128</v>
       </c>
       <c r="B2288" s="0" t="s">
-        <v>283</v>
+        <v>129</v>
       </c>
       <c r="C2288" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2289">
       <c r="A2289" s="0" t="s">
-        <v>284</v>
+        <v>130</v>
       </c>
       <c r="B2289" s="0" t="s">
-        <v>281</v>
+        <v>131</v>
       </c>
       <c r="C2289" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2290">
       <c r="A2290" s="0" t="s">
-        <v>3</v>
+        <v>132</v>
       </c>
       <c r="B2290" s="0" t="s">
-        <v>4</v>
+        <v>129</v>
       </c>
       <c r="C2290" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2291">
       <c r="A2291" s="0" t="s">
-        <v>6</v>
+        <v>133</v>
       </c>
       <c r="B2291" s="0" t="s">
-        <v>7</v>
+        <v>129</v>
       </c>
       <c r="C2291" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2292">
       <c r="A2292" s="0" t="s">
-        <v>10</v>
+        <v>274</v>
       </c>
       <c r="B2292" s="0" t="s">
-        <v>4</v>
+        <v>275</v>
       </c>
       <c r="C2292" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2293">
       <c r="A2293" s="0" t="s">
-        <v>11</v>
+        <v>276</v>
       </c>
       <c r="B2293" s="0" t="s">
-        <v>4</v>
+        <v>277</v>
       </c>
       <c r="C2293" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2294">
       <c r="A2294" s="0" t="s">
-        <v>285</v>
+        <v>278</v>
       </c>
       <c r="B2294" s="0" t="s">
-        <v>286</v>
+        <v>275</v>
       </c>
       <c r="C2294" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2295">
       <c r="A2295" s="0" t="s">
-        <v>287</v>
+        <v>181</v>
       </c>
       <c r="B2295" s="0" t="s">
-        <v>288</v>
+        <v>182</v>
       </c>
       <c r="C2295" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2296">
       <c r="A2296" s="0" t="s">
-        <v>289</v>
+        <v>183</v>
       </c>
       <c r="B2296" s="0" t="s">
-        <v>290</v>
+        <v>184</v>
       </c>
       <c r="C2296" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2297">
       <c r="A2297" s="0" t="s">
-        <v>292</v>
+        <v>185</v>
       </c>
       <c r="B2297" s="0" t="s">
-        <v>293</v>
+        <v>186</v>
       </c>
       <c r="C2297" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2298">
       <c r="A2298" s="0" t="s">
-        <v>294</v>
+        <v>187</v>
       </c>
       <c r="B2298" s="0" t="s">
-        <v>288</v>
+        <v>184</v>
       </c>
       <c r="C2298" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2299">
       <c r="A2299" s="0" t="s">
-        <v>295</v>
+        <v>491</v>
       </c>
       <c r="B2299" s="0" t="s">
-        <v>288</v>
+        <v>492</v>
       </c>
       <c r="C2299" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2300">
       <c r="A2300" s="0" t="s">
-        <v>396</v>
+        <v>493</v>
       </c>
       <c r="B2300" s="0" t="s">
-        <v>397</v>
+        <v>494</v>
       </c>
       <c r="C2300" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2301">
       <c r="A2301" s="0" t="s">
-        <v>102</v>
+        <v>495</v>
       </c>
       <c r="B2301" s="0" t="s">
-        <v>103</v>
+        <v>496</v>
       </c>
       <c r="C2301" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2302">
       <c r="A2302" s="0" t="s">
-        <v>104</v>
+        <v>497</v>
       </c>
       <c r="B2302" s="0" t="s">
-        <v>105</v>
+        <v>498</v>
       </c>
       <c r="C2302" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2303">
       <c r="A2303" s="0" t="s">
-        <v>395</v>
+        <v>499</v>
       </c>
       <c r="B2303" s="0" t="s">
-        <v>103</v>
+        <v>500</v>
       </c>
       <c r="C2303" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2304">
       <c r="A2304" s="0" t="s">
-        <v>394</v>
+        <v>501</v>
       </c>
       <c r="B2304" s="0" t="s">
-        <v>103</v>
+        <v>502</v>
       </c>
       <c r="C2304" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2305">
       <c r="A2305" s="0" t="s">
-        <v>393</v>
+        <v>508</v>
       </c>
       <c r="B2305" s="0" t="s">
-        <v>105</v>
+        <v>509</v>
       </c>
       <c r="C2305" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2306">
       <c r="A2306" s="0" t="s">
-        <v>398</v>
+        <v>491</v>
       </c>
       <c r="B2306" s="0" t="s">
-        <v>103</v>
+        <v>492</v>
       </c>
       <c r="C2306" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2307">
       <c r="A2307" s="0" t="s">
-        <v>160</v>
+        <v>493</v>
       </c>
       <c r="B2307" s="0" t="s">
-        <v>161</v>
+        <v>494</v>
       </c>
       <c r="C2307" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2308">
       <c r="A2308" s="0" t="s">
-        <v>164</v>
+        <v>495</v>
       </c>
       <c r="B2308" s="0" t="s">
-        <v>165</v>
+        <v>496</v>
       </c>
       <c r="C2308" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2309">
       <c r="A2309" s="0" t="s">
-        <v>166</v>
+        <v>497</v>
       </c>
       <c r="B2309" s="0" t="s">
-        <v>167</v>
+        <v>498</v>
       </c>
       <c r="C2309" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2310">
       <c r="A2310" s="0" t="s">
-        <v>168</v>
+        <v>499</v>
       </c>
       <c r="B2310" s="0" t="s">
-        <v>165</v>
+        <v>500</v>
       </c>
       <c r="C2310" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2311">
       <c r="A2311" s="0" t="s">
-        <v>169</v>
+        <v>501</v>
       </c>
       <c r="B2311" s="0" t="s">
-        <v>165</v>
+        <v>502</v>
       </c>
       <c r="C2311" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2312">
       <c r="A2312" s="0" t="s">
-        <v>296</v>
+        <v>508</v>
       </c>
       <c r="B2312" s="0" t="s">
-        <v>297</v>
+        <v>509</v>
       </c>
       <c r="C2312" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2313">
       <c r="A2313" s="0" t="s">
-        <v>298</v>
+        <v>508</v>
       </c>
       <c r="B2313" s="0" t="s">
-        <v>299</v>
+        <v>509</v>
       </c>
       <c r="C2313" s="0" t="s">
-        <v>61</v>
+        <v>5</v>
       </c>
     </row>
     <row r="2314">
       <c r="A2314" s="0" t="s">
-        <v>300</v>
+        <v>499</v>
       </c>
       <c r="B2314" s="0" t="s">
-        <v>297</v>
+        <v>500</v>
       </c>
       <c r="C2314" s="0" t="s">
-        <v>61</v>
+        <v>5</v>
       </c>
     </row>
     <row r="2315">
       <c r="A2315" s="0" t="s">
-        <v>209</v>
+        <v>501</v>
       </c>
       <c r="B2315" s="0" t="s">
-        <v>210</v>
+        <v>502</v>
       </c>
       <c r="C2315" s="0" t="s">
-        <v>61</v>
+        <v>5</v>
       </c>
     </row>
     <row r="2316">
       <c r="A2316" s="0" t="s">
-        <v>91</v>
+        <v>497</v>
       </c>
       <c r="B2316" s="0" t="s">
-        <v>92</v>
+        <v>498</v>
       </c>
       <c r="C2316" s="0" t="s">
-        <v>61</v>
+        <v>5</v>
       </c>
     </row>
     <row r="2317">
       <c r="A2317" s="0" t="s">
-        <v>211</v>
+        <v>144</v>
       </c>
       <c r="B2317" s="0" t="s">
-        <v>212</v>
+        <v>65</v>
       </c>
       <c r="C2317" s="0" t="s">
-        <v>61</v>
+        <v>5</v>
       </c>
     </row>
     <row r="2318">
       <c r="A2318" s="0" t="s">
-        <v>213</v>
+        <v>152</v>
       </c>
       <c r="B2318" s="0" t="s">
-        <v>92</v>
+        <v>79</v>
       </c>
       <c r="C2318" s="0" t="s">
-        <v>61</v>
+        <v>5</v>
       </c>
     </row>
     <row r="2319">
       <c r="A2319" s="0" t="s">
-        <v>491</v>
+        <v>143</v>
       </c>
       <c r="B2319" s="0" t="s">
-        <v>492</v>
+        <v>63</v>
       </c>
       <c r="C2319" s="0" t="s">
-        <v>61</v>
+        <v>5</v>
       </c>
     </row>
     <row r="2320">
       <c r="A2320" s="0" t="s">
-        <v>493</v>
+        <v>62</v>
       </c>
       <c r="B2320" s="0" t="s">
-        <v>494</v>
+        <v>63</v>
       </c>
       <c r="C2320" s="0" t="s">
-        <v>61</v>
+        <v>5</v>
       </c>
     </row>
     <row r="2321">
       <c r="A2321" s="0" t="s">
-        <v>495</v>
+        <v>64</v>
       </c>
       <c r="B2321" s="0" t="s">
-        <v>496</v>
+        <v>65</v>
       </c>
       <c r="C2321" s="0" t="s">
-        <v>61</v>
+        <v>5</v>
       </c>
     </row>
     <row r="2322">
       <c r="A2322" s="0" t="s">
-        <v>508</v>
+        <v>145</v>
       </c>
       <c r="B2322" s="0" t="s">
-        <v>509</v>
+        <v>67</v>
       </c>
       <c r="C2322" s="0" t="s">
-        <v>61</v>
+        <v>5</v>
       </c>
     </row>
     <row r="2323">
       <c r="A2323" s="0" t="s">
-        <v>497</v>
+        <v>66</v>
       </c>
       <c r="B2323" s="0" t="s">
-        <v>498</v>
+        <v>67</v>
       </c>
       <c r="C2323" s="0" t="s">
-        <v>61</v>
+        <v>5</v>
       </c>
     </row>
     <row r="2324">
       <c r="A2324" s="0" t="s">
-        <v>499</v>
+        <v>148</v>
       </c>
       <c r="B2324" s="0" t="s">
-        <v>500</v>
+        <v>69</v>
       </c>
       <c r="C2324" s="0" t="s">
-        <v>61</v>
+        <v>5</v>
       </c>
     </row>
     <row r="2325">
       <c r="A2325" s="0" t="s">
-        <v>501</v>
+        <v>68</v>
       </c>
       <c r="B2325" s="0" t="s">
-        <v>502</v>
+        <v>69</v>
       </c>
       <c r="C2325" s="0" t="s">
-        <v>61</v>
+        <v>5</v>
       </c>
     </row>
     <row r="2326">
       <c r="A2326" s="0" t="s">
-        <v>510</v>
+        <v>149</v>
       </c>
       <c r="B2326" s="0" t="s">
-        <v>511</v>
+        <v>71</v>
       </c>
       <c r="C2326" s="0" t="s">
-        <v>512</v>
+        <v>5</v>
       </c>
     </row>
     <row r="2327">
       <c r="A2327" s="0" t="s">
-        <v>513</v>
+        <v>70</v>
       </c>
       <c r="B2327" s="0" t="s">
-        <v>514</v>
+        <v>71</v>
       </c>
       <c r="C2327" s="0" t="s">
-        <v>512</v>
+        <v>5</v>
       </c>
     </row>
     <row r="2328">
       <c r="A2328" s="0" t="s">
-        <v>515</v>
+        <v>157</v>
       </c>
       <c r="B2328" s="0" t="s">
-        <v>516</v>
+        <v>73</v>
       </c>
       <c r="C2328" s="0" t="s">
-        <v>512</v>
+        <v>5</v>
       </c>
     </row>
     <row r="2329">
       <c r="A2329" s="0" t="s">
-        <v>517</v>
+        <v>72</v>
       </c>
       <c r="B2329" s="0" t="s">
-        <v>518</v>
+        <v>73</v>
       </c>
       <c r="C2329" s="0" t="s">
-        <v>512</v>
+        <v>5</v>
       </c>
     </row>
     <row r="2330">
       <c r="A2330" s="0" t="s">
-        <v>519</v>
+        <v>154</v>
       </c>
       <c r="B2330" s="0" t="s">
-        <v>520</v>
+        <v>75</v>
       </c>
       <c r="C2330" s="0" t="s">
-        <v>512</v>
+        <v>5</v>
       </c>
     </row>
     <row r="2331">
       <c r="A2331" s="0" t="s">
-        <v>521</v>
+        <v>74</v>
       </c>
       <c r="B2331" s="0" t="s">
-        <v>522</v>
+        <v>75</v>
       </c>
       <c r="C2331" s="0" t="s">
-        <v>512</v>
+        <v>5</v>
       </c>
     </row>
     <row r="2332">
       <c r="A2332" s="0" t="s">
-        <v>523</v>
+        <v>153</v>
       </c>
       <c r="B2332" s="0" t="s">
-        <v>524</v>
+        <v>77</v>
       </c>
       <c r="C2332" s="0" t="s">
-        <v>512</v>
+        <v>5</v>
       </c>
     </row>
     <row r="2333">
       <c r="A2333" s="0" t="s">
-        <v>525</v>
+        <v>76</v>
       </c>
       <c r="B2333" s="0" t="s">
-        <v>526</v>
+        <v>77</v>
       </c>
       <c r="C2333" s="0" t="s">
-        <v>512</v>
+        <v>5</v>
       </c>
     </row>
     <row r="2334">
       <c r="A2334" s="0" t="s">
-        <v>491</v>
+        <v>78</v>
       </c>
       <c r="B2334" s="0" t="s">
-        <v>492</v>
+        <v>79</v>
       </c>
       <c r="C2334" s="0" t="s">
-        <v>61</v>
+        <v>5</v>
       </c>
     </row>
     <row r="2335">
       <c r="A2335" s="0" t="s">
-        <v>493</v>
+        <v>385</v>
       </c>
       <c r="B2335" s="0" t="s">
-        <v>494</v>
+        <v>386</v>
       </c>
       <c r="C2335" s="0" t="s">
-        <v>61</v>
+        <v>5</v>
       </c>
     </row>
     <row r="2336">
       <c r="A2336" s="0" t="s">
-        <v>495</v>
+        <v>387</v>
       </c>
       <c r="B2336" s="0" t="s">
-        <v>496</v>
+        <v>388</v>
       </c>
       <c r="C2336" s="0" t="s">
-        <v>61</v>
+        <v>5</v>
       </c>
     </row>
     <row r="2337">
       <c r="A2337" s="0" t="s">
-        <v>508</v>
+        <v>394</v>
       </c>
       <c r="B2337" s="0" t="s">
-        <v>509</v>
+        <v>395</v>
       </c>
       <c r="C2337" s="0" t="s">
-        <v>61</v>
+        <v>5</v>
       </c>
     </row>
     <row r="2338">
       <c r="A2338" s="0" t="s">
-        <v>497</v>
+        <v>396</v>
       </c>
       <c r="B2338" s="0" t="s">
-        <v>498</v>
+        <v>397</v>
       </c>
       <c r="C2338" s="0" t="s">
-        <v>61</v>
+        <v>5</v>
       </c>
     </row>
     <row r="2339">
       <c r="A2339" s="0" t="s">
-        <v>499</v>
+        <v>398</v>
       </c>
       <c r="B2339" s="0" t="s">
-        <v>500</v>
+        <v>370</v>
       </c>
       <c r="C2339" s="0" t="s">
-        <v>61</v>
+        <v>5</v>
       </c>
     </row>
     <row r="2340">
       <c r="A2340" s="0" t="s">
-        <v>501</v>
+        <v>169</v>
       </c>
       <c r="B2340" s="0" t="s">
-        <v>502</v>
+        <v>170</v>
       </c>
       <c r="C2340" s="0" t="s">
-        <v>61</v>
+        <v>5</v>
       </c>
     </row>
     <row r="2341">
       <c r="A2341" s="0" t="s">
-        <v>508</v>
+        <v>173</v>
       </c>
       <c r="B2341" s="0" t="s">
-        <v>509</v>
+        <v>174</v>
       </c>
       <c r="C2341" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2342">
       <c r="A2342" s="0" t="s">
-        <v>493</v>
+        <v>191</v>
       </c>
       <c r="B2342" s="0" t="s">
-        <v>494</v>
+        <v>161</v>
       </c>
       <c r="C2342" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2343">
       <c r="A2343" s="0" t="s">
-        <v>495</v>
+        <v>380</v>
       </c>
       <c r="B2343" s="0" t="s">
-        <v>496</v>
+        <v>7</v>
       </c>
       <c r="C2343" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2344">
       <c r="A2344" s="0" t="s">
-        <v>491</v>
+        <v>381</v>
       </c>
       <c r="B2344" s="0" t="s">
-        <v>492</v>
+        <v>382</v>
       </c>
       <c r="C2344" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2345">
       <c r="A2345" s="0" t="s">
-        <v>180</v>
+        <v>389</v>
       </c>
       <c r="B2345" s="0" t="s">
-        <v>73</v>
+        <v>375</v>
       </c>
       <c r="C2345" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2346">
       <c r="A2346" s="0" t="s">
-        <v>191</v>
+        <v>390</v>
       </c>
       <c r="B2346" s="0" t="s">
-        <v>87</v>
+        <v>373</v>
       </c>
       <c r="C2346" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2347">
       <c r="A2347" s="0" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="B2347" s="0" t="s">
-        <v>71</v>
+        <v>184</v>
       </c>
       <c r="C2347" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2348">
       <c r="A2348" s="0" t="s">
-        <v>70</v>
+        <v>188</v>
       </c>
       <c r="B2348" s="0" t="s">
-        <v>71</v>
+        <v>189</v>
       </c>
       <c r="C2348" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2349">
       <c r="A2349" s="0" t="s">
-        <v>72</v>
+        <v>190</v>
       </c>
       <c r="B2349" s="0" t="s">
-        <v>73</v>
+        <v>189</v>
       </c>
       <c r="C2349" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2350">
       <c r="A2350" s="0" t="s">
-        <v>181</v>
+        <v>383</v>
       </c>
       <c r="B2350" s="0" t="s">
-        <v>75</v>
+        <v>384</v>
       </c>
       <c r="C2350" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2351">
       <c r="A2351" s="0" t="s">
-        <v>74</v>
+        <v>391</v>
       </c>
       <c r="B2351" s="0" t="s">
-        <v>75</v>
+        <v>392</v>
       </c>
       <c r="C2351" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2352">
       <c r="A2352" s="0" t="s">
-        <v>184</v>
+        <v>393</v>
       </c>
       <c r="B2352" s="0" t="s">
-        <v>77</v>
+        <v>41</v>
       </c>
       <c r="C2352" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2353">
       <c r="A2353" s="0" t="s">
-        <v>76</v>
+        <v>164</v>
       </c>
       <c r="B2353" s="0" t="s">
-        <v>77</v>
+        <v>165</v>
       </c>
       <c r="C2353" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2354">
       <c r="A2354" s="0" t="s">
-        <v>185</v>
+        <v>166</v>
       </c>
       <c r="B2354" s="0" t="s">
-        <v>79</v>
+        <v>48</v>
       </c>
       <c r="C2354" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2355">
       <c r="A2355" s="0" t="s">
-        <v>78</v>
+        <v>510</v>
       </c>
       <c r="B2355" s="0" t="s">
-        <v>79</v>
+        <v>511</v>
       </c>
       <c r="C2355" s="0" t="s">
-        <v>5</v>
+        <v>512</v>
       </c>
     </row>
     <row r="2356">
       <c r="A2356" s="0" t="s">
-        <v>186</v>
+        <v>513</v>
       </c>
       <c r="B2356" s="0" t="s">
-        <v>81</v>
+        <v>514</v>
       </c>
       <c r="C2356" s="0" t="s">
-        <v>5</v>
+        <v>512</v>
       </c>
     </row>
     <row r="2357">
       <c r="A2357" s="0" t="s">
-        <v>80</v>
+        <v>515</v>
       </c>
       <c r="B2357" s="0" t="s">
-        <v>81</v>
+        <v>516</v>
       </c>
       <c r="C2357" s="0" t="s">
-        <v>5</v>
+        <v>512</v>
       </c>
     </row>
     <row r="2358">
       <c r="A2358" s="0" t="s">
-        <v>189</v>
+        <v>517</v>
       </c>
       <c r="B2358" s="0" t="s">
-        <v>83</v>
+        <v>518</v>
       </c>
       <c r="C2358" s="0" t="s">
-        <v>5</v>
+        <v>512</v>
       </c>
     </row>
     <row r="2359">
       <c r="A2359" s="0" t="s">
-        <v>82</v>
+        <v>519</v>
       </c>
       <c r="B2359" s="0" t="s">
-        <v>83</v>
+        <v>520</v>
       </c>
       <c r="C2359" s="0" t="s">
-        <v>5</v>
+        <v>512</v>
       </c>
     </row>
     <row r="2360">
       <c r="A2360" s="0" t="s">
-        <v>190</v>
+        <v>521</v>
       </c>
       <c r="B2360" s="0" t="s">
-        <v>85</v>
+        <v>522</v>
       </c>
       <c r="C2360" s="0" t="s">
-        <v>5</v>
+        <v>512</v>
       </c>
     </row>
     <row r="2361">
       <c r="A2361" s="0" t="s">
-        <v>84</v>
+        <v>523</v>
       </c>
       <c r="B2361" s="0" t="s">
-        <v>85</v>
+        <v>524</v>
       </c>
       <c r="C2361" s="0" t="s">
-        <v>5</v>
+        <v>512</v>
       </c>
     </row>
     <row r="2362">
       <c r="A2362" s="0" t="s">
-        <v>86</v>
+        <v>525</v>
       </c>
       <c r="B2362" s="0" t="s">
-        <v>87</v>
+        <v>526</v>
       </c>
       <c r="C2362" s="0" t="s">
-        <v>5</v>
+        <v>512</v>
       </c>
     </row>
     <row r="2363">
       <c r="C2363" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2364">
       <c r="C2364" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2365">
       <c r="C2365" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2366">
       <c r="C2366" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2367">
       <c r="C2367" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2368">
       <c r="C2368" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2369">
       <c r="C2369" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2370">
       <c r="C2370" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2371">
       <c r="C2371" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2372">
       <c r="C2372" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2373">
       <c r="C2373" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2374">
       <c r="C2374" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2375">
       <c r="C2375" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2376">
       <c r="C2376" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2377">
       <c r="C2377" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2378">
       <c r="C2378" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2379">
       <c r="C2379" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2380">
       <c r="C2380" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2381">
       <c r="C2381" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2382">
       <c r="C2382" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2383">
       <c r="C2383" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2384">
       <c r="C2384" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2385">
       <c r="C2385" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2386">
       <c r="C2386" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2387">
       <c r="C2387" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2388">
       <c r="C2388" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2389">
       <c r="C2389" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2390">
       <c r="C2390" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2391">
       <c r="C2391" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2392">
       <c r="C2392" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2393">
       <c r="C2393" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2394">
       <c r="C2394" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2395">
       <c r="C2395" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2396">
       <c r="C2396" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2397">
       <c r="C2397" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2398">
       <c r="C2398" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2399">
       <c r="C2399" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2400">
       <c r="C2400" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2401">
       <c r="C2401" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2402">
       <c r="C2402" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2403">
       <c r="C2403" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2404">
       <c r="C2404" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2405">
       <c r="C2405" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2406">
       <c r="C2406" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2407">
       <c r="C2407" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2408">
       <c r="C2408" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2409">
       <c r="C2409" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2410">
       <c r="C2410" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2411">
       <c r="C2411" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2412">
       <c r="C2412" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2413">
       <c r="C2413" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2414">
       <c r="C2414" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2415">
       <c r="C2415" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2416">
       <c r="C2416" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2417">
       <c r="C2417" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2418">
       <c r="C2418" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2419">
       <c r="C2419" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2420">
       <c r="C2420" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2421">
       <c r="C2421" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2422">
       <c r="C2422" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2423">
       <c r="C2423" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2424">
       <c r="C2424" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2425">
       <c r="C2425" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2426">
       <c r="C2426" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2427">
       <c r="C2427" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2428">
       <c r="C2428" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2429">
       <c r="C2429" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2430">
       <c r="C2430" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2431">
       <c r="C2431" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2432">
       <c r="C2432" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2433">
       <c r="C2433" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2434">
       <c r="C2434" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2435">
       <c r="C2435" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2436">
       <c r="C2436" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2437">
       <c r="C2437" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2438">
       <c r="C2438" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2439">
       <c r="C2439" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2440">
       <c r="C2440" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2441">
       <c r="C2441" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2442">
       <c r="C2442" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2443">
       <c r="C2443" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2444">
       <c r="C2444" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2445">
       <c r="C2445" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2446">
       <c r="C2446" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2447">
       <c r="C2447" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2448">
       <c r="C2448" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2449">
       <c r="C2449" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2450">
       <c r="C2450" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2451">
       <c r="C2451" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2452">
       <c r="C2452" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2453">
       <c r="C2453" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2454">
       <c r="C2454" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2455">
       <c r="C2455" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2456">
       <c r="C2456" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2457">
       <c r="C2457" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2458">
       <c r="C2458" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2459">
       <c r="C2459" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2460">
       <c r="C2460" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2461">
       <c r="C2461" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2462">
       <c r="C2462" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2463">
       <c r="C2463" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2464">
       <c r="C2464" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2465">
       <c r="C2465" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2466">
       <c r="C2466" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2467">
       <c r="C2467" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2468">
       <c r="C2468" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2469">
       <c r="C2469" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2470">
       <c r="C2470" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2471">
       <c r="C2471" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2472">
       <c r="C2472" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2473">
       <c r="C2473" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2474">
       <c r="C2474" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2475">
       <c r="C2475" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2476">
       <c r="C2476" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2477">
       <c r="C2477" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2478">
       <c r="C2478" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2479">
       <c r="C2479" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2480">
       <c r="C2480" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2481">
       <c r="C2481" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2482">
       <c r="C2482" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2483">
       <c r="C2483" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2484">
       <c r="C2484" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2485">
       <c r="C2485" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2486">
       <c r="C2486" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2487">
       <c r="C2487" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2488">
       <c r="C2488" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2489">
       <c r="C2489" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2490">
       <c r="C2490" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2491">
       <c r="C2491" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2492">
       <c r="C2492" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2493">
       <c r="C2493" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2494">
       <c r="C2494" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2495">
       <c r="C2495" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2496">
       <c r="C2496" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2497">
       <c r="C2497" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2498">
       <c r="C2498" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2499">
       <c r="C2499" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2500">
       <c r="C2500" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2501">
       <c r="C2501" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2502">
       <c r="C2502" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2503">
       <c r="C2503" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2504">
       <c r="C2504" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2505">
       <c r="C2505" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2506">
       <c r="C2506" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2507">
       <c r="C2507" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2508">
       <c r="C2508" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2509">
       <c r="C2509" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2510">
       <c r="C2510" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2511">
       <c r="C2511" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2512">
       <c r="C2512" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2513">
       <c r="C2513" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2514">
       <c r="C2514" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2515">
       <c r="C2515" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2516">
       <c r="C2516" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2517">
       <c r="C2517" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2518">
       <c r="C2518" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2519">
       <c r="C2519" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2520">
       <c r="C2520" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2521">
       <c r="C2521" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2522">
       <c r="C2522" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2523">
       <c r="C2523" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2524">
       <c r="C2524" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2525">
       <c r="C2525" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2526">
       <c r="C2526" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2527">
       <c r="C2527" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2528">
       <c r="C2528" s="0" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>