--- v0 (2026-01-08)
+++ v1 (2026-03-15)
@@ -54,102 +54,102 @@
   <si>
     <t>110176</t>
   </si>
   <si>
     <t>Q7S DM</t>
   </si>
   <si>
     <t>110169</t>
   </si>
   <si>
     <t>Q6L DM</t>
   </si>
   <si>
     <t>110168</t>
   </si>
   <si>
     <t>Q6M DM</t>
   </si>
   <si>
     <t>110166</t>
   </si>
   <si>
     <t>Q6S DM</t>
   </si>
   <si>
+    <t>101268</t>
+  </si>
+  <si>
+    <t>Q6M DL</t>
+  </si>
+  <si>
     <t>101286</t>
   </si>
   <si>
     <t>Q8S DL</t>
   </si>
   <si>
+    <t>101D96</t>
+  </si>
+  <si>
+    <t>Q9S DXL</t>
+  </si>
+  <si>
     <t>101288</t>
   </si>
   <si>
-    <t>101D96</t>
-[...4 lines deleted...]
-  <si>
     <t>101179</t>
   </si>
   <si>
     <t>Q7L DM</t>
   </si>
   <si>
+    <t>101278</t>
+  </si>
+  <si>
+    <t>Q7M DL</t>
+  </si>
+  <si>
     <t>101178</t>
   </si>
   <si>
     <t>101176</t>
   </si>
   <si>
     <t>101169</t>
   </si>
   <si>
     <t>101168</t>
   </si>
   <si>
-    <t>101268</t>
-[...4 lines deleted...]
-  <si>
     <t>101166</t>
   </si>
   <si>
     <t>101761</t>
   </si>
   <si>
     <t>Q6 DM</t>
-  </si>
-[...4 lines deleted...]
-    <t>Q7M DL</t>
   </si>
   <si>
     <t>501761</t>
   </si>
   <si>
     <t>N6 DM</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
@@ -294,150 +294,150 @@
       <c r="C12" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="C13" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>18</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>5</v>
+        <v>19</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>22</v>
+        <v>5</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>7</v>
+        <v>24</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>28</v>
+        <v>11</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>31</v>
+        <v>15</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="26">
       <c r="C26" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="27">
       <c r="C27" s="0" t="s">
         <v>3</v>
       </c>