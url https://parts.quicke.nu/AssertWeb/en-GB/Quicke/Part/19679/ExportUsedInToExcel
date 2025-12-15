--- v0 (2025-10-14)
+++ v1 (2025-12-15)
@@ -15,240 +15,240 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Part" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="67" uniqueCount="67">
   <si>
     <t>Product No</t>
   </si>
   <si>
     <t>Product name</t>
   </si>
   <si>
     <t>Path</t>
   </si>
   <si>
+    <t>101761</t>
+  </si>
+  <si>
+    <t>Q6 DM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">/ </t>
+  </si>
+  <si>
+    <t>101751</t>
+  </si>
+  <si>
+    <t>Q5 DM</t>
+  </si>
+  <si>
+    <t>101741</t>
+  </si>
+  <si>
+    <t>Q4 DM</t>
+  </si>
+  <si>
     <t>101733</t>
   </si>
   <si>
     <t>Q3 DM</t>
   </si>
   <si>
-    <t xml:space="preserve">/ </t>
-[...17 lines deleted...]
-    <t>Q6 DM</t>
+    <t>101286</t>
+  </si>
+  <si>
+    <t>Q8S DL</t>
+  </si>
+  <si>
+    <t>101288</t>
+  </si>
+  <si>
+    <t>Q8M DL</t>
+  </si>
+  <si>
+    <t>110288</t>
+  </si>
+  <si>
+    <t>101D96</t>
+  </si>
+  <si>
+    <t>Q9S DXL</t>
+  </si>
+  <si>
+    <t>101179</t>
+  </si>
+  <si>
+    <t>Q7L DM</t>
+  </si>
+  <si>
+    <t>101178</t>
+  </si>
+  <si>
+    <t>Q7M DM</t>
+  </si>
+  <si>
+    <t>110178</t>
+  </si>
+  <si>
+    <t>101176</t>
+  </si>
+  <si>
+    <t>Q7S DM</t>
+  </si>
+  <si>
+    <t>110176</t>
+  </si>
+  <si>
+    <t>101169</t>
+  </si>
+  <si>
+    <t>Q6L DM</t>
+  </si>
+  <si>
+    <t>110169</t>
+  </si>
+  <si>
+    <t>101168</t>
+  </si>
+  <si>
+    <t>Q6M DM</t>
+  </si>
+  <si>
+    <t>110168</t>
+  </si>
+  <si>
+    <t>101268</t>
+  </si>
+  <si>
+    <t>Q6M DL</t>
+  </si>
+  <si>
+    <t>101166</t>
+  </si>
+  <si>
+    <t>Q6S DM</t>
+  </si>
+  <si>
+    <t>110166</t>
+  </si>
+  <si>
+    <t>101159</t>
+  </si>
+  <si>
+    <t>Q5L DM</t>
+  </si>
+  <si>
+    <t>110159</t>
+  </si>
+  <si>
+    <t>101158</t>
+  </si>
+  <si>
+    <t>Q5M DM</t>
+  </si>
+  <si>
+    <t>110158</t>
+  </si>
+  <si>
+    <t>101156</t>
+  </si>
+  <si>
+    <t>Q5S DM</t>
+  </si>
+  <si>
+    <t>110156</t>
+  </si>
+  <si>
+    <t>101149</t>
+  </si>
+  <si>
+    <t>Q4L DM</t>
+  </si>
+  <si>
+    <t>110149</t>
+  </si>
+  <si>
+    <t>101148</t>
+  </si>
+  <si>
+    <t>Q4M DM</t>
+  </si>
+  <si>
+    <t>110148</t>
+  </si>
+  <si>
+    <t>101146</t>
+  </si>
+  <si>
+    <t>Q4S DM</t>
+  </si>
+  <si>
+    <t>110146</t>
+  </si>
+  <si>
+    <t>101139</t>
+  </si>
+  <si>
+    <t>Q3L DM</t>
+  </si>
+  <si>
+    <t>110139</t>
+  </si>
+  <si>
+    <t>101138</t>
+  </si>
+  <si>
+    <t>Q3M DM</t>
+  </si>
+  <si>
+    <t>110138</t>
+  </si>
+  <si>
+    <t>101136</t>
+  </si>
+  <si>
+    <t>Q3S DM</t>
   </si>
   <si>
     <t>110136</t>
   </si>
   <si>
-    <t>Q3S DM</t>
-[...121 lines deleted...]
-  <si>
     <t>101278</t>
   </si>
   <si>
     <t>Q7M DL</t>
-  </si>
-[...31 lines deleted...]
-    <t>110166</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
@@ -346,326 +346,326 @@
         <v>12</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="B9" s="0" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="B10" s="0" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
+        <v>21</v>
+      </c>
+      <c r="B11" s="0" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="B19" s="0" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="B21" s="0" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>45</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="B29" s="0" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="B31" s="0" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="B33" s="0" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
         <v>56</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>57</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
         <v>58</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>57</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>5</v>
@@ -687,62 +687,62 @@
         <v>61</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>60</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
         <v>62</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>63</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
         <v>64</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="B40" s="0" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>5</v>
@@ -951,326 +951,326 @@
         <v>12</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
         <v>16</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="B64" s="0" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="B65" s="0" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
+        <v>21</v>
+      </c>
+      <c r="B66" s="0" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="B74" s="0" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="B76" s="0" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B80" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B82" s="0" t="s">
         <v>45</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="B84" s="0" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="B86" s="0" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="B88" s="0" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
         <v>56</v>
       </c>
       <c r="B89" s="0" t="s">
         <v>57</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
         <v>58</v>
       </c>
       <c r="B90" s="0" t="s">
         <v>57</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>5</v>
@@ -1292,370 +1292,370 @@
         <v>61</v>
       </c>
       <c r="B92" s="0" t="s">
         <v>60</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
         <v>62</v>
       </c>
       <c r="B93" s="0" t="s">
         <v>63</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
         <v>64</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="B95" s="0" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
         <v>12</v>
       </c>
       <c r="B96" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B97" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
         <v>16</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="B99" s="0" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="B100" s="0" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
+        <v>21</v>
+      </c>
+      <c r="B101" s="0" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="B103" s="0" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="B104" s="0" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="B105" s="0" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="C105" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B106" s="0" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="B107" s="0" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="C107" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B108" s="0" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="C108" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="B109" s="0" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="C109" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B110" s="0" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="C110" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="B111" s="0" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B112" s="0" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="C112" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B113" s="0" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B114" s="0" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B115" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C115" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B116" s="0" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="C116" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B117" s="0" t="s">
         <v>45</v>
       </c>
       <c r="C117" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B118" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C118" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="B119" s="0" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="C119" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B120" s="0" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C120" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="B121" s="0" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="C121" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B122" s="0" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="C122" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="B123" s="0" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="C123" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0" t="s">
         <v>56</v>
       </c>
       <c r="B124" s="0" t="s">
         <v>57</v>
       </c>
       <c r="C124" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
         <v>58</v>
       </c>
       <c r="B125" s="0" t="s">
         <v>57</v>
       </c>
       <c r="C125" s="0" t="s">
         <v>5</v>
@@ -1677,370 +1677,370 @@
         <v>61</v>
       </c>
       <c r="B127" s="0" t="s">
         <v>60</v>
       </c>
       <c r="C127" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="0" t="s">
         <v>62</v>
       </c>
       <c r="B128" s="0" t="s">
         <v>63</v>
       </c>
       <c r="C128" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="0" t="s">
         <v>64</v>
       </c>
       <c r="B129" s="0" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="C129" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="B130" s="0" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="C130" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="0" t="s">
         <v>12</v>
       </c>
       <c r="B131" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C131" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B132" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C132" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="0" t="s">
         <v>16</v>
       </c>
       <c r="B133" s="0" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="C133" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="B134" s="0" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="C134" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="B135" s="0" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="C135" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="0" t="s">
+        <v>21</v>
+      </c>
+      <c r="B136" s="0" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="C136" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="0" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B137" s="0" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C137" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="0" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="B138" s="0" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="C138" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="0" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="B139" s="0" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C139" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="0" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="B140" s="0" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="C140" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="0" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B141" s="0" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="C141" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="0" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="B142" s="0" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="C142" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="0" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B143" s="0" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="C143" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="B144" s="0" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="C144" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B145" s="0" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="C145" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="B146" s="0" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="C146" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B147" s="0" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="C147" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="0" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B148" s="0" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="C148" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="0" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B149" s="0" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="C149" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="0" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B150" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C150" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B151" s="0" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="C151" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B152" s="0" t="s">
         <v>45</v>
       </c>
       <c r="C152" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B153" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C153" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="B154" s="0" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="C154" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B155" s="0" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C155" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="B156" s="0" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="C156" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B157" s="0" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="C157" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="B158" s="0" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="C158" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="0" t="s">
         <v>56</v>
       </c>
       <c r="B159" s="0" t="s">
         <v>57</v>
       </c>
       <c r="C159" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="0" t="s">
         <v>58</v>
       </c>
       <c r="B160" s="0" t="s">
         <v>57</v>
       </c>
       <c r="C160" s="0" t="s">
         <v>5</v>
@@ -2062,370 +2062,370 @@
         <v>61</v>
       </c>
       <c r="B162" s="0" t="s">
         <v>60</v>
       </c>
       <c r="C162" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="0" t="s">
         <v>62</v>
       </c>
       <c r="B163" s="0" t="s">
         <v>63</v>
       </c>
       <c r="C163" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="0" t="s">
         <v>64</v>
       </c>
       <c r="B164" s="0" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="C164" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="B165" s="0" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="C165" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="0" t="s">
         <v>12</v>
       </c>
       <c r="B166" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C166" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B167" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C167" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="0" t="s">
         <v>16</v>
       </c>
       <c r="B168" s="0" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="C168" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="B169" s="0" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="C169" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="B170" s="0" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="C170" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="0" t="s">
+        <v>21</v>
+      </c>
+      <c r="B171" s="0" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="C171" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="0" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B172" s="0" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C172" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="0" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="B173" s="0" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="C173" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="0" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="B174" s="0" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C174" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="0" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="B175" s="0" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="C175" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="0" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B176" s="0" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="C176" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="0" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="B177" s="0" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="C177" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="0" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B178" s="0" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="C178" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="B179" s="0" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="C179" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B180" s="0" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="C180" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="B181" s="0" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="C181" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B182" s="0" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="C182" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="0" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B183" s="0" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="C183" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="0" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B184" s="0" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="C184" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="0" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B185" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C185" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B186" s="0" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="C186" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="0" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B187" s="0" t="s">
         <v>45</v>
       </c>
       <c r="C187" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B188" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C188" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="B189" s="0" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="C189" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B190" s="0" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C190" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="B191" s="0" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="C191" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B192" s="0" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="C192" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="B193" s="0" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="C193" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="0" t="s">
         <v>56</v>
       </c>
       <c r="B194" s="0" t="s">
         <v>57</v>
       </c>
       <c r="C194" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="0" t="s">
         <v>58</v>
       </c>
       <c r="B195" s="0" t="s">
         <v>57</v>
       </c>
       <c r="C195" s="0" t="s">
         <v>5</v>
@@ -2447,370 +2447,370 @@
         <v>61</v>
       </c>
       <c r="B197" s="0" t="s">
         <v>60</v>
       </c>
       <c r="C197" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="0" t="s">
         <v>62</v>
       </c>
       <c r="B198" s="0" t="s">
         <v>63</v>
       </c>
       <c r="C198" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="0" t="s">
         <v>64</v>
       </c>
       <c r="B199" s="0" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="C199" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="B200" s="0" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="C200" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="0" t="s">
         <v>12</v>
       </c>
       <c r="B201" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C201" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B202" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C202" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="0" t="s">
         <v>16</v>
       </c>
       <c r="B203" s="0" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="C203" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="B204" s="0" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="C204" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="B205" s="0" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="C205" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="0" t="s">
+        <v>21</v>
+      </c>
+      <c r="B206" s="0" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="C206" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="0" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B207" s="0" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C207" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="0" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="B208" s="0" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="C208" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="0" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="B209" s="0" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C209" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="0" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="B210" s="0" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="C210" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="0" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B211" s="0" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="C211" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="0" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="B212" s="0" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="C212" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="0" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B213" s="0" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="C213" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="B214" s="0" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="C214" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B215" s="0" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="C215" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="B216" s="0" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="C216" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B217" s="0" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="C217" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="0" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B218" s="0" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="C218" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="0" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B219" s="0" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="C219" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="0" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B220" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C220" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B221" s="0" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="C221" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="0" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B222" s="0" t="s">
         <v>45</v>
       </c>
       <c r="C222" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B223" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C223" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="B224" s="0" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="C224" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B225" s="0" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C225" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="B226" s="0" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="C226" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B227" s="0" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="C227" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="B228" s="0" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="C228" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="0" t="s">
         <v>56</v>
       </c>
       <c r="B229" s="0" t="s">
         <v>57</v>
       </c>
       <c r="C229" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="0" t="s">
         <v>58</v>
       </c>
       <c r="B230" s="0" t="s">
         <v>57</v>
       </c>
       <c r="C230" s="0" t="s">
         <v>5</v>
@@ -2832,491 +2832,491 @@
         <v>61</v>
       </c>
       <c r="B232" s="0" t="s">
         <v>60</v>
       </c>
       <c r="C232" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="0" t="s">
         <v>62</v>
       </c>
       <c r="B233" s="0" t="s">
         <v>63</v>
       </c>
       <c r="C233" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="0" t="s">
         <v>64</v>
       </c>
       <c r="B234" s="0" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="C234" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="B235" s="0" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="C235" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="0" t="s">
-        <v>12</v>
+        <v>47</v>
       </c>
       <c r="B236" s="0" t="s">
-        <v>13</v>
+        <v>48</v>
       </c>
       <c r="C236" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="0" t="s">
-        <v>14</v>
+        <v>49</v>
       </c>
       <c r="B237" s="0" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
       <c r="C237" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="0" t="s">
-        <v>16</v>
+        <v>50</v>
       </c>
       <c r="B238" s="0" t="s">
-        <v>17</v>
+        <v>51</v>
       </c>
       <c r="C238" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="0" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
       <c r="B239" s="0" t="s">
-        <v>19</v>
+        <v>51</v>
       </c>
       <c r="C239" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="0" t="s">
-        <v>20</v>
+        <v>53</v>
       </c>
       <c r="B240" s="0" t="s">
-        <v>21</v>
+        <v>54</v>
       </c>
       <c r="C240" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="0" t="s">
-        <v>22</v>
+        <v>55</v>
       </c>
       <c r="B241" s="0" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="C241" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="0" t="s">
-        <v>30</v>
+        <v>8</v>
       </c>
       <c r="B242" s="0" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="C242" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="0" t="s">
-        <v>3</v>
+        <v>56</v>
       </c>
       <c r="B243" s="0" t="s">
-        <v>4</v>
+        <v>57</v>
       </c>
       <c r="C243" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="0" t="s">
-        <v>31</v>
+        <v>58</v>
       </c>
       <c r="B244" s="0" t="s">
-        <v>15</v>
+        <v>57</v>
       </c>
       <c r="C244" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="0" t="s">
-        <v>6</v>
+        <v>59</v>
       </c>
       <c r="B245" s="0" t="s">
-        <v>7</v>
+        <v>60</v>
       </c>
       <c r="C245" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="0" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="B246" s="0" t="s">
-        <v>21</v>
+        <v>60</v>
       </c>
       <c r="C246" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="0" t="s">
-        <v>34</v>
+        <v>62</v>
       </c>
       <c r="B247" s="0" t="s">
-        <v>17</v>
+        <v>63</v>
       </c>
       <c r="C247" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="0" t="s">
-        <v>35</v>
+        <v>64</v>
       </c>
       <c r="B248" s="0" t="s">
-        <v>23</v>
+        <v>63</v>
       </c>
       <c r="C248" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="0" t="s">
-        <v>38</v>
+        <v>10</v>
       </c>
       <c r="B249" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="C249" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="0" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="B250" s="0" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="C250" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="0" t="s">
-        <v>26</v>
+        <v>40</v>
       </c>
       <c r="B251" s="0" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="C251" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="0" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
       <c r="B252" s="0" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="C252" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="0" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="B253" s="0" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
       <c r="C253" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="0" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="B254" s="0" t="s">
-        <v>29</v>
+        <v>45</v>
       </c>
       <c r="C254" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="0" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="B255" s="0" t="s">
-        <v>9</v>
+        <v>45</v>
       </c>
       <c r="C255" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="0" t="s">
-        <v>37</v>
+        <v>6</v>
       </c>
       <c r="B256" s="0" t="s">
-        <v>25</v>
+        <v>7</v>
       </c>
       <c r="C256" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="0" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="B257" s="0" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="C257" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="0" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="B258" s="0" t="s">
-        <v>42</v>
+        <v>15</v>
       </c>
       <c r="C258" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="0" t="s">
-        <v>43</v>
+        <v>16</v>
       </c>
       <c r="B259" s="0" t="s">
-        <v>42</v>
+        <v>15</v>
       </c>
       <c r="C259" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="0" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="B260" s="0" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="C260" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="0" t="s">
-        <v>46</v>
+        <v>19</v>
       </c>
       <c r="B261" s="0" t="s">
-        <v>47</v>
+        <v>20</v>
       </c>
       <c r="C261" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="0" t="s">
-        <v>48</v>
+        <v>21</v>
       </c>
       <c r="B262" s="0" t="s">
-        <v>49</v>
+        <v>22</v>
       </c>
       <c r="C262" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="0" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="B263" s="0" t="s">
-        <v>49</v>
+        <v>22</v>
       </c>
       <c r="C263" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="0" t="s">
-        <v>51</v>
+        <v>24</v>
       </c>
       <c r="B264" s="0" t="s">
-        <v>52</v>
+        <v>25</v>
       </c>
       <c r="C264" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="0" t="s">
-        <v>53</v>
+        <v>26</v>
       </c>
       <c r="B265" s="0" t="s">
-        <v>52</v>
+        <v>25</v>
       </c>
       <c r="C265" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="0" t="s">
-        <v>54</v>
+        <v>27</v>
       </c>
       <c r="B266" s="0" t="s">
-        <v>55</v>
+        <v>28</v>
       </c>
       <c r="C266" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="0" t="s">
-        <v>56</v>
+        <v>29</v>
       </c>
       <c r="B267" s="0" t="s">
-        <v>57</v>
+        <v>28</v>
       </c>
       <c r="C267" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="0" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="B268" s="0" t="s">
-        <v>57</v>
+        <v>31</v>
       </c>
       <c r="C268" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="0" t="s">
-        <v>59</v>
+        <v>32</v>
       </c>
       <c r="B269" s="0" t="s">
-        <v>60</v>
+        <v>31</v>
       </c>
       <c r="C269" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="0" t="s">
-        <v>61</v>
+        <v>33</v>
       </c>
       <c r="B270" s="0" t="s">
-        <v>60</v>
+        <v>34</v>
       </c>
       <c r="C270" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="0" t="s">
-        <v>62</v>
+        <v>35</v>
       </c>
       <c r="B271" s="0" t="s">
-        <v>63</v>
+        <v>36</v>
       </c>
       <c r="C271" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="0" t="s">
-        <v>64</v>
+        <v>37</v>
       </c>
       <c r="B272" s="0" t="s">
-        <v>65</v>
+        <v>36</v>
       </c>
       <c r="C272" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="0" t="s">
-        <v>66</v>
+        <v>3</v>
       </c>
       <c r="B273" s="0" t="s">
-        <v>65</v>
+        <v>4</v>
       </c>
       <c r="C273" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="0" t="s">
-        <v>10</v>
+        <v>65</v>
       </c>
       <c r="B274" s="0" t="s">
-        <v>11</v>
+        <v>66</v>
       </c>
       <c r="C274" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="275">
       <c r="C275" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="276">
       <c r="C276" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="277">
       <c r="C277" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="278">
       <c r="C278" s="0" t="s">
         <v>5</v>
       </c>
     </row>