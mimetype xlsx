--- v1 (2025-12-15)
+++ v2 (2026-03-13)
@@ -30,225 +30,225 @@
   <si>
     <t>Product No</t>
   </si>
   <si>
     <t>Product name</t>
   </si>
   <si>
     <t>Path</t>
   </si>
   <si>
     <t>101761</t>
   </si>
   <si>
     <t>Q6 DM</t>
   </si>
   <si>
     <t xml:space="preserve">/ </t>
   </si>
   <si>
     <t>101751</t>
   </si>
   <si>
     <t>Q5 DM</t>
   </si>
   <si>
+    <t>101733</t>
+  </si>
+  <si>
+    <t>Q3 DM</t>
+  </si>
+  <si>
     <t>101741</t>
   </si>
   <si>
     <t>Q4 DM</t>
   </si>
   <si>
-    <t>101733</t>
-[...2 lines deleted...]
-    <t>Q3 DM</t>
+    <t>110288</t>
+  </si>
+  <si>
+    <t>Q8M DL</t>
+  </si>
+  <si>
+    <t>110178</t>
+  </si>
+  <si>
+    <t>Q7M DM</t>
+  </si>
+  <si>
+    <t>110176</t>
+  </si>
+  <si>
+    <t>Q7S DM</t>
+  </si>
+  <si>
+    <t>110169</t>
+  </si>
+  <si>
+    <t>Q6L DM</t>
+  </si>
+  <si>
+    <t>110168</t>
+  </si>
+  <si>
+    <t>Q6M DM</t>
+  </si>
+  <si>
+    <t>110166</t>
+  </si>
+  <si>
+    <t>Q6S DM</t>
+  </si>
+  <si>
+    <t>110159</t>
+  </si>
+  <si>
+    <t>Q5L DM</t>
+  </si>
+  <si>
+    <t>110158</t>
+  </si>
+  <si>
+    <t>Q5M DM</t>
+  </si>
+  <si>
+    <t>110156</t>
+  </si>
+  <si>
+    <t>Q5S DM</t>
+  </si>
+  <si>
+    <t>110149</t>
+  </si>
+  <si>
+    <t>Q4L DM</t>
+  </si>
+  <si>
+    <t>110148</t>
+  </si>
+  <si>
+    <t>Q4M DM</t>
+  </si>
+  <si>
+    <t>110146</t>
+  </si>
+  <si>
+    <t>Q4S DM</t>
+  </si>
+  <si>
+    <t>110139</t>
+  </si>
+  <si>
+    <t>Q3L DM</t>
+  </si>
+  <si>
+    <t>110138</t>
+  </si>
+  <si>
+    <t>Q3M DM</t>
+  </si>
+  <si>
+    <t>110136</t>
+  </si>
+  <si>
+    <t>Q3S DM</t>
+  </si>
+  <si>
+    <t>101268</t>
+  </si>
+  <si>
+    <t>Q6M DL</t>
   </si>
   <si>
     <t>101286</t>
   </si>
   <si>
     <t>Q8S DL</t>
   </si>
   <si>
+    <t>101D96</t>
+  </si>
+  <si>
+    <t>Q9S DXL</t>
+  </si>
+  <si>
     <t>101288</t>
   </si>
   <si>
-    <t>Q8M DL</t>
-[...10 lines deleted...]
-  <si>
     <t>101179</t>
   </si>
   <si>
     <t>Q7L DM</t>
   </si>
   <si>
+    <t>101278</t>
+  </si>
+  <si>
+    <t>Q7M DL</t>
+  </si>
+  <si>
     <t>101178</t>
   </si>
   <si>
-    <t>Q7M DM</t>
-[...4 lines deleted...]
-  <si>
     <t>101176</t>
   </si>
   <si>
-    <t>Q7S DM</t>
-[...4 lines deleted...]
-  <si>
     <t>101169</t>
   </si>
   <si>
-    <t>Q6L DM</t>
-[...4 lines deleted...]
-  <si>
     <t>101168</t>
   </si>
   <si>
-    <t>Q6M DM</t>
-[...10 lines deleted...]
-  <si>
     <t>101166</t>
   </si>
   <si>
-    <t>Q6S DM</t>
-[...4 lines deleted...]
-  <si>
     <t>101159</t>
   </si>
   <si>
-    <t>Q5L DM</t>
-[...4 lines deleted...]
-  <si>
     <t>101158</t>
   </si>
   <si>
-    <t>Q5M DM</t>
-[...4 lines deleted...]
-  <si>
     <t>101156</t>
   </si>
   <si>
-    <t>Q5S DM</t>
-[...4 lines deleted...]
-  <si>
     <t>101149</t>
   </si>
   <si>
-    <t>Q4L DM</t>
-[...4 lines deleted...]
-  <si>
     <t>101148</t>
   </si>
   <si>
-    <t>Q4M DM</t>
-[...2 lines deleted...]
-    <t>110148</t>
+    <t>101136</t>
+  </si>
+  <si>
+    <t>101138</t>
+  </si>
+  <si>
+    <t>101139</t>
   </si>
   <si>
     <t>101146</t>
-  </si>
-[...37 lines deleted...]
-    <t>Q7M DL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
@@ -346,403 +346,403 @@
         <v>12</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>45</v>
+        <v>15</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>48</v>
+        <v>17</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>48</v>
+        <v>19</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>51</v>
+        <v>21</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>51</v>
+        <v>23</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>54</v>
+        <v>25</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>54</v>
+        <v>27</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>57</v>
+        <v>29</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>57</v>
+        <v>31</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>60</v>
+        <v>33</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>60</v>
+        <v>41</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>63</v>
+        <v>39</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>63</v>
+        <v>37</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>66</v>
+        <v>35</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>5</v>
@@ -951,2372 +951,2372 @@
         <v>12</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
         <v>16</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>45</v>
+        <v>15</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>48</v>
+        <v>17</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>48</v>
+        <v>19</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>51</v>
+        <v>21</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>51</v>
+        <v>23</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>54</v>
+        <v>25</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>54</v>
+        <v>27</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>57</v>
+        <v>29</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>57</v>
+        <v>31</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>60</v>
+        <v>33</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>60</v>
+        <v>41</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>63</v>
+        <v>39</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>63</v>
+        <v>37</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>66</v>
+        <v>35</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
         <v>12</v>
       </c>
       <c r="B96" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B97" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
         <v>16</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B103" s="0" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B104" s="0" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B105" s="0" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="C105" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B106" s="0" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="B107" s="0" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="C107" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="B108" s="0" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="C108" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="B109" s="0" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="C109" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="B110" s="0" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="C110" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="B111" s="0" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="B112" s="0" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="C112" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="B113" s="0" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="B114" s="0" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="B115" s="0" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="C115" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="B116" s="0" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="C116" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="B117" s="0" t="s">
-        <v>45</v>
+        <v>15</v>
       </c>
       <c r="C117" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="B118" s="0" t="s">
-        <v>48</v>
+        <v>17</v>
       </c>
       <c r="C118" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="B119" s="0" t="s">
-        <v>48</v>
+        <v>19</v>
       </c>
       <c r="C119" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="B120" s="0" t="s">
-        <v>51</v>
+        <v>21</v>
       </c>
       <c r="C120" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="B121" s="0" t="s">
-        <v>51</v>
+        <v>23</v>
       </c>
       <c r="C121" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="B122" s="0" t="s">
-        <v>54</v>
+        <v>25</v>
       </c>
       <c r="C122" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="B123" s="0" t="s">
-        <v>54</v>
+        <v>27</v>
       </c>
       <c r="C123" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="B124" s="0" t="s">
-        <v>57</v>
+        <v>29</v>
       </c>
       <c r="C124" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="B125" s="0" t="s">
-        <v>57</v>
+        <v>31</v>
       </c>
       <c r="C125" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="0" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="B126" s="0" t="s">
-        <v>60</v>
+        <v>33</v>
       </c>
       <c r="C126" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="0" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B127" s="0" t="s">
-        <v>60</v>
+        <v>41</v>
       </c>
       <c r="C127" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="0" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B128" s="0" t="s">
-        <v>63</v>
+        <v>39</v>
       </c>
       <c r="C128" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B129" s="0" t="s">
-        <v>63</v>
+        <v>37</v>
       </c>
       <c r="C129" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B130" s="0" t="s">
-        <v>66</v>
+        <v>35</v>
       </c>
       <c r="C130" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="0" t="s">
         <v>12</v>
       </c>
       <c r="B131" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C131" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B132" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C132" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="0" t="s">
         <v>16</v>
       </c>
       <c r="B133" s="0" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C133" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="0" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B134" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C134" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="0" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B135" s="0" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C135" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="0" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B136" s="0" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C136" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="0" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B137" s="0" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="C137" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="0" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B138" s="0" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C138" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="0" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B139" s="0" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="C139" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="0" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B140" s="0" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="C140" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="0" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B141" s="0" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="C141" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="0" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="B142" s="0" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="C142" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="0" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="B143" s="0" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="C143" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="0" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="B144" s="0" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="C144" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="B145" s="0" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="C145" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="0" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="B146" s="0" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="C146" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="0" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="B147" s="0" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="C147" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="0" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="B148" s="0" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="C148" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="0" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="B149" s="0" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
       <c r="C149" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="0" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="B150" s="0" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="C150" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="B151" s="0" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="C151" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="B152" s="0" t="s">
-        <v>45</v>
+        <v>15</v>
       </c>
       <c r="C152" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="B153" s="0" t="s">
-        <v>48</v>
+        <v>17</v>
       </c>
       <c r="C153" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="B154" s="0" t="s">
-        <v>48</v>
+        <v>19</v>
       </c>
       <c r="C154" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="0" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="B155" s="0" t="s">
-        <v>51</v>
+        <v>21</v>
       </c>
       <c r="C155" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="0" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="B156" s="0" t="s">
-        <v>51</v>
+        <v>23</v>
       </c>
       <c r="C156" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="0" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="B157" s="0" t="s">
-        <v>54</v>
+        <v>25</v>
       </c>
       <c r="C157" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="0" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="B158" s="0" t="s">
-        <v>54</v>
+        <v>27</v>
       </c>
       <c r="C158" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="0" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="B159" s="0" t="s">
-        <v>57</v>
+        <v>29</v>
       </c>
       <c r="C159" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="0" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="B160" s="0" t="s">
-        <v>57</v>
+        <v>31</v>
       </c>
       <c r="C160" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="0" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="B161" s="0" t="s">
-        <v>60</v>
+        <v>33</v>
       </c>
       <c r="C161" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="0" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B162" s="0" t="s">
-        <v>60</v>
+        <v>41</v>
       </c>
       <c r="C162" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="0" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B163" s="0" t="s">
-        <v>63</v>
+        <v>39</v>
       </c>
       <c r="C163" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B164" s="0" t="s">
-        <v>63</v>
+        <v>37</v>
       </c>
       <c r="C164" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B165" s="0" t="s">
-        <v>66</v>
+        <v>35</v>
       </c>
       <c r="C165" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="0" t="s">
         <v>12</v>
       </c>
       <c r="B166" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C166" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B167" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C167" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="0" t="s">
         <v>16</v>
       </c>
       <c r="B168" s="0" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C168" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="0" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B169" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C169" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="0" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B170" s="0" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C170" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="0" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B171" s="0" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C171" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="0" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B172" s="0" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="C172" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="0" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B173" s="0" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C173" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="0" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B174" s="0" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="C174" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="0" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B175" s="0" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="C175" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="0" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B176" s="0" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="C176" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="0" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="B177" s="0" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="C177" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="0" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="B178" s="0" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="C178" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="0" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="B179" s="0" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="C179" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="0" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="B180" s="0" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="C180" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="0" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="B181" s="0" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="C181" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="0" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="B182" s="0" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="C182" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="0" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="B183" s="0" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="C183" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="0" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="B184" s="0" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
       <c r="C184" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="0" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="B185" s="0" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="C185" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="0" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="B186" s="0" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="C186" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="0" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="B187" s="0" t="s">
-        <v>45</v>
+        <v>15</v>
       </c>
       <c r="C187" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="0" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="B188" s="0" t="s">
-        <v>48</v>
+        <v>17</v>
       </c>
       <c r="C188" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="0" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="B189" s="0" t="s">
-        <v>48</v>
+        <v>19</v>
       </c>
       <c r="C189" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="0" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="B190" s="0" t="s">
-        <v>51</v>
+        <v>21</v>
       </c>
       <c r="C190" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="0" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="B191" s="0" t="s">
-        <v>51</v>
+        <v>23</v>
       </c>
       <c r="C191" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="0" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="B192" s="0" t="s">
-        <v>54</v>
+        <v>25</v>
       </c>
       <c r="C192" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="0" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="B193" s="0" t="s">
-        <v>54</v>
+        <v>27</v>
       </c>
       <c r="C193" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="0" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="B194" s="0" t="s">
-        <v>57</v>
+        <v>29</v>
       </c>
       <c r="C194" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="0" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="B195" s="0" t="s">
-        <v>57</v>
+        <v>31</v>
       </c>
       <c r="C195" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="0" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="B196" s="0" t="s">
-        <v>60</v>
+        <v>33</v>
       </c>
       <c r="C196" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="0" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B197" s="0" t="s">
-        <v>60</v>
+        <v>41</v>
       </c>
       <c r="C197" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="0" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B198" s="0" t="s">
-        <v>63</v>
+        <v>39</v>
       </c>
       <c r="C198" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B199" s="0" t="s">
-        <v>63</v>
+        <v>37</v>
       </c>
       <c r="C199" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B200" s="0" t="s">
-        <v>66</v>
+        <v>35</v>
       </c>
       <c r="C200" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="0" t="s">
         <v>12</v>
       </c>
       <c r="B201" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C201" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B202" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C202" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="0" t="s">
         <v>16</v>
       </c>
       <c r="B203" s="0" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C203" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="0" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B204" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C204" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="0" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B205" s="0" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C205" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="0" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B206" s="0" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C206" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="0" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B207" s="0" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="C207" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="0" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B208" s="0" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C208" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="0" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B209" s="0" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="C209" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="0" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B210" s="0" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="C210" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="0" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B211" s="0" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="C211" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="0" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="B212" s="0" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="C212" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="0" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="B213" s="0" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="C213" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="0" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="B214" s="0" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="C214" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="0" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="B215" s="0" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="C215" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="0" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="B216" s="0" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="C216" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="0" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="B217" s="0" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="C217" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="0" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="B218" s="0" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="C218" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="0" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="B219" s="0" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
       <c r="C219" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="0" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="B220" s="0" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="C220" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="0" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="B221" s="0" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="C221" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="0" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="B222" s="0" t="s">
-        <v>45</v>
+        <v>15</v>
       </c>
       <c r="C222" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="0" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="B223" s="0" t="s">
-        <v>48</v>
+        <v>17</v>
       </c>
       <c r="C223" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="0" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="B224" s="0" t="s">
-        <v>48</v>
+        <v>19</v>
       </c>
       <c r="C224" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="0" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="B225" s="0" t="s">
-        <v>51</v>
+        <v>21</v>
       </c>
       <c r="C225" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="0" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="B226" s="0" t="s">
-        <v>51</v>
+        <v>23</v>
       </c>
       <c r="C226" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="0" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="B227" s="0" t="s">
-        <v>54</v>
+        <v>25</v>
       </c>
       <c r="C227" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="0" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="B228" s="0" t="s">
-        <v>54</v>
+        <v>27</v>
       </c>
       <c r="C228" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="0" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="B229" s="0" t="s">
-        <v>57</v>
+        <v>29</v>
       </c>
       <c r="C229" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="0" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="B230" s="0" t="s">
-        <v>57</v>
+        <v>31</v>
       </c>
       <c r="C230" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="0" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="B231" s="0" t="s">
-        <v>60</v>
+        <v>33</v>
       </c>
       <c r="C231" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="0" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B232" s="0" t="s">
-        <v>60</v>
+        <v>41</v>
       </c>
       <c r="C232" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="0" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B233" s="0" t="s">
-        <v>63</v>
+        <v>39</v>
       </c>
       <c r="C233" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B234" s="0" t="s">
-        <v>63</v>
+        <v>37</v>
       </c>
       <c r="C234" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B235" s="0" t="s">
-        <v>66</v>
+        <v>35</v>
       </c>
       <c r="C235" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="0" t="s">
-        <v>47</v>
+        <v>30</v>
       </c>
       <c r="B236" s="0" t="s">
-        <v>48</v>
+        <v>31</v>
       </c>
       <c r="C236" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="0" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="B237" s="0" t="s">
-        <v>48</v>
+        <v>33</v>
       </c>
       <c r="C237" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="0" t="s">
-        <v>50</v>
+        <v>34</v>
       </c>
       <c r="B238" s="0" t="s">
-        <v>51</v>
+        <v>35</v>
       </c>
       <c r="C238" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="0" t="s">
-        <v>52</v>
+        <v>36</v>
       </c>
       <c r="B239" s="0" t="s">
-        <v>51</v>
+        <v>37</v>
       </c>
       <c r="C239" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="0" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="B240" s="0" t="s">
-        <v>54</v>
+        <v>39</v>
       </c>
       <c r="C240" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="0" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="B241" s="0" t="s">
-        <v>54</v>
+        <v>41</v>
       </c>
       <c r="C241" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="0" t="s">
-        <v>8</v>
+        <v>61</v>
       </c>
       <c r="B242" s="0" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="C242" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="0" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="B243" s="0" t="s">
-        <v>57</v>
+        <v>33</v>
       </c>
       <c r="C243" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="0" t="s">
-        <v>58</v>
+        <v>8</v>
       </c>
       <c r="B244" s="0" t="s">
-        <v>57</v>
+        <v>9</v>
       </c>
       <c r="C244" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="0" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="B245" s="0" t="s">
-        <v>60</v>
+        <v>41</v>
       </c>
       <c r="C245" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="0" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="B246" s="0" t="s">
-        <v>60</v>
+        <v>39</v>
       </c>
       <c r="C246" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="0" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="B247" s="0" t="s">
-        <v>63</v>
+        <v>37</v>
       </c>
       <c r="C247" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="0" t="s">
-        <v>64</v>
+        <v>10</v>
       </c>
       <c r="B248" s="0" t="s">
-        <v>63</v>
+        <v>11</v>
       </c>
       <c r="C248" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="0" t="s">
-        <v>10</v>
+        <v>66</v>
       </c>
       <c r="B249" s="0" t="s">
-        <v>11</v>
+        <v>35</v>
       </c>
       <c r="C249" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="0" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="B250" s="0" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="C250" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="0" t="s">
-        <v>40</v>
+        <v>26</v>
       </c>
       <c r="B251" s="0" t="s">
-        <v>39</v>
+        <v>27</v>
       </c>
       <c r="C251" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="0" t="s">
-        <v>41</v>
+        <v>28</v>
       </c>
       <c r="B252" s="0" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="C252" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="0" t="s">
-        <v>43</v>
+        <v>58</v>
       </c>
       <c r="B253" s="0" t="s">
-        <v>42</v>
+        <v>25</v>
       </c>
       <c r="C253" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="0" t="s">
-        <v>44</v>
+        <v>59</v>
       </c>
       <c r="B254" s="0" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="C254" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="0" t="s">
-        <v>46</v>
+        <v>60</v>
       </c>
       <c r="B255" s="0" t="s">
-        <v>45</v>
+        <v>29</v>
       </c>
       <c r="C255" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B256" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C256" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="0" t="s">
         <v>12</v>
       </c>
       <c r="B257" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C257" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B258" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C258" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="0" t="s">
         <v>16</v>
       </c>
       <c r="B259" s="0" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C259" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="0" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B260" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C260" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="0" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B261" s="0" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C261" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="0" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B262" s="0" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C262" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="0" t="s">
-        <v>23</v>
+        <v>42</v>
       </c>
       <c r="B263" s="0" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="C263" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="0" t="s">
-        <v>24</v>
+        <v>44</v>
       </c>
       <c r="B264" s="0" t="s">
-        <v>25</v>
+        <v>45</v>
       </c>
       <c r="C264" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="0" t="s">
-        <v>26</v>
+        <v>46</v>
       </c>
       <c r="B265" s="0" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="C265" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="0" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="B266" s="0" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="C266" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="0" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="B267" s="0" t="s">
-        <v>28</v>
+        <v>50</v>
       </c>
       <c r="C267" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="0" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="B268" s="0" t="s">
-        <v>31</v>
+        <v>52</v>
       </c>
       <c r="C268" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="0" t="s">
-        <v>32</v>
+        <v>53</v>
       </c>
       <c r="B269" s="0" t="s">
-        <v>31</v>
+        <v>15</v>
       </c>
       <c r="C269" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="0" t="s">
-        <v>33</v>
+        <v>54</v>
       </c>
       <c r="B270" s="0" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="C270" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="0" t="s">
-        <v>35</v>
+        <v>55</v>
       </c>
       <c r="B271" s="0" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
       <c r="C271" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="0" t="s">
-        <v>37</v>
+        <v>56</v>
       </c>
       <c r="B272" s="0" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="C272" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="0" t="s">
-        <v>3</v>
+        <v>57</v>
       </c>
       <c r="B273" s="0" t="s">
-        <v>4</v>
+        <v>23</v>
       </c>
       <c r="C273" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="0" t="s">
-        <v>65</v>
+        <v>3</v>
       </c>
       <c r="B274" s="0" t="s">
-        <v>66</v>
+        <v>4</v>
       </c>
       <c r="C274" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="275">
       <c r="C275" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="276">
       <c r="C276" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="277">
       <c r="C277" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="278">
       <c r="C278" s="0" t="s">
         <v>5</v>
       </c>
     </row>