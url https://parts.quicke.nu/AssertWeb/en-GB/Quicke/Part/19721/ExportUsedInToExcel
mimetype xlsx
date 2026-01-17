--- v0 (2025-10-19)
+++ v1 (2026-01-17)
@@ -15,195 +15,195 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Part" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="67" uniqueCount="67">
   <si>
     <t>Product No</t>
   </si>
   <si>
     <t>Product name</t>
   </si>
   <si>
     <t>Path</t>
   </si>
   <si>
+    <t>101268</t>
+  </si>
+  <si>
+    <t>Q6M DL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">/ </t>
+  </si>
+  <si>
     <t>101286</t>
   </si>
   <si>
     <t>Q8S DL</t>
   </si>
   <si>
-    <t xml:space="preserve">/ </t>
+    <t>101D96</t>
+  </si>
+  <si>
+    <t>Q9S DXL</t>
   </si>
   <si>
     <t>101288</t>
   </si>
   <si>
     <t>Q8M DL</t>
   </si>
   <si>
-    <t>101D96</t>
-[...4 lines deleted...]
-  <si>
     <t>101179</t>
   </si>
   <si>
     <t>Q7L DM</t>
   </si>
   <si>
+    <t>101278</t>
+  </si>
+  <si>
+    <t>Q7M DL</t>
+  </si>
+  <si>
     <t>101178</t>
   </si>
   <si>
     <t>Q7M DM</t>
   </si>
   <si>
     <t>101176</t>
   </si>
   <si>
     <t>Q7S DM</t>
   </si>
   <si>
-    <t>101278</t>
-[...4 lines deleted...]
-  <si>
     <t>101169</t>
   </si>
   <si>
     <t>Q6L DM</t>
   </si>
   <si>
     <t>101168</t>
   </si>
   <si>
     <t>Q6M DM</t>
   </si>
   <si>
-    <t>101268</t>
-[...4 lines deleted...]
-  <si>
     <t>101166</t>
   </si>
   <si>
     <t>Q6S DM</t>
   </si>
   <si>
     <t>101761</t>
   </si>
   <si>
     <t>Q6 DM</t>
   </si>
   <si>
     <t>101159</t>
   </si>
   <si>
     <t>Q5L DM</t>
   </si>
   <si>
     <t>101158</t>
   </si>
   <si>
     <t>Q5M DM</t>
   </si>
   <si>
     <t>101156</t>
   </si>
   <si>
     <t>Q5S DM</t>
   </si>
   <si>
     <t>101751</t>
   </si>
   <si>
     <t>Q5 DM</t>
   </si>
   <si>
     <t>101149</t>
   </si>
   <si>
     <t>Q4L DM</t>
   </si>
   <si>
     <t>101148</t>
   </si>
   <si>
     <t>Q4M DM</t>
   </si>
   <si>
+    <t>101733</t>
+  </si>
+  <si>
+    <t>Q3 DM</t>
+  </si>
+  <si>
+    <t>101136</t>
+  </si>
+  <si>
+    <t>Q3S DM</t>
+  </si>
+  <si>
+    <t>101138</t>
+  </si>
+  <si>
+    <t>Q3M DM</t>
+  </si>
+  <si>
+    <t>101139</t>
+  </si>
+  <si>
+    <t>Q3L DM</t>
+  </si>
+  <si>
+    <t>101741</t>
+  </si>
+  <si>
+    <t>Q4 DM</t>
+  </si>
+  <si>
     <t>101146</t>
   </si>
   <si>
     <t>Q4S DM</t>
-  </si>
-[...28 lines deleted...]
-    <t>Q3 DM</t>
   </si>
   <si>
     <t>110288</t>
   </si>
   <si>
     <t>110178</t>
   </si>
   <si>
     <t>110176</t>
   </si>
   <si>
     <t>110169</t>
   </si>
   <si>
     <t>110168</t>
   </si>
   <si>
     <t>110166</t>
   </si>
   <si>
     <t>110159</t>
   </si>
   <si>
     <t>110158</t>
   </si>
@@ -544,95 +544,95 @@
         <v>48</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>49</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>51</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>52</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
         <v>54</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
         <v>55</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
         <v>56</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
         <v>57</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
         <v>58</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>29</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>5</v>
@@ -665,73 +665,73 @@
         <v>61</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>37</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
         <v>62</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
         <v>63</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
         <v>64</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
         <v>65</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
         <v>66</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="41">
       <c r="C41" s="0" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>