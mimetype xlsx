--- v0 (2025-10-24)
+++ v1 (2025-12-25)
@@ -561,533 +561,533 @@
   <si>
     <t>Q39 DM ext.</t>
   </si>
   <si>
     <t>4111Q8</t>
   </si>
   <si>
     <t>Q41 US</t>
   </si>
   <si>
     <t>4114Q8</t>
   </si>
   <si>
     <t>Q41 DM</t>
   </si>
   <si>
     <t>4154Q8</t>
   </si>
   <si>
     <t>4916Q8</t>
   </si>
   <si>
     <t>Q49 DM ext.</t>
   </si>
   <si>
+    <t>5116Q8</t>
+  </si>
+  <si>
+    <t>Q51 DM ext.</t>
+  </si>
+  <si>
+    <t>9810Q8</t>
+  </si>
+  <si>
+    <t>Q98 DXL</t>
+  </si>
+  <si>
+    <t>4611Q8</t>
+  </si>
+  <si>
+    <t>Q46 US</t>
+  </si>
+  <si>
+    <t>4614Q8</t>
+  </si>
+  <si>
+    <t>Q46 DM</t>
+  </si>
+  <si>
+    <t>4616Q8</t>
+  </si>
+  <si>
+    <t>Q46 DM ext.</t>
+  </si>
+  <si>
+    <t>4654Q8</t>
+  </si>
+  <si>
+    <t>5611Q8</t>
+  </si>
+  <si>
+    <t>Q56 US</t>
+  </si>
+  <si>
+    <t>5616Q8</t>
+  </si>
+  <si>
+    <t>Q56 DM ext.</t>
+  </si>
+  <si>
+    <t>4816Q8</t>
+  </si>
+  <si>
+    <t>Q48 DM ext.</t>
+  </si>
+  <si>
+    <t>4814Q8</t>
+  </si>
+  <si>
+    <t>Q48 DM</t>
+  </si>
+  <si>
+    <t>4912Q8</t>
+  </si>
+  <si>
+    <t>Q49 UM</t>
+  </si>
+  <si>
+    <t>4914Q8</t>
+  </si>
+  <si>
+    <t>Q49 DM</t>
+  </si>
+  <si>
     <t>5111Q8</t>
   </si>
   <si>
     <t>Q51 US</t>
   </si>
   <si>
     <t>5114Q8</t>
   </si>
   <si>
     <t>Q51 DM</t>
   </si>
   <si>
-    <t>5116Q8</t>
-[...4 lines deleted...]
-  <si>
     <t>5154Q8</t>
   </si>
   <si>
+    <t>5612Q8</t>
+  </si>
+  <si>
+    <t>Q56 UM</t>
+  </si>
+  <si>
+    <t>5614Q8</t>
+  </si>
+  <si>
+    <t>Q56 DM</t>
+  </si>
+  <si>
+    <t>5654Q8</t>
+  </si>
+  <si>
+    <t>5856Q8</t>
+  </si>
+  <si>
+    <t>Q58 DM ext.</t>
+  </si>
+  <si>
+    <t>5854Q8</t>
+  </si>
+  <si>
+    <t>Q58 DM</t>
+  </si>
+  <si>
+    <t>5816Q8</t>
+  </si>
+  <si>
+    <t>5814Q8</t>
+  </si>
+  <si>
     <t>6114Q8</t>
   </si>
   <si>
     <t>Q61 DM</t>
   </si>
   <si>
     <t>6116Q8</t>
   </si>
   <si>
     <t>Q61 DM ext.</t>
   </si>
   <si>
+    <t>6612Q8</t>
+  </si>
+  <si>
+    <t>Q66 UM</t>
+  </si>
+  <si>
+    <t>6614Q8</t>
+  </si>
+  <si>
+    <t>Q66 DM</t>
+  </si>
+  <si>
+    <t>6616Q8</t>
+  </si>
+  <si>
+    <t>Q66 DM ext.</t>
+  </si>
+  <si>
+    <t>6814Q8</t>
+  </si>
+  <si>
+    <t>Q68 DM</t>
+  </si>
+  <si>
+    <t>6816Q8</t>
+  </si>
+  <si>
+    <t>Q68 DM ext.</t>
+  </si>
+  <si>
+    <t>6854Q8</t>
+  </si>
+  <si>
+    <t>6856Q8</t>
+  </si>
+  <si>
+    <t>7612Q8</t>
+  </si>
+  <si>
+    <t>Q76 UM</t>
+  </si>
+  <si>
+    <t>7614Q8</t>
+  </si>
+  <si>
+    <t>Q76 DM</t>
+  </si>
+  <si>
+    <t>7616Q8</t>
+  </si>
+  <si>
+    <t>Q76 DM ext.</t>
+  </si>
+  <si>
+    <t>7814Q8</t>
+  </si>
+  <si>
+    <t>Q78 DM</t>
+  </si>
+  <si>
+    <t>7816Q8</t>
+  </si>
+  <si>
+    <t>Q78 DM Ext.</t>
+  </si>
+  <si>
+    <t>7854Q8</t>
+  </si>
+  <si>
     <t>8813Q8</t>
   </si>
   <si>
     <t>Q88 DL</t>
   </si>
   <si>
     <t>8853Q8</t>
   </si>
   <si>
-    <t>9810Q8</t>
-[...163 lines deleted...]
-  <si>
     <t>2011Q8</t>
   </si>
   <si>
     <t>Q20 US</t>
   </si>
   <si>
     <t>2013Q8</t>
   </si>
   <si>
     <t>Q20 DS</t>
   </si>
   <si>
     <t>2014Q8</t>
   </si>
   <si>
     <t>Q20 DM</t>
   </si>
   <si>
+    <t>2513Q8</t>
+  </si>
+  <si>
+    <t>Q25 DS</t>
+  </si>
+  <si>
+    <t>3011Q8</t>
+  </si>
+  <si>
+    <t>Q30 US</t>
+  </si>
+  <si>
+    <t>3013Q8</t>
+  </si>
+  <si>
+    <t>Q30 DS</t>
+  </si>
+  <si>
+    <t>3014Q8</t>
+  </si>
+  <si>
+    <t>Q30 DM</t>
+  </si>
+  <si>
+    <t>3016Q8</t>
+  </si>
+  <si>
+    <t>Q30 DM ext.</t>
+  </si>
+  <si>
+    <t>3511Q8</t>
+  </si>
+  <si>
+    <t>Q35 US</t>
+  </si>
+  <si>
+    <t>3513Q8</t>
+  </si>
+  <si>
+    <t>Q35 DS</t>
+  </si>
+  <si>
+    <t>3514Q8</t>
+  </si>
+  <si>
+    <t>Q35 DM</t>
+  </si>
+  <si>
+    <t>3516Q8</t>
+  </si>
+  <si>
+    <t>Q35 DM ext.</t>
+  </si>
+  <si>
+    <t>3564Q8</t>
+  </si>
+  <si>
+    <t>4011Q8</t>
+  </si>
+  <si>
+    <t>Q40 US</t>
+  </si>
+  <si>
+    <t>4014Q8</t>
+  </si>
+  <si>
+    <t>Q40 DM</t>
+  </si>
+  <si>
+    <t>4016Q8</t>
+  </si>
+  <si>
+    <t>Q40 DM ext.</t>
+  </si>
+  <si>
+    <t>4054Q8</t>
+  </si>
+  <si>
+    <t>5011Q8</t>
+  </si>
+  <si>
+    <t>Q50 US</t>
+  </si>
+  <si>
+    <t>6014Q8</t>
+  </si>
+  <si>
+    <t>Q60 DM</t>
+  </si>
+  <si>
+    <t>6016Q8</t>
+  </si>
+  <si>
+    <t>Q60 DM ext.</t>
+  </si>
+  <si>
+    <t>6044Q8</t>
+  </si>
+  <si>
+    <t>6046Q8</t>
+  </si>
+  <si>
+    <t>5511Q8</t>
+  </si>
+  <si>
+    <t>Q55 US</t>
+  </si>
+  <si>
+    <t>5512Q8</t>
+  </si>
+  <si>
+    <t>Q55 UM</t>
+  </si>
+  <si>
+    <t>5514Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM</t>
+  </si>
+  <si>
+    <t>5516Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM ext.</t>
+  </si>
+  <si>
+    <t>5534Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM, DM ext</t>
+  </si>
+  <si>
+    <t>5544Q, 5546Q</t>
+  </si>
+  <si>
+    <t>5554Q8</t>
+  </si>
+  <si>
+    <t>5564Q8</t>
+  </si>
+  <si>
+    <t>6512Q8</t>
+  </si>
+  <si>
+    <t>Q65 UM</t>
+  </si>
+  <si>
+    <t>6514Q8</t>
+  </si>
+  <si>
+    <t>Q65 DM</t>
+  </si>
+  <si>
+    <t>6516Q8</t>
+  </si>
+  <si>
+    <t>Q65 DM ext.</t>
+  </si>
+  <si>
+    <t>6534Q8</t>
+  </si>
+  <si>
+    <t>6544Q8</t>
+  </si>
+  <si>
+    <t>6546Q8</t>
+  </si>
+  <si>
+    <t>6564Q8</t>
+  </si>
+  <si>
     <t>2511Q8</t>
   </si>
   <si>
     <t>Q25 US</t>
   </si>
   <si>
-    <t>2513Q8</t>
-[...4 lines deleted...]
-  <si>
     <t>2514Q8</t>
   </si>
   <si>
     <t>Q25 DM</t>
   </si>
   <si>
-    <t>3011Q8</t>
-[...74 lines deleted...]
-    <t>Q50 US</t>
+    <t>4511Q8</t>
+  </si>
+  <si>
+    <t>Q45 US</t>
+  </si>
+  <si>
+    <t>4514Q8</t>
+  </si>
+  <si>
+    <t>Q45 DM</t>
+  </si>
+  <si>
+    <t>4516Q8</t>
+  </si>
+  <si>
+    <t>Q45 DM ext.</t>
+  </si>
+  <si>
+    <t>4554Q8</t>
+  </si>
+  <si>
+    <t>4564Q8</t>
   </si>
   <si>
     <t>5014Q8</t>
   </si>
   <si>
     <t>Q50 DM</t>
   </si>
   <si>
     <t>5016Q8</t>
   </si>
   <si>
     <t>Q50 DM ext.</t>
   </si>
   <si>
     <t>5054Q8</t>
   </si>
   <si>
-    <t>6014Q8</t>
-[...14 lines deleted...]
-    <t>6046Q8</t>
+    <t>7512Q8</t>
+  </si>
+  <si>
+    <t>Q75 UM</t>
+  </si>
+  <si>
+    <t>7514Q8</t>
+  </si>
+  <si>
+    <t>Q75 DM</t>
+  </si>
+  <si>
+    <t>7516Q8</t>
+  </si>
+  <si>
+    <t>Q75 DM ext.</t>
+  </si>
+  <si>
+    <t>7524Q8</t>
+  </si>
+  <si>
+    <t>8513Q8</t>
+  </si>
+  <si>
+    <t>Q85 DL</t>
+  </si>
+  <si>
+    <t>8523Q8</t>
   </si>
   <si>
     <t>8713Q8</t>
   </si>
   <si>
     <t>Q85x DL</t>
   </si>
   <si>
-    <t>4511Q8</t>
-[...121 lines deleted...]
-  <si>
     <t>3011T8</t>
   </si>
   <si>
     <t>+2.0 US</t>
   </si>
   <si>
     <t>3013T8</t>
   </si>
   <si>
     <t>+2.0 DS</t>
   </si>
   <si>
     <t>3014T8</t>
   </si>
   <si>
     <t>+2.0 DM</t>
   </si>
   <si>
     <t>3016T8</t>
   </si>
   <si>
     <t>+2.0 DM ext.</t>
   </si>
   <si>
     <t>3511T8</t>
@@ -1347,156 +1347,156 @@
   <si>
     <t>101D96</t>
   </si>
   <si>
     <t>Q9S DXL</t>
   </si>
   <si>
     <t>101179</t>
   </si>
   <si>
     <t>Q7L DM</t>
   </si>
   <si>
     <t>101178</t>
   </si>
   <si>
     <t>Q7M DM</t>
   </si>
   <si>
     <t>101176</t>
   </si>
   <si>
     <t>Q7S DM</t>
   </si>
   <si>
+    <t>101169</t>
+  </si>
+  <si>
+    <t>Q6L DM</t>
+  </si>
+  <si>
+    <t>101168</t>
+  </si>
+  <si>
+    <t>Q6M DM</t>
+  </si>
+  <si>
+    <t>101268</t>
+  </si>
+  <si>
+    <t>Q6M DL</t>
+  </si>
+  <si>
+    <t>101166</t>
+  </si>
+  <si>
+    <t>Q6S DM</t>
+  </si>
+  <si>
+    <t>101761</t>
+  </si>
+  <si>
+    <t>Q6 DM</t>
+  </si>
+  <si>
+    <t>101159</t>
+  </si>
+  <si>
+    <t>Q5L DM</t>
+  </si>
+  <si>
+    <t>101158</t>
+  </si>
+  <si>
+    <t>Q5M DM</t>
+  </si>
+  <si>
+    <t>101156</t>
+  </si>
+  <si>
+    <t>Q5S DM</t>
+  </si>
+  <si>
+    <t>101751</t>
+  </si>
+  <si>
+    <t>Q5 DM</t>
+  </si>
+  <si>
+    <t>101149</t>
+  </si>
+  <si>
+    <t>Q4L DM</t>
+  </si>
+  <si>
+    <t>101148</t>
+  </si>
+  <si>
+    <t>Q4M DM</t>
+  </si>
+  <si>
+    <t>101146</t>
+  </si>
+  <si>
+    <t>Q4S DM</t>
+  </si>
+  <si>
+    <t>101741</t>
+  </si>
+  <si>
+    <t>Q4 DM</t>
+  </si>
+  <si>
+    <t>101139</t>
+  </si>
+  <si>
+    <t>Q3L DM</t>
+  </si>
+  <si>
+    <t>101138</t>
+  </si>
+  <si>
+    <t>Q3M DM</t>
+  </si>
+  <si>
+    <t>101136</t>
+  </si>
+  <si>
+    <t>Q3S DM</t>
+  </si>
+  <si>
+    <t>101733</t>
+  </si>
+  <si>
+    <t>Q3 DM</t>
+  </si>
+  <si>
     <t>101278</t>
   </si>
   <si>
     <t>Q7M DL</t>
-  </si>
-[...100 lines deleted...]
-    <t>Q3 DM</t>
   </si>
   <si>
     <t>110288</t>
   </si>
   <si>
     <t>110178</t>
   </si>
   <si>
     <t>110176</t>
   </si>
   <si>
     <t>110169</t>
   </si>
   <si>
     <t>110168</t>
   </si>
   <si>
     <t>110166</t>
   </si>
   <si>
     <t>110159</t>
   </si>
   <si>
     <t>110158</t>
   </si>
@@ -2662,436 +2662,436 @@
         <v>187</v>
       </c>
       <c r="B99" s="0" t="s">
         <v>188</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
         <v>189</v>
       </c>
       <c r="B100" s="0" t="s">
         <v>190</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
         <v>191</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B103" s="0" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
         <v>196</v>
       </c>
       <c r="B104" s="0" t="s">
         <v>197</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
         <v>198</v>
       </c>
       <c r="B105" s="0" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="C105" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B106" s="0" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B107" s="0" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C107" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B108" s="0" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C108" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B109" s="0" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C109" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B110" s="0" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="C110" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B111" s="0" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B112" s="0" t="s">
         <v>211</v>
       </c>
       <c r="C112" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B113" s="0" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B114" s="0" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
+        <v>217</v>
+      </c>
+      <c r="B115" s="0" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
       <c r="C115" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
         <v>218</v>
       </c>
       <c r="B116" s="0" t="s">
         <v>219</v>
       </c>
       <c r="C116" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
         <v>220</v>
       </c>
       <c r="B117" s="0" t="s">
         <v>221</v>
       </c>
       <c r="C117" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
         <v>222</v>
       </c>
       <c r="B118" s="0" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="C118" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="B119" s="0" t="s">
         <v>221</v>
       </c>
       <c r="C119" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="s">
+        <v>224</v>
+      </c>
+      <c r="B120" s="0" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
       <c r="C120" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="s">
+        <v>226</v>
+      </c>
+      <c r="B121" s="0" t="s">
         <v>227</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
       <c r="C121" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="s">
+        <v>228</v>
+      </c>
+      <c r="B122" s="0" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
       <c r="C122" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0" t="s">
         <v>230</v>
       </c>
       <c r="B123" s="0" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="C123" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B124" s="0" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C124" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B125" s="0" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C125" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="0" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B126" s="0" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C126" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="0" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B127" s="0" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="C127" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="0" t="s">
         <v>239</v>
       </c>
       <c r="B128" s="0" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="C128" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="0" t="s">
+        <v>240</v>
+      </c>
+      <c r="B129" s="0" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
       <c r="C129" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="0" t="s">
         <v>242</v>
       </c>
       <c r="B130" s="0" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="C130" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="0" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B131" s="0" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C131" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="0" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B132" s="0" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C132" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="0" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B133" s="0" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C133" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="0" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B134" s="0" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="C134" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="0" t="s">
         <v>251</v>
       </c>
       <c r="B135" s="0" t="s">
         <v>252</v>
       </c>
       <c r="C135" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="0" t="s">
         <v>253</v>
       </c>
       <c r="B136" s="0" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="C136" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="0" t="s">
         <v>254</v>
       </c>
       <c r="B137" s="0" t="s">
         <v>255</v>
       </c>
       <c r="C137" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="0" t="s">
         <v>256</v>
       </c>
       <c r="B138" s="0" t="s">
         <v>257</v>
       </c>
       <c r="C138" s="0" t="s">
         <v>5</v>
@@ -3190,502 +3190,502 @@
         <v>274</v>
       </c>
       <c r="B147" s="0" t="s">
         <v>275</v>
       </c>
       <c r="C147" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="0" t="s">
         <v>276</v>
       </c>
       <c r="B148" s="0" t="s">
         <v>277</v>
       </c>
       <c r="C148" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="0" t="s">
         <v>278</v>
       </c>
       <c r="B149" s="0" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="C149" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="0" t="s">
+        <v>279</v>
+      </c>
+      <c r="B150" s="0" t="s">
         <v>280</v>
-      </c>
-[...1 lines deleted...]
-        <v>281</v>
       </c>
       <c r="C150" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="s">
+        <v>281</v>
+      </c>
+      <c r="B151" s="0" t="s">
         <v>282</v>
-      </c>
-[...1 lines deleted...]
-        <v>279</v>
       </c>
       <c r="C151" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="s">
         <v>283</v>
       </c>
       <c r="B152" s="0" t="s">
         <v>284</v>
       </c>
       <c r="C152" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="s">
         <v>285</v>
       </c>
       <c r="B153" s="0" t="s">
-        <v>286</v>
+        <v>282</v>
       </c>
       <c r="C153" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0" t="s">
+        <v>286</v>
+      </c>
+      <c r="B154" s="0" t="s">
         <v>287</v>
-      </c>
-[...1 lines deleted...]
-        <v>288</v>
       </c>
       <c r="C154" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="0" t="s">
+        <v>288</v>
+      </c>
+      <c r="B155" s="0" t="s">
         <v>289</v>
-      </c>
-[...1 lines deleted...]
-        <v>286</v>
       </c>
       <c r="C155" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="0" t="s">
         <v>290</v>
       </c>
       <c r="B156" s="0" t="s">
         <v>291</v>
       </c>
       <c r="C156" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="0" t="s">
         <v>292</v>
       </c>
       <c r="B157" s="0" t="s">
-        <v>293</v>
+        <v>289</v>
       </c>
       <c r="C157" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="0" t="s">
-        <v>294</v>
+        <v>293</v>
       </c>
       <c r="B158" s="0" t="s">
-        <v>295</v>
+        <v>289</v>
       </c>
       <c r="C158" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="0" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="B159" s="0" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="C159" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="0" t="s">
+        <v>296</v>
+      </c>
+      <c r="B160" s="0" t="s">
         <v>297</v>
-      </c>
-[...1 lines deleted...]
-        <v>298</v>
       </c>
       <c r="C160" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="0" t="s">
+        <v>298</v>
+      </c>
+      <c r="B161" s="0" t="s">
         <v>299</v>
-      </c>
-[...1 lines deleted...]
-        <v>300</v>
       </c>
       <c r="C161" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="0" t="s">
+        <v>300</v>
+      </c>
+      <c r="B162" s="0" t="s">
         <v>301</v>
-      </c>
-[...1 lines deleted...]
-        <v>298</v>
       </c>
       <c r="C162" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="0" t="s">
         <v>302</v>
       </c>
       <c r="B163" s="0" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C163" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="0" t="s">
         <v>303</v>
       </c>
       <c r="B164" s="0" t="s">
         <v>304</v>
       </c>
       <c r="C164" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="0" t="s">
         <v>305</v>
       </c>
       <c r="B165" s="0" t="s">
-        <v>306</v>
+        <v>299</v>
       </c>
       <c r="C165" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="0" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
       <c r="B166" s="0" t="s">
-        <v>308</v>
+        <v>299</v>
       </c>
       <c r="C166" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="0" t="s">
-        <v>309</v>
+        <v>307</v>
       </c>
       <c r="B167" s="0" t="s">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="C167" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="0" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
       <c r="B168" s="0" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="C168" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="0" t="s">
+        <v>311</v>
+      </c>
+      <c r="B169" s="0" t="s">
         <v>312</v>
-      </c>
-[...1 lines deleted...]
-        <v>308</v>
       </c>
       <c r="C169" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="0" t="s">
         <v>313</v>
       </c>
       <c r="B170" s="0" t="s">
-        <v>314</v>
+        <v>310</v>
       </c>
       <c r="C170" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="0" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="B171" s="0" t="s">
-        <v>316</v>
+        <v>310</v>
       </c>
       <c r="C171" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="0" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="B172" s="0" t="s">
-        <v>318</v>
+        <v>312</v>
       </c>
       <c r="C172" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="0" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="B173" s="0" t="s">
-        <v>320</v>
+        <v>310</v>
       </c>
       <c r="C173" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="0" t="s">
-        <v>321</v>
+        <v>317</v>
       </c>
       <c r="B174" s="0" t="s">
         <v>318</v>
       </c>
       <c r="C174" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="0" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="B175" s="0" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="C175" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="0" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="B176" s="0" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="C176" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="0" t="s">
-        <v>325</v>
+        <v>323</v>
       </c>
       <c r="B177" s="0" t="s">
-        <v>318</v>
+        <v>324</v>
       </c>
       <c r="C177" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="0" t="s">
+        <v>325</v>
+      </c>
+      <c r="B178" s="0" t="s">
         <v>326</v>
-      </c>
-[...1 lines deleted...]
-        <v>327</v>
       </c>
       <c r="C178" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="0" t="s">
-        <v>328</v>
+        <v>327</v>
       </c>
       <c r="B179" s="0" t="s">
-        <v>329</v>
+        <v>324</v>
       </c>
       <c r="C179" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="0" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="B180" s="0" t="s">
-        <v>331</v>
+        <v>324</v>
       </c>
       <c r="C180" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="0" t="s">
-        <v>332</v>
+        <v>329</v>
       </c>
       <c r="B181" s="0" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C181" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="0" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="B182" s="0" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="C182" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="0" t="s">
-        <v>334</v>
+        <v>333</v>
       </c>
       <c r="B183" s="0" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="C183" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="0" t="s">
+        <v>334</v>
+      </c>
+      <c r="B184" s="0" t="s">
         <v>335</v>
-      </c>
-[...1 lines deleted...]
-        <v>329</v>
       </c>
       <c r="C184" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="0" t="s">
         <v>336</v>
       </c>
       <c r="B185" s="0" t="s">
         <v>337</v>
       </c>
       <c r="C185" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="0" t="s">
         <v>338</v>
       </c>
       <c r="B186" s="0" t="s">
         <v>339</v>
       </c>
       <c r="C186" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="0" t="s">
         <v>340</v>
       </c>
       <c r="B187" s="0" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
       <c r="C187" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="0" t="s">
+        <v>341</v>
+      </c>
+      <c r="B188" s="0" t="s">
         <v>342</v>
-      </c>
-[...1 lines deleted...]
-        <v>339</v>
       </c>
       <c r="C188" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="0" t="s">
         <v>343</v>
       </c>
       <c r="B189" s="0" t="s">
-        <v>344</v>
+        <v>342</v>
       </c>
       <c r="C189" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="0" t="s">
+        <v>344</v>
+      </c>
+      <c r="B190" s="0" t="s">
         <v>345</v>
-      </c>
-[...1 lines deleted...]
-        <v>344</v>
       </c>
       <c r="C190" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="0" t="s">
         <v>346</v>
       </c>
       <c r="B191" s="0" t="s">
         <v>347</v>
       </c>
       <c r="C191" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="0" t="s">
         <v>348</v>
       </c>
       <c r="B192" s="0" t="s">
         <v>349</v>
       </c>
       <c r="C192" s="0" t="s">
         <v>5</v>
@@ -4466,166 +4466,166 @@
         <v>484</v>
       </c>
       <c r="B263" s="0" t="s">
         <v>444</v>
       </c>
       <c r="C263" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="0" t="s">
         <v>485</v>
       </c>
       <c r="B264" s="0" t="s">
         <v>446</v>
       </c>
       <c r="C264" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="0" t="s">
         <v>486</v>
       </c>
       <c r="B265" s="0" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="C265" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="0" t="s">
         <v>487</v>
       </c>
       <c r="B266" s="0" t="s">
-        <v>452</v>
+        <v>450</v>
       </c>
       <c r="C266" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="0" t="s">
         <v>488</v>
       </c>
       <c r="B267" s="0" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="C267" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="0" t="s">
         <v>489</v>
       </c>
       <c r="B268" s="0" t="s">
-        <v>460</v>
+        <v>458</v>
       </c>
       <c r="C268" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="0" t="s">
         <v>490</v>
       </c>
       <c r="B269" s="0" t="s">
-        <v>462</v>
+        <v>460</v>
       </c>
       <c r="C269" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="0" t="s">
         <v>491</v>
       </c>
       <c r="B270" s="0" t="s">
-        <v>464</v>
+        <v>462</v>
       </c>
       <c r="C270" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="0" t="s">
         <v>492</v>
       </c>
       <c r="B271" s="0" t="s">
-        <v>468</v>
+        <v>466</v>
       </c>
       <c r="C271" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="0" t="s">
         <v>493</v>
       </c>
       <c r="B272" s="0" t="s">
-        <v>470</v>
+        <v>468</v>
       </c>
       <c r="C272" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="0" t="s">
         <v>494</v>
       </c>
       <c r="B273" s="0" t="s">
-        <v>472</v>
+        <v>470</v>
       </c>
       <c r="C273" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="0" t="s">
         <v>495</v>
       </c>
       <c r="B274" s="0" t="s">
-        <v>476</v>
+        <v>474</v>
       </c>
       <c r="C274" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="0" t="s">
         <v>496</v>
       </c>
       <c r="B275" s="0" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
       <c r="C275" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="0" t="s">
         <v>497</v>
       </c>
       <c r="B276" s="0" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
       <c r="C276" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="277">
       <c r="C277" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="278">
       <c r="C278" s="0" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>