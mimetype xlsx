--- v1 (2025-12-25)
+++ v2 (2026-03-25)
@@ -1311,192 +1311,192 @@
   <si>
     <t>7512T8</t>
   </si>
   <si>
     <t>+6.0P UM</t>
   </si>
   <si>
     <t>7514T8</t>
   </si>
   <si>
     <t>+6.0P DM</t>
   </si>
   <si>
     <t>7516T8</t>
   </si>
   <si>
     <t>+6.0P DM ext.</t>
   </si>
   <si>
     <t>8513T8</t>
   </si>
   <si>
     <t>+7.0P DL</t>
   </si>
   <si>
+    <t>101268</t>
+  </si>
+  <si>
+    <t>Q6M DL</t>
+  </si>
+  <si>
     <t>101286</t>
   </si>
   <si>
     <t>Q8S DL</t>
   </si>
   <si>
+    <t>101D96</t>
+  </si>
+  <si>
+    <t>Q9S DXL</t>
+  </si>
+  <si>
     <t>101288</t>
   </si>
   <si>
     <t>Q8M DL</t>
   </si>
   <si>
-    <t>101D96</t>
-[...4 lines deleted...]
-  <si>
     <t>101179</t>
   </si>
   <si>
     <t>Q7L DM</t>
   </si>
   <si>
+    <t>101278</t>
+  </si>
+  <si>
+    <t>Q7M DL</t>
+  </si>
+  <si>
     <t>101178</t>
   </si>
   <si>
     <t>Q7M DM</t>
   </si>
   <si>
     <t>101176</t>
   </si>
   <si>
     <t>Q7S DM</t>
   </si>
   <si>
     <t>101169</t>
   </si>
   <si>
     <t>Q6L DM</t>
   </si>
   <si>
     <t>101168</t>
   </si>
   <si>
     <t>Q6M DM</t>
   </si>
   <si>
-    <t>101268</t>
-[...4 lines deleted...]
-  <si>
     <t>101166</t>
   </si>
   <si>
     <t>Q6S DM</t>
   </si>
   <si>
     <t>101761</t>
   </si>
   <si>
     <t>Q6 DM</t>
   </si>
   <si>
     <t>101159</t>
   </si>
   <si>
     <t>Q5L DM</t>
   </si>
   <si>
     <t>101158</t>
   </si>
   <si>
     <t>Q5M DM</t>
   </si>
   <si>
     <t>101156</t>
   </si>
   <si>
     <t>Q5S DM</t>
   </si>
   <si>
     <t>101751</t>
   </si>
   <si>
     <t>Q5 DM</t>
   </si>
   <si>
     <t>101149</t>
   </si>
   <si>
     <t>Q4L DM</t>
   </si>
   <si>
     <t>101148</t>
   </si>
   <si>
     <t>Q4M DM</t>
   </si>
   <si>
+    <t>101733</t>
+  </si>
+  <si>
+    <t>Q3 DM</t>
+  </si>
+  <si>
+    <t>101136</t>
+  </si>
+  <si>
+    <t>Q3S DM</t>
+  </si>
+  <si>
+    <t>101138</t>
+  </si>
+  <si>
+    <t>Q3M DM</t>
+  </si>
+  <si>
+    <t>101139</t>
+  </si>
+  <si>
+    <t>Q3L DM</t>
+  </si>
+  <si>
+    <t>101741</t>
+  </si>
+  <si>
+    <t>Q4 DM</t>
+  </si>
+  <si>
     <t>101146</t>
   </si>
   <si>
     <t>Q4S DM</t>
-  </si>
-[...34 lines deleted...]
-    <t>Q7M DL</t>
   </si>
   <si>
     <t>110288</t>
   </si>
   <si>
     <t>110178</t>
   </si>
   <si>
     <t>110176</t>
   </si>
   <si>
     <t>110169</t>
   </si>
   <si>
     <t>110168</t>
   </si>
   <si>
     <t>110166</t>
   </si>
   <si>
     <t>110159</t>
   </si>
   <si>
     <t>110158</t>
   </si>
@@ -4433,199 +4433,199 @@
         <v>479</v>
       </c>
       <c r="B260" s="0" t="s">
         <v>480</v>
       </c>
       <c r="C260" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="0" t="s">
         <v>481</v>
       </c>
       <c r="B261" s="0" t="s">
         <v>482</v>
       </c>
       <c r="C261" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="0" t="s">
         <v>483</v>
       </c>
       <c r="B262" s="0" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
       <c r="C262" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="0" t="s">
         <v>484</v>
       </c>
       <c r="B263" s="0" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="C263" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="0" t="s">
         <v>485</v>
       </c>
       <c r="B264" s="0" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="C264" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="0" t="s">
         <v>486</v>
       </c>
       <c r="B265" s="0" t="s">
-        <v>448</v>
+        <v>452</v>
       </c>
       <c r="C265" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="0" t="s">
         <v>487</v>
       </c>
       <c r="B266" s="0" t="s">
-        <v>450</v>
+        <v>454</v>
       </c>
       <c r="C266" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="0" t="s">
         <v>488</v>
       </c>
       <c r="B267" s="0" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="C267" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="0" t="s">
         <v>489</v>
       </c>
       <c r="B268" s="0" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="C268" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="0" t="s">
         <v>490</v>
       </c>
       <c r="B269" s="0" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="C269" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="0" t="s">
         <v>491</v>
       </c>
       <c r="B270" s="0" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="C270" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="0" t="s">
         <v>492</v>
       </c>
       <c r="B271" s="0" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="C271" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="0" t="s">
         <v>493</v>
       </c>
       <c r="B272" s="0" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="C272" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="0" t="s">
         <v>494</v>
       </c>
       <c r="B273" s="0" t="s">
-        <v>470</v>
+        <v>482</v>
       </c>
       <c r="C273" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="0" t="s">
         <v>495</v>
       </c>
       <c r="B274" s="0" t="s">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="C274" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="0" t="s">
         <v>496</v>
       </c>
       <c r="B275" s="0" t="s">
         <v>476</v>
       </c>
       <c r="C275" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="0" t="s">
         <v>497</v>
       </c>
       <c r="B276" s="0" t="s">
-        <v>478</v>
+        <v>474</v>
       </c>
       <c r="C276" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="277">
       <c r="C277" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="278">
       <c r="C278" s="0" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>