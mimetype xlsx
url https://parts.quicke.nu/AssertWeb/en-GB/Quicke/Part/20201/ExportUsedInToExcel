--- v0 (2025-10-28)
+++ v1 (2026-03-28)
@@ -18,156 +18,156 @@
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Part" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <si>
     <t>Product No</t>
   </si>
   <si>
     <t>Product name</t>
   </si>
   <si>
     <t>Path</t>
   </si>
   <si>
     <t xml:space="preserve">/ </t>
   </si>
   <si>
+    <t>110158</t>
+  </si>
+  <si>
+    <t>Q5M DM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Loader beam/ </t>
+  </si>
+  <si>
+    <t>110136</t>
+  </si>
+  <si>
+    <t>Q3S DM</t>
+  </si>
+  <si>
+    <t>110138</t>
+  </si>
+  <si>
+    <t>Q3M DM</t>
+  </si>
+  <si>
+    <t>110139</t>
+  </si>
+  <si>
+    <t>Q3L DM</t>
+  </si>
+  <si>
+    <t>110146</t>
+  </si>
+  <si>
+    <t>Q4S DM</t>
+  </si>
+  <si>
+    <t>110148</t>
+  </si>
+  <si>
+    <t>Q4M DM</t>
+  </si>
+  <si>
+    <t>110149</t>
+  </si>
+  <si>
+    <t>Q4L DM</t>
+  </si>
+  <si>
+    <t>110156</t>
+  </si>
+  <si>
+    <t>Q5S DM</t>
+  </si>
+  <si>
     <t>110159</t>
   </si>
   <si>
     <t>Q5L DM</t>
   </si>
   <si>
-    <t xml:space="preserve">Loader beam/ </t>
-[...49 lines deleted...]
-  <si>
     <t>101158</t>
   </si>
   <si>
     <t>101136</t>
   </si>
   <si>
+    <t>101138</t>
+  </si>
+  <si>
+    <t>101139</t>
+  </si>
+  <si>
+    <t>101146</t>
+  </si>
+  <si>
+    <t>101148</t>
+  </si>
+  <si>
+    <t>101149</t>
+  </si>
+  <si>
+    <t>101156</t>
+  </si>
+  <si>
     <t>101159</t>
   </si>
   <si>
-    <t>101156</t>
-[...14 lines deleted...]
-    <t>101138</t>
+    <t>501146</t>
+  </si>
+  <si>
+    <t>N4S DM</t>
+  </si>
+  <si>
+    <t>501156</t>
+  </si>
+  <si>
+    <t>N5S DM</t>
+  </si>
+  <si>
+    <t>501158</t>
+  </si>
+  <si>
+    <t>N5M DM</t>
   </si>
   <si>
     <t>501166</t>
   </si>
   <si>
     <t>N6S DM</t>
-  </si>
-[...16 lines deleted...]
-    <t>N4S DM</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
@@ -388,139 +388,139 @@
     <row r="25">
       <c r="C25" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="26">
       <c r="C26" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="27">
       <c r="C27" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="28">
       <c r="C28" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
         <v>25</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
         <v>27</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
         <v>28</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
         <v>30</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
         <v>31</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="38">
       <c r="C38" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="39">
       <c r="C39" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="40">
       <c r="C40" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="41">
       <c r="C41" s="0" t="s">
         <v>3</v>
       </c>
     </row>