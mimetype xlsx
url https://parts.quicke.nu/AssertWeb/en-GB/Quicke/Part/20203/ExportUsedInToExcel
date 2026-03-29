--- v0 (2025-10-29)
+++ v1 (2026-03-29)
@@ -15,159 +15,159 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Part" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <si>
     <t>Product No</t>
   </si>
   <si>
     <t>Product name</t>
   </si>
   <si>
     <t>Path</t>
   </si>
   <si>
+    <t>110158</t>
+  </si>
+  <si>
+    <t>Q5M DM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Loader beam/ </t>
+  </si>
+  <si>
+    <t>110136</t>
+  </si>
+  <si>
+    <t>Q3S DM</t>
+  </si>
+  <si>
+    <t>110138</t>
+  </si>
+  <si>
+    <t>Q3M DM</t>
+  </si>
+  <si>
+    <t>110139</t>
+  </si>
+  <si>
+    <t>Q3L DM</t>
+  </si>
+  <si>
+    <t>110146</t>
+  </si>
+  <si>
+    <t>Q4S DM</t>
+  </si>
+  <si>
+    <t>110148</t>
+  </si>
+  <si>
+    <t>Q4M DM</t>
+  </si>
+  <si>
+    <t>110149</t>
+  </si>
+  <si>
+    <t>Q4L DM</t>
+  </si>
+  <si>
+    <t>110156</t>
+  </si>
+  <si>
+    <t>Q5S DM</t>
+  </si>
+  <si>
     <t>110159</t>
   </si>
   <si>
     <t>Q5L DM</t>
   </si>
   <si>
-    <t xml:space="preserve">Loader beam/ </t>
-[...49 lines deleted...]
-  <si>
     <t xml:space="preserve">/ </t>
   </si>
   <si>
     <t>101158</t>
   </si>
   <si>
     <t>101136</t>
   </si>
   <si>
+    <t>101138</t>
+  </si>
+  <si>
+    <t>101139</t>
+  </si>
+  <si>
+    <t>101146</t>
+  </si>
+  <si>
+    <t>101148</t>
+  </si>
+  <si>
+    <t>101149</t>
+  </si>
+  <si>
+    <t>101156</t>
+  </si>
+  <si>
     <t>101159</t>
   </si>
   <si>
-    <t>101156</t>
-[...14 lines deleted...]
-    <t>101138</t>
+    <t>501146</t>
+  </si>
+  <si>
+    <t>N4S DM</t>
+  </si>
+  <si>
+    <t>501156</t>
+  </si>
+  <si>
+    <t>N5S DM</t>
+  </si>
+  <si>
+    <t>501158</t>
+  </si>
+  <si>
+    <t>N5M DM</t>
   </si>
   <si>
     <t>501166</t>
   </si>
   <si>
     <t>N6S DM</t>
-  </si>
-[...16 lines deleted...]
-    <t>N4S DM</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
@@ -343,139 +343,139 @@
     <row r="16">
       <c r="C16" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="17">
       <c r="C17" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="18">
       <c r="C18" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="19">
       <c r="C19" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>21</v>
+        <v>7</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>25</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>27</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>28</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>30</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
         <v>31</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="29">
       <c r="C29" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="30">
       <c r="C30" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="31">
       <c r="C31" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="32">
       <c r="C32" s="0" t="s">
         <v>22</v>
       </c>
     </row>