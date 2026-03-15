--- v0 (2025-10-16)
+++ v1 (2026-03-15)
@@ -18,102 +18,102 @@
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Part" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="29">
   <si>
     <t>Product No</t>
   </si>
   <si>
     <t>Product name</t>
   </si>
   <si>
     <t>Path</t>
   </si>
   <si>
     <t xml:space="preserve">/ </t>
   </si>
   <si>
+    <t>110159</t>
+  </si>
+  <si>
+    <t>Q5L DM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bearing box/ </t>
+  </si>
+  <si>
+    <t>110158</t>
+  </si>
+  <si>
+    <t>Q5M DM</t>
+  </si>
+  <si>
+    <t>110156</t>
+  </si>
+  <si>
+    <t>Q5S DM</t>
+  </si>
+  <si>
+    <t>110149</t>
+  </si>
+  <si>
+    <t>Q4L DM</t>
+  </si>
+  <si>
+    <t>110148</t>
+  </si>
+  <si>
+    <t>Q4M DM</t>
+  </si>
+  <si>
     <t>110146</t>
   </si>
   <si>
     <t>Q4S DM</t>
   </si>
   <si>
-    <t xml:space="preserve">Bearing box/ </t>
-[...29 lines deleted...]
-    <t>Q5L DM</t>
+    <t>101159</t>
+  </si>
+  <si>
+    <t>101158</t>
+  </si>
+  <si>
+    <t>101156</t>
+  </si>
+  <si>
+    <t>101149</t>
   </si>
   <si>
     <t>101148</t>
-  </si>
-[...10 lines deleted...]
-    <t>101156</t>
   </si>
   <si>
     <t>101146</t>
   </si>
   <si>
     <t>501156</t>
   </si>
   <si>
     <t>N5S DM</t>
   </si>
   <si>
     <t>501158</t>
   </si>
   <si>
     <t>N5M DM</t>
   </si>
   <si>
     <t>501166</t>
   </si>
   <si>
     <t>N6S DM</t>
   </si>
 </sst>
 </file>
 
@@ -242,106 +242,106 @@
       <c r="C7" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9">
       <c r="C9" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>18</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>19</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>21</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>22</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16">
       <c r="C16" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="17">
       <c r="C17" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="C18" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B19" s="0" t="s">