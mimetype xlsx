--- v0 (2025-10-17)
+++ v1 (2026-03-17)
@@ -215,87 +215,87 @@
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>10</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>9</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="14">
       <c r="C14" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="15">
       <c r="C15" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="16">
       <c r="C16" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="17">
       <c r="C17" s="0" t="s">
         <v>5</v>
       </c>
     </row>
@@ -383,76 +383,76 @@
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
         <v>15</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>9</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="31">
       <c r="C31" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="32">
       <c r="C32" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="33">
       <c r="C33" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="34">
       <c r="C34" s="0" t="s">
         <v>5</v>
       </c>
     </row>