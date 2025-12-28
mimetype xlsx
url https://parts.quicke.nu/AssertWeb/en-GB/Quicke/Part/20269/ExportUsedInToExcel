--- v0 (2025-10-28)
+++ v1 (2025-12-28)
@@ -123,132 +123,132 @@
   <si>
     <t>Q6M DM</t>
   </si>
   <si>
     <t>110166</t>
   </si>
   <si>
     <t>Q6S DM</t>
   </si>
   <si>
     <t>101139</t>
   </si>
   <si>
     <t>101138</t>
   </si>
   <si>
     <t>101136</t>
   </si>
   <si>
     <t>101733</t>
   </si>
   <si>
     <t>Q3 DM</t>
   </si>
   <si>
+    <t>101286</t>
+  </si>
+  <si>
+    <t>Q8S DL</t>
+  </si>
+  <si>
+    <t>101288</t>
+  </si>
+  <si>
+    <t>101D96</t>
+  </si>
+  <si>
+    <t>Q9S DXL</t>
+  </si>
+  <si>
+    <t>101179</t>
+  </si>
+  <si>
+    <t>Q7L DM</t>
+  </si>
+  <si>
+    <t>101178</t>
+  </si>
+  <si>
+    <t>101176</t>
+  </si>
+  <si>
+    <t>101169</t>
+  </si>
+  <si>
+    <t>101168</t>
+  </si>
+  <si>
+    <t>101268</t>
+  </si>
+  <si>
+    <t>Q6M DL</t>
+  </si>
+  <si>
+    <t>101166</t>
+  </si>
+  <si>
+    <t>101761</t>
+  </si>
+  <si>
+    <t>Q6 DM</t>
+  </si>
+  <si>
+    <t>101278</t>
+  </si>
+  <si>
+    <t>Q7M DL</t>
+  </si>
+  <si>
     <t>101159</t>
   </si>
   <si>
     <t>101158</t>
   </si>
   <si>
     <t>101156</t>
   </si>
   <si>
     <t>101751</t>
   </si>
   <si>
     <t>Q5 DM</t>
   </si>
   <si>
     <t>101149</t>
   </si>
   <si>
     <t>101148</t>
   </si>
   <si>
     <t>101146</t>
   </si>
   <si>
     <t>101741</t>
   </si>
   <si>
     <t>Q4 DM</t>
-  </si>
-[...52 lines deleted...]
-    <t>Q6 DM</t>
   </si>
   <si>
     <t>501146</t>
   </si>
   <si>
     <t>N4S DM</t>
   </si>
   <si>
     <t>501156</t>
   </si>
   <si>
     <t>N5S DM</t>
   </si>
   <si>
     <t>501158</t>
   </si>
   <si>
     <t>N5M DM</t>
   </si>
   <si>
     <t>501166</t>
   </si>
   <si>
     <t>N6S DM</t>
   </si>
@@ -295,559 +295,559 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:C78"/>
+  <dimension ref="A1:C89"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="11.3395004272461" customWidth="1"/>
     <col min="2" max="2" width="13.7733736038208" customWidth="1"/>
     <col min="3" max="3" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2">
       <c r="C2" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="C3" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="C4" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5">
-      <c r="A5" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="C5" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>4</v>
+        <v>20</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>22</v>
+        <v>4</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>23</v>
+        <v>5</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="B20" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="C20" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="0" t="s">
         <v>32</v>
       </c>
-      <c r="B20" s="0" t="s">
+      <c r="B21" s="0" t="s">
         <v>33</v>
       </c>
-      <c r="C20" s="0" t="s">
-[...3 lines deleted...]
-    <row r="21">
       <c r="C21" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="22">
       <c r="C22" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="23">
       <c r="C23" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="24">
-      <c r="A24" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="C24" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="25">
-      <c r="A25" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="C25" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>38</v>
+        <v>7</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>43</v>
+        <v>23</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>17</v>
+        <v>43</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="B33" s="0" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
         <v>46</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
         <v>47</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>34</v>
+        <v>48</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>5</v>
+        <v>29</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
         <v>49</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>50</v>
+        <v>31</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="B38" s="0" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
         <v>52</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>53</v>
+        <v>33</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="B40" s="0" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="B41" s="0" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
         <v>57</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
         <v>58</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>59</v>
+        <v>13</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="B45" s="0" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
         <v>62</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>63</v>
+        <v>17</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="B48" s="0" t="s">
+        <v>21</v>
+      </c>
+      <c r="C48" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="0" t="s">
         <v>65</v>
       </c>
-      <c r="B48" s="0" t="s">
+      <c r="B49" s="0" t="s">
         <v>66</v>
       </c>
-      <c r="C48" s="0" t="s">
-[...3 lines deleted...]
-    <row r="49">
       <c r="C49" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="50">
+      <c r="A50" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="B50" s="0" t="s">
+        <v>5</v>
+      </c>
       <c r="C50" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="51">
       <c r="C51" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="52">
       <c r="C52" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="53">
       <c r="C53" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="54">
       <c r="C54" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="55">
@@ -899,120 +899,175 @@
       <c r="C64" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="65">
       <c r="C65" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="66">
       <c r="C66" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="67">
       <c r="C67" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="68">
       <c r="C68" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="69">
-      <c r="A69" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="C69" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="70">
-      <c r="A70" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="C70" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="71">
-      <c r="A71" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="C71" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="72">
-      <c r="A72" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="C72" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="73">
-      <c r="A73" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="C73" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="74">
-      <c r="A74" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="C74" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="75">
-      <c r="A75" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="C75" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="76">
       <c r="C76" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="77">
       <c r="C77" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="78">
       <c r="C78" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="C79" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="B80" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="C80" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="B81" s="0" t="s">
+        <v>70</v>
+      </c>
+      <c r="C81" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="B82" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="C82" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="B83" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="C83" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="B84" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="C84" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="B85" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="C85" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="B86" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="C86" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="C87" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="C88" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="C89" s="0" t="s">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>