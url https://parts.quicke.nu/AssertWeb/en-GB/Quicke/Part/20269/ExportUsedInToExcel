--- v1 (2025-12-28)
+++ v2 (2026-03-29)
@@ -108,183 +108,183 @@
   <si>
     <t>110176</t>
   </si>
   <si>
     <t>Q7S DM</t>
   </si>
   <si>
     <t>110169</t>
   </si>
   <si>
     <t>Q6L DM</t>
   </si>
   <si>
     <t>110168</t>
   </si>
   <si>
     <t>Q6M DM</t>
   </si>
   <si>
     <t>110166</t>
   </si>
   <si>
     <t>Q6S DM</t>
   </si>
   <si>
+    <t>101733</t>
+  </si>
+  <si>
+    <t>Q3 DM</t>
+  </si>
+  <si>
+    <t>101136</t>
+  </si>
+  <si>
+    <t>101138</t>
+  </si>
+  <si>
     <t>101139</t>
   </si>
   <si>
-    <t>101138</t>
-[...8 lines deleted...]
-    <t>Q3 DM</t>
+    <t>101268</t>
+  </si>
+  <si>
+    <t>Q6M DL</t>
   </si>
   <si>
     <t>101286</t>
   </si>
   <si>
     <t>Q8S DL</t>
   </si>
   <si>
+    <t>101D96</t>
+  </si>
+  <si>
+    <t>Q9S DXL</t>
+  </si>
+  <si>
     <t>101288</t>
   </si>
   <si>
-    <t>101D96</t>
-[...4 lines deleted...]
-  <si>
     <t>101179</t>
   </si>
   <si>
     <t>Q7L DM</t>
   </si>
   <si>
+    <t>101278</t>
+  </si>
+  <si>
+    <t>Q7M DL</t>
+  </si>
+  <si>
     <t>101178</t>
   </si>
   <si>
     <t>101176</t>
   </si>
   <si>
     <t>101169</t>
   </si>
   <si>
     <t>101168</t>
   </si>
   <si>
-    <t>101268</t>
-[...4 lines deleted...]
-  <si>
     <t>101166</t>
   </si>
   <si>
     <t>101761</t>
   </si>
   <si>
     <t>Q6 DM</t>
   </si>
   <si>
-    <t>101278</t>
-[...4 lines deleted...]
-  <si>
     <t>101159</t>
   </si>
   <si>
     <t>101158</t>
   </si>
   <si>
     <t>101156</t>
   </si>
   <si>
     <t>101751</t>
   </si>
   <si>
     <t>Q5 DM</t>
   </si>
   <si>
     <t>101149</t>
   </si>
   <si>
     <t>101148</t>
   </si>
   <si>
+    <t>101741</t>
+  </si>
+  <si>
+    <t>Q4 DM</t>
+  </si>
+  <si>
     <t>101146</t>
   </si>
   <si>
-    <t>101741</t>
-[...2 lines deleted...]
-    <t>Q4 DM</t>
+    <t>501741</t>
+  </si>
+  <si>
+    <t>N4 DM</t>
   </si>
   <si>
     <t>501146</t>
   </si>
   <si>
     <t>N4S DM</t>
   </si>
   <si>
+    <t>501751</t>
+  </si>
+  <si>
+    <t>N5 DM</t>
+  </si>
+  <si>
     <t>501156</t>
   </si>
   <si>
     <t>N5S DM</t>
   </si>
   <si>
     <t>501158</t>
   </si>
   <si>
     <t>N5M DM</t>
   </si>
   <si>
     <t>501166</t>
   </si>
   <si>
     <t>N6S DM</t>
-  </si>
-[...10 lines deleted...]
-    <t>N5 DM</t>
   </si>
   <si>
     <t>501761</t>
   </si>
   <si>
     <t>N6 DM</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
@@ -538,205 +538,205 @@
     <row r="22">
       <c r="C22" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="23">
       <c r="C23" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="24">
       <c r="C24" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="25">
       <c r="C25" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>34</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>5</v>
+        <v>35</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>38</v>
+        <v>5</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
         <v>39</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>40</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
         <v>41</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>23</v>
+        <v>42</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
         <v>46</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>27</v>
+        <v>49</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>51</v>
+        <v>29</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>54</v>
+        <v>33</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
         <v>55</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>56</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
         <v>57</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>3</v>
@@ -777,76 +777,76 @@
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
         <v>62</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
         <v>63</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>64</v>
+        <v>38</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>21</v>
+        <v>5</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="B49" s="0" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>34</v>
+        <v>66</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="51">
       <c r="C51" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="52">
       <c r="C52" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="53">
       <c r="C53" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="54">
       <c r="C54" s="0" t="s">
         <v>3</v>
       </c>
     </row>