--- v0 (2025-10-25)
+++ v1 (2026-03-27)
@@ -24,57 +24,57 @@
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="10" uniqueCount="10">
   <si>
     <t>Product No</t>
   </si>
   <si>
     <t>Product name</t>
   </si>
   <si>
     <t>Path</t>
   </si>
   <si>
     <t>101761</t>
   </si>
   <si>
     <t>Q6 DM</t>
   </si>
   <si>
     <t xml:space="preserve">Maintenance kits/ </t>
   </si>
   <si>
+    <t xml:space="preserve">Loader beam/ </t>
+  </si>
+  <si>
     <t>501761</t>
   </si>
   <si>
     <t>N6 DM</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">Loader beam/ </t>
   </si>
   <si>
     <t xml:space="preserve">/ </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
@@ -117,68 +117,68 @@
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C3" s="0" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5">
       <c r="C5" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="6">
       <c r="C6" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="7">
       <c r="C7" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="8">
       <c r="C8" s="0" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>