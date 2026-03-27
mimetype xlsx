--- v0 (2025-10-28)
+++ v1 (2026-03-27)
@@ -96,84 +96,84 @@
   <si>
     <t>101156</t>
   </si>
   <si>
     <t>Q5S DM</t>
   </si>
   <si>
     <t>101751</t>
   </si>
   <si>
     <t>Q5 DM</t>
   </si>
   <si>
     <t>101149</t>
   </si>
   <si>
     <t>Q4L DM</t>
   </si>
   <si>
     <t>101148</t>
   </si>
   <si>
     <t>Q4M DM</t>
   </si>
   <si>
+    <t>101733</t>
+  </si>
+  <si>
+    <t>Q3 DM</t>
+  </si>
+  <si>
+    <t>101136</t>
+  </si>
+  <si>
+    <t>Q3S DM</t>
+  </si>
+  <si>
+    <t>101138</t>
+  </si>
+  <si>
+    <t>Q3M DM</t>
+  </si>
+  <si>
+    <t>101139</t>
+  </si>
+  <si>
+    <t>Q3L DM</t>
+  </si>
+  <si>
+    <t>101741</t>
+  </si>
+  <si>
+    <t>Q4 DM</t>
+  </si>
+  <si>
     <t>101146</t>
   </si>
   <si>
     <t>Q4S DM</t>
-  </si>
-[...28 lines deleted...]
-    <t>Q3 DM</t>
   </si>
   <si>
     <t>110178</t>
   </si>
   <si>
     <t>110176</t>
   </si>
   <si>
     <t>110169</t>
   </si>
   <si>
     <t>110168</t>
   </si>
   <si>
     <t>110166</t>
   </si>
   <si>
     <t>110159</t>
   </si>
   <si>
     <t>110158</t>
   </si>
   <si>
     <t>110156</t>
   </si>
@@ -775,84 +775,84 @@
         <v>50</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
         <v>51</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>29</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
         <v>52</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>31</v>
+        <v>41</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
         <v>54</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
         <v>55</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
         <v>42</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
         <v>43</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>9</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>5</v>
@@ -929,83 +929,83 @@
         <v>50</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
         <v>51</v>
       </c>
       <c r="B63" s="0" t="s">
         <v>29</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
         <v>52</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>31</v>
+        <v>41</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
         <v>54</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
         <v>55</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="68">
       <c r="C68" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="69">
       <c r="C69" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="70">
       <c r="C70" s="0" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>