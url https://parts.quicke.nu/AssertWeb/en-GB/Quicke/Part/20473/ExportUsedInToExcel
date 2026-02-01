--- v0 (2025-11-01)
+++ v1 (2026-02-01)
@@ -24,60 +24,60 @@
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="13" uniqueCount="13">
   <si>
     <t>Product No</t>
   </si>
   <si>
     <t>Product name</t>
   </si>
   <si>
     <t>Path</t>
   </si>
   <si>
     <t>101169</t>
   </si>
   <si>
     <t>Q6L DM</t>
   </si>
   <si>
     <t xml:space="preserve">Decals/ </t>
   </si>
   <si>
+    <t>101278</t>
+  </si>
+  <si>
+    <t>Q7M DL</t>
+  </si>
+  <si>
     <t>101178</t>
   </si>
   <si>
     <t>Q7M DM</t>
-  </si>
-[...4 lines deleted...]
-    <t>Q7M DL</t>
   </si>
   <si>
     <t>101176</t>
   </si>
   <si>
     <t>Q7S DM</t>
   </si>
   <si>
     <t xml:space="preserve">/ </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>