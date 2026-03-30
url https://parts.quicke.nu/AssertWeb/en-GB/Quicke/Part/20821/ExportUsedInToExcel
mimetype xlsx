--- v0 (2025-10-31)
+++ v1 (2026-03-30)
@@ -15,96 +15,96 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Part" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="20" uniqueCount="20">
   <si>
     <t>Product No</t>
   </si>
   <si>
     <t>Product name</t>
   </si>
   <si>
     <t>Path</t>
   </si>
   <si>
+    <t>110148</t>
+  </si>
+  <si>
+    <t>Q4M DM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Live3/ </t>
+  </si>
+  <si>
+    <t>110146</t>
+  </si>
+  <si>
+    <t>Q4S DM</t>
+  </si>
+  <si>
+    <t>110139</t>
+  </si>
+  <si>
+    <t>Q3L DM</t>
+  </si>
+  <si>
+    <t>101148</t>
+  </si>
+  <si>
+    <t>101139</t>
+  </si>
+  <si>
+    <t>101741</t>
+  </si>
+  <si>
+    <t>Q4 DM</t>
+  </si>
+  <si>
+    <t>101146</t>
+  </si>
+  <si>
+    <t>501741</t>
+  </si>
+  <si>
+    <t>N4 DM</t>
+  </si>
+  <si>
     <t>501146</t>
   </si>
   <si>
     <t>N4S DM</t>
-  </si>
-[...40 lines deleted...]
-    <t>110139</t>
   </si>
   <si>
     <t xml:space="preserve">/ </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
@@ -172,95 +172,95 @@
         <v>6</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>10</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="B7" s="0" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="B9" s="0" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="B10" s="0" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="11">
       <c r="C11" s="0" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>