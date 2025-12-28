--- v0 (2025-10-28)
+++ v1 (2025-12-28)
@@ -186,60 +186,60 @@
   <si>
     <t>101138</t>
   </si>
   <si>
     <t>101136</t>
   </si>
   <si>
     <t>101733</t>
   </si>
   <si>
     <t>Q3 DM</t>
   </si>
   <si>
     <t>101286</t>
   </si>
   <si>
     <t>Q8S DL</t>
   </si>
   <si>
     <t>101288</t>
   </si>
   <si>
     <t>Q8M DL</t>
   </si>
   <si>
+    <t>101268</t>
+  </si>
+  <si>
+    <t>Q6M DL</t>
+  </si>
+  <si>
     <t>101278</t>
   </si>
   <si>
     <t>Q7M DL</t>
-  </si>
-[...4 lines deleted...]
-    <t>Q6M DL</t>
   </si>
   <si>
     <t>110288</t>
   </si>
   <si>
     <t xml:space="preserve">Euro/SMS/ </t>
   </si>
   <si>
     <t xml:space="preserve">Euro/ </t>
   </si>
   <si>
     <t>501146</t>
   </si>
   <si>
     <t>N4S DM</t>
   </si>
   <si>
     <t>501156</t>
   </si>
   <si>
     <t>N5S DM</t>
   </si>
   <si>
     <t>501158</t>
   </si>