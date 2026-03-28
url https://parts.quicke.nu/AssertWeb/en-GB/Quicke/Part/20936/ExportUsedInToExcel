--- v1 (2025-12-28)
+++ v2 (2026-03-28)
@@ -150,141 +150,141 @@
   <si>
     <t>Q6 DM</t>
   </si>
   <si>
     <t>101159</t>
   </si>
   <si>
     <t>101158</t>
   </si>
   <si>
     <t>101156</t>
   </si>
   <si>
     <t>101751</t>
   </si>
   <si>
     <t>Q5 DM</t>
   </si>
   <si>
     <t>101149</t>
   </si>
   <si>
     <t>101148</t>
   </si>
   <si>
+    <t>101733</t>
+  </si>
+  <si>
+    <t>Q3 DM</t>
+  </si>
+  <si>
+    <t>101136</t>
+  </si>
+  <si>
+    <t>101138</t>
+  </si>
+  <si>
+    <t>101139</t>
+  </si>
+  <si>
+    <t>101741</t>
+  </si>
+  <si>
+    <t>Q4 DM</t>
+  </si>
+  <si>
     <t>101146</t>
   </si>
   <si>
-    <t>101741</t>
-[...17 lines deleted...]
-    <t>Q3 DM</t>
+    <t>101268</t>
+  </si>
+  <si>
+    <t>Q6M DL</t>
   </si>
   <si>
     <t>101286</t>
   </si>
   <si>
     <t>Q8S DL</t>
   </si>
   <si>
     <t>101288</t>
   </si>
   <si>
     <t>Q8M DL</t>
   </si>
   <si>
-    <t>101268</t>
-[...4 lines deleted...]
-  <si>
     <t>101278</t>
   </si>
   <si>
     <t>Q7M DL</t>
   </si>
   <si>
     <t>110288</t>
   </si>
   <si>
     <t xml:space="preserve">Euro/SMS/ </t>
   </si>
   <si>
     <t xml:space="preserve">Euro/ </t>
   </si>
   <si>
+    <t>501741</t>
+  </si>
+  <si>
+    <t>N4 DM</t>
+  </si>
+  <si>
     <t>501146</t>
   </si>
   <si>
     <t>N4S DM</t>
   </si>
   <si>
+    <t>501751</t>
+  </si>
+  <si>
+    <t>N5 DM</t>
+  </si>
+  <si>
     <t>501156</t>
   </si>
   <si>
     <t>N5S DM</t>
   </si>
   <si>
     <t>501158</t>
   </si>
   <si>
     <t>N5M DM</t>
   </si>
   <si>
     <t>501166</t>
   </si>
   <si>
     <t>N6S DM</t>
-  </si>
-[...10 lines deleted...]
-    <t>N5 DM</t>
   </si>
   <si>
     <t>501761</t>
   </si>
   <si>
     <t>N6 DM</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
@@ -773,106 +773,106 @@
         <v>46</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
         <v>47</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
         <v>48</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>50</v>
+        <v>31</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
         <v>51</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
         <v>52</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>31</v>
+        <v>54</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
         <v>56</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>57</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
         <v>58</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>59</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>5</v>
@@ -883,51 +883,51 @@
         <v>60</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>61</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
         <v>62</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>63</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
         <v>64</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
         <v>34</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>5</v>
@@ -1037,106 +1037,106 @@
         <v>46</v>
       </c>
       <c r="B65" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
         <v>47</v>
       </c>
       <c r="B66" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
         <v>48</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>50</v>
+        <v>31</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
         <v>51</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
         <v>52</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>31</v>
+        <v>54</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B73" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B74" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>5</v>
@@ -1301,51 +1301,51 @@
         <v>60</v>
       </c>
       <c r="B89" s="0" t="s">
         <v>61</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
         <v>62</v>
       </c>
       <c r="B90" s="0" t="s">
         <v>63</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
         <v>64</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B92" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B93" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>5</v>
@@ -1609,106 +1609,106 @@
         <v>46</v>
       </c>
       <c r="B117" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C117" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
         <v>47</v>
       </c>
       <c r="B118" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C118" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
         <v>48</v>
       </c>
       <c r="B119" s="0" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
       <c r="C119" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B120" s="0" t="s">
-        <v>50</v>
+        <v>31</v>
       </c>
       <c r="C120" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="s">
         <v>51</v>
       </c>
       <c r="B121" s="0" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C121" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="s">
         <v>52</v>
       </c>
       <c r="B122" s="0" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C122" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B123" s="0" t="s">
-        <v>31</v>
+        <v>54</v>
       </c>
       <c r="C123" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B124" s="0" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="C124" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
         <v>67</v>
       </c>
       <c r="B125" s="0" t="s">
         <v>68</v>
       </c>
       <c r="C125" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="0" t="s">
         <v>69</v>
       </c>
       <c r="B126" s="0" t="s">
         <v>70</v>
       </c>
       <c r="C126" s="0" t="s">
         <v>5</v>
@@ -1796,51 +1796,51 @@
         <v>60</v>
       </c>
       <c r="B134" s="0" t="s">
         <v>61</v>
       </c>
       <c r="C134" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="0" t="s">
         <v>62</v>
       </c>
       <c r="B135" s="0" t="s">
         <v>63</v>
       </c>
       <c r="C135" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="0" t="s">
         <v>64</v>
       </c>
       <c r="B136" s="0" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C136" s="0" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B137" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C137" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="0" t="s">
         <v>34</v>
       </c>
       <c r="B138" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C138" s="0" t="s">
         <v>5</v>
@@ -1950,106 +1950,106 @@
         <v>46</v>
       </c>
       <c r="B148" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C148" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="0" t="s">
         <v>47</v>
       </c>
       <c r="B149" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C149" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="0" t="s">
         <v>48</v>
       </c>
       <c r="B150" s="0" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
       <c r="C150" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B151" s="0" t="s">
-        <v>50</v>
+        <v>31</v>
       </c>
       <c r="C151" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="s">
         <v>51</v>
       </c>
       <c r="B152" s="0" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C152" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="s">
         <v>52</v>
       </c>
       <c r="B153" s="0" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C153" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B154" s="0" t="s">
-        <v>31</v>
+        <v>54</v>
       </c>
       <c r="C154" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B155" s="0" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="C155" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B156" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C156" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="0" t="s">
         <v>34</v>
       </c>
       <c r="B157" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C157" s="0" t="s">
         <v>5</v>
@@ -2159,106 +2159,106 @@
         <v>46</v>
       </c>
       <c r="B167" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C167" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="0" t="s">
         <v>47</v>
       </c>
       <c r="B168" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C168" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="0" t="s">
         <v>48</v>
       </c>
       <c r="B169" s="0" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
       <c r="C169" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="0" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B170" s="0" t="s">
-        <v>50</v>
+        <v>31</v>
       </c>
       <c r="C170" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="0" t="s">
         <v>51</v>
       </c>
       <c r="B171" s="0" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C171" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="0" t="s">
         <v>52</v>
       </c>
       <c r="B172" s="0" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C172" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B173" s="0" t="s">
-        <v>31</v>
+        <v>54</v>
       </c>
       <c r="C173" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B174" s="0" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="C174" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B175" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C175" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B176" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C176" s="0" t="s">
         <v>5</v>
@@ -2423,62 +2423,62 @@
         <v>60</v>
       </c>
       <c r="B191" s="0" t="s">
         <v>61</v>
       </c>
       <c r="C191" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="0" t="s">
         <v>62</v>
       </c>
       <c r="B192" s="0" t="s">
         <v>63</v>
       </c>
       <c r="C192" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="0" t="s">
         <v>64</v>
       </c>
       <c r="B193" s="0" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C193" s="0" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="0" t="s">
         <v>64</v>
       </c>
       <c r="B194" s="0" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C194" s="0" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="0" t="s">
         <v>56</v>
       </c>
       <c r="B195" s="0" t="s">
         <v>57</v>
       </c>
       <c r="C195" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="0" t="s">
         <v>58</v>
       </c>
       <c r="B196" s="0" t="s">
         <v>59</v>
       </c>
       <c r="C196" s="0" t="s">
         <v>5</v>
@@ -2489,51 +2489,51 @@
         <v>60</v>
       </c>
       <c r="B197" s="0" t="s">
         <v>61</v>
       </c>
       <c r="C197" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="0" t="s">
         <v>62</v>
       </c>
       <c r="B198" s="0" t="s">
         <v>63</v>
       </c>
       <c r="C198" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="0" t="s">
         <v>64</v>
       </c>
       <c r="B199" s="0" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C199" s="0" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="0" t="s">
         <v>56</v>
       </c>
       <c r="B200" s="0" t="s">
         <v>57</v>
       </c>
       <c r="C200" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="0" t="s">
         <v>58</v>
       </c>
       <c r="B201" s="0" t="s">
         <v>59</v>
       </c>
       <c r="C201" s="0" t="s">
         <v>5</v>
@@ -2687,106 +2687,106 @@
         <v>46</v>
       </c>
       <c r="B215" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C215" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="0" t="s">
         <v>47</v>
       </c>
       <c r="B216" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C216" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="0" t="s">
         <v>48</v>
       </c>
       <c r="B217" s="0" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
       <c r="C217" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="0" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B218" s="0" t="s">
-        <v>50</v>
+        <v>31</v>
       </c>
       <c r="C218" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="0" t="s">
         <v>51</v>
       </c>
       <c r="B219" s="0" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C219" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="0" t="s">
         <v>52</v>
       </c>
       <c r="B220" s="0" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C220" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B221" s="0" t="s">
-        <v>31</v>
+        <v>54</v>
       </c>
       <c r="C221" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B222" s="0" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="C222" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B223" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C223" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B224" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C224" s="0" t="s">
         <v>5</v>
@@ -3050,106 +3050,106 @@
         <v>46</v>
       </c>
       <c r="B248" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C248" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="0" t="s">
         <v>47</v>
       </c>
       <c r="B249" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C249" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="0" t="s">
         <v>48</v>
       </c>
       <c r="B250" s="0" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
       <c r="C250" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="0" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B251" s="0" t="s">
-        <v>50</v>
+        <v>31</v>
       </c>
       <c r="C251" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="0" t="s">
         <v>51</v>
       </c>
       <c r="B252" s="0" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C252" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="0" t="s">
         <v>52</v>
       </c>
       <c r="B253" s="0" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C253" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B254" s="0" t="s">
-        <v>31</v>
+        <v>54</v>
       </c>
       <c r="C254" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B255" s="0" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="C255" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B256" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C256" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B257" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C257" s="0" t="s">
         <v>5</v>
@@ -3314,51 +3314,51 @@
         <v>60</v>
       </c>
       <c r="B272" s="0" t="s">
         <v>61</v>
       </c>
       <c r="C272" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="0" t="s">
         <v>62</v>
       </c>
       <c r="B273" s="0" t="s">
         <v>63</v>
       </c>
       <c r="C273" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="0" t="s">
         <v>64</v>
       </c>
       <c r="B274" s="0" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C274" s="0" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="275">
       <c r="C275" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="276">
       <c r="C276" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="277">
       <c r="C277" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="278">
       <c r="C278" s="0" t="s">
         <v>5</v>
       </c>
     </row>