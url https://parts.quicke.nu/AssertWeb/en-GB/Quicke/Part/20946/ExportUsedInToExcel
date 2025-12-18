--- v0 (2025-10-18)
+++ v1 (2025-12-18)
@@ -186,60 +186,60 @@
   <si>
     <t>101138</t>
   </si>
   <si>
     <t>101136</t>
   </si>
   <si>
     <t>101733</t>
   </si>
   <si>
     <t>Q3 DM</t>
   </si>
   <si>
     <t>101286</t>
   </si>
   <si>
     <t>Q8S DL</t>
   </si>
   <si>
     <t>101288</t>
   </si>
   <si>
     <t>Q8M DL</t>
   </si>
   <si>
+    <t>101268</t>
+  </si>
+  <si>
+    <t>Q6M DL</t>
+  </si>
+  <si>
     <t>101278</t>
   </si>
   <si>
     <t>Q7M DL</t>
-  </si>
-[...4 lines deleted...]
-    <t>Q6M DL</t>
   </si>
   <si>
     <t>110288</t>
   </si>
   <si>
     <t xml:space="preserve">Euro/SMS/ </t>
   </si>
   <si>
     <t xml:space="preserve">Euro/ </t>
   </si>
   <si>
     <t>501146</t>
   </si>
   <si>
     <t>N4S DM</t>
   </si>
   <si>
     <t>501156</t>
   </si>
   <si>
     <t>N5S DM</t>
   </si>
   <si>
     <t>501158</t>
   </si>
@@ -4626,329 +4626,329 @@
     </row>
     <row r="391">
       <c r="A391" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B391" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C391" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B392" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C392" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="0" t="s">
-        <v>60</v>
+        <v>36</v>
       </c>
       <c r="B393" s="0" t="s">
-        <v>61</v>
+        <v>9</v>
       </c>
       <c r="C393" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="0" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="B394" s="0" t="s">
         <v>9</v>
       </c>
       <c r="C394" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="0" t="s">
-        <v>8</v>
+        <v>37</v>
       </c>
       <c r="B395" s="0" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C395" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="0" t="s">
-        <v>37</v>
+        <v>10</v>
       </c>
       <c r="B396" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C396" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="0" t="s">
-        <v>10</v>
+        <v>60</v>
       </c>
       <c r="B397" s="0" t="s">
-        <v>11</v>
+        <v>61</v>
       </c>
       <c r="C397" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="0" t="s">
-        <v>62</v>
+        <v>38</v>
       </c>
       <c r="B398" s="0" t="s">
-        <v>63</v>
+        <v>13</v>
       </c>
       <c r="C398" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" s="0" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="B399" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C399" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" s="0" t="s">
-        <v>12</v>
+        <v>41</v>
       </c>
       <c r="B400" s="0" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="C400" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" s="0" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="B401" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C401" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" s="0" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="B402" s="0" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C402" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" s="0" t="s">
-        <v>42</v>
+        <v>16</v>
       </c>
       <c r="B403" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C403" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" s="0" t="s">
-        <v>16</v>
+        <v>43</v>
       </c>
       <c r="B404" s="0" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C404" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" s="0" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="B405" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C405" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" s="0" t="s">
-        <v>18</v>
+        <v>46</v>
       </c>
       <c r="B406" s="0" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="C406" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="0" t="s">
-        <v>46</v>
+        <v>20</v>
       </c>
       <c r="B407" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C407" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" s="0" t="s">
-        <v>20</v>
+        <v>47</v>
       </c>
       <c r="B408" s="0" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="C408" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="0" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="B409" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C409" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="0" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
       <c r="B410" s="0" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C410" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="0" t="s">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="B411" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C411" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="0" t="s">
-        <v>24</v>
+        <v>51</v>
       </c>
       <c r="B412" s="0" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C412" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="0" t="s">
-        <v>51</v>
+        <v>26</v>
       </c>
       <c r="B413" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C413" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="0" t="s">
-        <v>26</v>
+        <v>52</v>
       </c>
       <c r="B414" s="0" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C414" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" s="0" t="s">
-        <v>52</v>
+        <v>28</v>
       </c>
       <c r="B415" s="0" t="s">
         <v>29</v>
       </c>
       <c r="C415" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="0" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="B416" s="0" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C416" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" s="0" t="s">
-        <v>53</v>
+        <v>30</v>
       </c>
       <c r="B417" s="0" t="s">
         <v>31</v>
       </c>
       <c r="C417" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" s="0" t="s">
-        <v>30</v>
+        <v>62</v>
       </c>
       <c r="B418" s="0" t="s">
-        <v>31</v>
+        <v>63</v>
       </c>
       <c r="C418" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="0" t="s">
         <v>39</v>
       </c>
       <c r="B419" s="0" t="s">
         <v>40</v>
       </c>
       <c r="C419" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="0" t="s">
         <v>44</v>
       </c>
       <c r="B420" s="0" t="s">
         <v>45</v>
       </c>
       <c r="C420" s="0" t="s">
         <v>5</v>
@@ -5055,329 +5055,329 @@
     </row>
     <row r="430">
       <c r="A430" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B430" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C430" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B431" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C431" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="0" t="s">
-        <v>60</v>
+        <v>36</v>
       </c>
       <c r="B432" s="0" t="s">
-        <v>61</v>
+        <v>9</v>
       </c>
       <c r="C432" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="0" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="B433" s="0" t="s">
         <v>9</v>
       </c>
       <c r="C433" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="0" t="s">
-        <v>8</v>
+        <v>37</v>
       </c>
       <c r="B434" s="0" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C434" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="0" t="s">
-        <v>37</v>
+        <v>10</v>
       </c>
       <c r="B435" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C435" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" s="0" t="s">
-        <v>10</v>
+        <v>60</v>
       </c>
       <c r="B436" s="0" t="s">
-        <v>11</v>
+        <v>61</v>
       </c>
       <c r="C436" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="0" t="s">
-        <v>62</v>
+        <v>38</v>
       </c>
       <c r="B437" s="0" t="s">
-        <v>63</v>
+        <v>13</v>
       </c>
       <c r="C437" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="0" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="B438" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C438" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="0" t="s">
-        <v>12</v>
+        <v>41</v>
       </c>
       <c r="B439" s="0" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="C439" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="0" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="B440" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C440" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" s="0" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="B441" s="0" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C441" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="0" t="s">
-        <v>42</v>
+        <v>16</v>
       </c>
       <c r="B442" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C442" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="0" t="s">
-        <v>16</v>
+        <v>43</v>
       </c>
       <c r="B443" s="0" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C443" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" s="0" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="B444" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C444" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="0" t="s">
-        <v>18</v>
+        <v>46</v>
       </c>
       <c r="B445" s="0" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="C445" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="0" t="s">
-        <v>46</v>
+        <v>20</v>
       </c>
       <c r="B446" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C446" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" s="0" t="s">
-        <v>20</v>
+        <v>47</v>
       </c>
       <c r="B447" s="0" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="C447" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" s="0" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="B448" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C448" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" s="0" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
       <c r="B449" s="0" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C449" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" s="0" t="s">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="B450" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C450" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" s="0" t="s">
-        <v>24</v>
+        <v>51</v>
       </c>
       <c r="B451" s="0" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C451" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" s="0" t="s">
-        <v>51</v>
+        <v>26</v>
       </c>
       <c r="B452" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C452" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" s="0" t="s">
-        <v>26</v>
+        <v>52</v>
       </c>
       <c r="B453" s="0" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C453" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" s="0" t="s">
-        <v>52</v>
+        <v>28</v>
       </c>
       <c r="B454" s="0" t="s">
         <v>29</v>
       </c>
       <c r="C454" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" s="0" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="B455" s="0" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C455" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" s="0" t="s">
-        <v>53</v>
+        <v>30</v>
       </c>
       <c r="B456" s="0" t="s">
         <v>31</v>
       </c>
       <c r="C456" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" s="0" t="s">
-        <v>30</v>
+        <v>62</v>
       </c>
       <c r="B457" s="0" t="s">
-        <v>31</v>
+        <v>63</v>
       </c>
       <c r="C457" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="458">
       <c r="C458" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="459">
       <c r="C459" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="460">
       <c r="C460" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="461">
       <c r="C461" s="0" t="s">
         <v>5</v>
       </c>
     </row>