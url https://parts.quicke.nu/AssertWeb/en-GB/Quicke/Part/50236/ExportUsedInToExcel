--- v0 (2025-10-14)
+++ v1 (2025-12-17)
@@ -15,69 +15,69 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Part" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="21">
   <si>
     <t>Product No</t>
   </si>
   <si>
     <t>Product name</t>
   </si>
   <si>
     <t>Path</t>
   </si>
   <si>
+    <t>8753Q8</t>
+  </si>
+  <si>
+    <t>Q85x DL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">/ </t>
+  </si>
+  <si>
+    <t>8513Q8</t>
+  </si>
+  <si>
+    <t>Q85 DL</t>
+  </si>
+  <si>
+    <t>8523Q8</t>
+  </si>
+  <si>
     <t>8713Q8</t>
-  </si>
-[...16 lines deleted...]
-    <t>8523Q8</t>
   </si>
   <si>
     <t>8813Q8</t>
   </si>
   <si>
     <t>Q88 DL</t>
   </si>
   <si>
     <t>8853Q8</t>
   </si>
   <si>
     <t>8813T8</t>
   </si>
   <si>
     <t>+7.3P DL</t>
   </si>
   <si>
     <t>8853T8</t>
   </si>
   <si>
     <t>8713T8</t>
   </si>
   <si>
     <t>+7.0x DL</t>
   </si>
@@ -153,139 +153,139 @@
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" s="0" t="s">
         <v>7</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>10</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>12</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" s="0" t="s">
         <v>7</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>10</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>12</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>5</v>