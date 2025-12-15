--- v0 (2025-10-15)
+++ v1 (2025-12-15)
@@ -4,118 +4,118 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Part" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="139" uniqueCount="139">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="155" uniqueCount="155">
   <si>
     <t>Product No</t>
   </si>
   <si>
     <t>Product name</t>
   </si>
   <si>
     <t>Path</t>
   </si>
   <si>
+    <t>101146</t>
+  </si>
+  <si>
+    <t>Q4S DM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hydraulics/ </t>
+  </si>
+  <si>
     <t>110146</t>
   </si>
   <si>
-    <t>Q4S DM</t>
-[...5 lines deleted...]
-    <t>101146</t>
+    <t>101148</t>
+  </si>
+  <si>
+    <t>Q4M DM</t>
   </si>
   <si>
     <t>110148</t>
   </si>
   <si>
-    <t>Q4M DM</t>
-[...2 lines deleted...]
-    <t>101148</t>
+    <t>101149</t>
+  </si>
+  <si>
+    <t>Q4L DM</t>
   </si>
   <si>
     <t>110149</t>
   </si>
   <si>
-    <t>Q4L DM</t>
-[...2 lines deleted...]
-    <t>101149</t>
+    <t>101156</t>
+  </si>
+  <si>
+    <t>Q5S DM</t>
   </si>
   <si>
     <t>110156</t>
   </si>
   <si>
-    <t>Q5S DM</t>
-[...2 lines deleted...]
-    <t>101156</t>
+    <t>101158</t>
+  </si>
+  <si>
+    <t>Q5M DM</t>
   </si>
   <si>
     <t>110158</t>
   </si>
   <si>
-    <t>Q5M DM</t>
-[...2 lines deleted...]
-    <t>101158</t>
+    <t>101159</t>
+  </si>
+  <si>
+    <t>Q5L DM</t>
   </si>
   <si>
     <t>110159</t>
   </si>
   <si>
-    <t>Q5L DM</t>
-[...4 lines deleted...]
-  <si>
     <t>101168</t>
   </si>
   <si>
     <t>Q6M DM</t>
   </si>
   <si>
     <t>110168</t>
   </si>
   <si>
     <t>101169</t>
   </si>
   <si>
     <t>Q6L DM</t>
   </si>
   <si>
     <t>110169</t>
   </si>
   <si>
     <t>101176</t>
   </si>
   <si>
     <t>Q7S DM</t>
   </si>
   <si>
     <t>110176</t>
@@ -183,113 +183,113 @@
   <si>
     <t>X36</t>
   </si>
   <si>
     <t>XT36P1</t>
   </si>
   <si>
     <t>XQ46P1</t>
   </si>
   <si>
     <t>X46</t>
   </si>
   <si>
     <t>XT46P1</t>
   </si>
   <si>
     <t>XQ56P1</t>
   </si>
   <si>
     <t>X56</t>
   </si>
   <si>
     <t>XT56P1</t>
   </si>
   <si>
+    <t>101138</t>
+  </si>
+  <si>
+    <t>Q3M DM</t>
+  </si>
+  <si>
     <t>110138</t>
   </si>
   <si>
-    <t>Q3M DM</t>
-[...4 lines deleted...]
-  <si>
     <t>XQ16P1</t>
   </si>
   <si>
     <t>X16</t>
   </si>
   <si>
     <t>XT16P1</t>
   </si>
   <si>
     <t>XQ26P1</t>
   </si>
   <si>
     <t>X26</t>
   </si>
   <si>
     <t>XT26P1</t>
   </si>
   <si>
     <t>210116</t>
   </si>
   <si>
     <t>X1S</t>
   </si>
   <si>
     <t>201116</t>
   </si>
   <si>
     <t>210146</t>
   </si>
   <si>
     <t>X4S</t>
   </si>
   <si>
     <t>201146</t>
   </si>
   <si>
+    <t>101136</t>
+  </si>
+  <si>
+    <t>Q3S DM</t>
+  </si>
+  <si>
     <t>110136</t>
   </si>
   <si>
-    <t>Q3S DM</t>
-[...2 lines deleted...]
-    <t>101136</t>
+    <t>101139</t>
+  </si>
+  <si>
+    <t>Q3L DM</t>
   </si>
   <si>
     <t>110139</t>
   </si>
   <si>
-    <t>Q3L DM</t>
-[...4 lines deleted...]
-  <si>
     <t>101741</t>
   </si>
   <si>
     <t>Q4 DM</t>
   </si>
   <si>
     <t>101761</t>
   </si>
   <si>
     <t>Q6 DM</t>
   </si>
   <si>
     <t>101166</t>
   </si>
   <si>
     <t>Q6S DM</t>
   </si>
   <si>
     <t>110166</t>
   </si>
   <si>
     <t>101751</t>
   </si>
   <si>
     <t>Q5 DM</t>
@@ -348,54 +348,102 @@
   <si>
     <t>210151</t>
   </si>
   <si>
     <t>X5</t>
   </si>
   <si>
     <t>201151</t>
   </si>
   <si>
     <t>210131</t>
   </si>
   <si>
     <t>X3</t>
   </si>
   <si>
     <t>201131</t>
   </si>
   <si>
     <t>101D96</t>
   </si>
   <si>
     <t>Q9S DXL</t>
   </si>
   <si>
+    <t>403436</t>
+  </si>
+  <si>
+    <t>V3S</t>
+  </si>
+  <si>
+    <t>403446</t>
+  </si>
+  <si>
+    <t>V4S</t>
+  </si>
+  <si>
     <t>301831</t>
   </si>
   <si>
     <t>C13</t>
+  </si>
+  <si>
+    <t>403531</t>
+  </si>
+  <si>
+    <t>V3</t>
+  </si>
+  <si>
+    <t>403541</t>
+  </si>
+  <si>
+    <t>V4</t>
+  </si>
+  <si>
+    <t>403551</t>
+  </si>
+  <si>
+    <t>V5</t>
+  </si>
+  <si>
+    <t>403456</t>
+  </si>
+  <si>
+    <t>V5S</t>
+  </si>
+  <si>
+    <t>403521</t>
+  </si>
+  <si>
+    <t>V2</t>
+  </si>
+  <si>
+    <t>403426</t>
+  </si>
+  <si>
+    <t>V2S</t>
   </si>
   <si>
     <t>101286</t>
   </si>
   <si>
     <t>Q8S DL</t>
   </si>
   <si>
     <t>XQ21N1</t>
   </si>
   <si>
     <t>X21</t>
   </si>
   <si>
     <t>XT21N1</t>
   </si>
   <si>
     <t>201121</t>
   </si>
   <si>
     <t>X2</t>
   </si>
   <si>
     <t>210121</t>
   </si>
@@ -469,51 +517,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:C137"/>
+  <dimension ref="A1:C153"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="11.3395004272461" customWidth="1"/>
     <col min="2" max="2" width="13.7733736038208" customWidth="1"/>
     <col min="3" max="3" width="30.0329494476318" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
@@ -1299,399 +1347,527 @@
         <v>116</v>
       </c>
       <c r="B73" s="0" t="s">
         <v>117</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
         <v>118</v>
       </c>
       <c r="B74" s="0" t="s">
         <v>119</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
         <v>120</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="B83" s="0" t="s">
         <v>135</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="85">
+      <c r="A85" s="0" t="s">
+        <v>139</v>
+      </c>
+      <c r="B85" s="0" t="s">
+        <v>138</v>
+      </c>
       <c r="C85" s="0" t="s">
-        <v>138</v>
+        <v>5</v>
       </c>
     </row>
     <row r="86">
+      <c r="A86" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="B86" s="0" t="s">
+        <v>141</v>
+      </c>
       <c r="C86" s="0" t="s">
-        <v>138</v>
+        <v>5</v>
       </c>
     </row>
     <row r="87">
+      <c r="A87" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="B87" s="0" t="s">
+        <v>143</v>
+      </c>
       <c r="C87" s="0" t="s">
-        <v>138</v>
+        <v>5</v>
       </c>
     </row>
     <row r="88">
+      <c r="A88" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="B88" s="0" t="s">
+        <v>145</v>
+      </c>
       <c r="C88" s="0" t="s">
-        <v>138</v>
+        <v>5</v>
       </c>
     </row>
     <row r="89">
+      <c r="A89" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="B89" s="0" t="s">
+        <v>147</v>
+      </c>
       <c r="C89" s="0" t="s">
-        <v>138</v>
+        <v>5</v>
       </c>
     </row>
     <row r="90">
+      <c r="A90" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="B90" s="0" t="s">
+        <v>149</v>
+      </c>
       <c r="C90" s="0" t="s">
-        <v>138</v>
+        <v>5</v>
       </c>
     </row>
     <row r="91">
+      <c r="A91" s="0" t="s">
+        <v>150</v>
+      </c>
+      <c r="B91" s="0" t="s">
+        <v>151</v>
+      </c>
       <c r="C91" s="0" t="s">
-        <v>138</v>
+        <v>5</v>
       </c>
     </row>
     <row r="92">
+      <c r="A92" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="B92" s="0" t="s">
+        <v>153</v>
+      </c>
       <c r="C92" s="0" t="s">
-        <v>138</v>
+        <v>5</v>
       </c>
     </row>
     <row r="93">
       <c r="C93" s="0" t="s">
-        <v>138</v>
+        <v>154</v>
       </c>
     </row>
     <row r="94">
       <c r="C94" s="0" t="s">
-        <v>138</v>
+        <v>154</v>
       </c>
     </row>
     <row r="95">
       <c r="C95" s="0" t="s">
-        <v>138</v>
+        <v>154</v>
       </c>
     </row>
     <row r="96">
       <c r="C96" s="0" t="s">
-        <v>138</v>
+        <v>154</v>
       </c>
     </row>
     <row r="97">
       <c r="C97" s="0" t="s">
-        <v>138</v>
+        <v>154</v>
       </c>
     </row>
     <row r="98">
       <c r="C98" s="0" t="s">
-        <v>138</v>
+        <v>154</v>
       </c>
     </row>
     <row r="99">
       <c r="C99" s="0" t="s">
-        <v>138</v>
+        <v>154</v>
       </c>
     </row>
     <row r="100">
       <c r="C100" s="0" t="s">
-        <v>138</v>
+        <v>154</v>
       </c>
     </row>
     <row r="101">
       <c r="C101" s="0" t="s">
-        <v>138</v>
+        <v>154</v>
       </c>
     </row>
     <row r="102">
       <c r="C102" s="0" t="s">
-        <v>138</v>
+        <v>154</v>
       </c>
     </row>
     <row r="103">
       <c r="C103" s="0" t="s">
-        <v>138</v>
+        <v>154</v>
       </c>
     </row>
     <row r="104">
       <c r="C104" s="0" t="s">
-        <v>138</v>
+        <v>154</v>
       </c>
     </row>
     <row r="105">
       <c r="C105" s="0" t="s">
-        <v>138</v>
+        <v>154</v>
       </c>
     </row>
     <row r="106">
       <c r="C106" s="0" t="s">
-        <v>138</v>
+        <v>154</v>
       </c>
     </row>
     <row r="107">
       <c r="C107" s="0" t="s">
-        <v>138</v>
+        <v>154</v>
       </c>
     </row>
     <row r="108">
       <c r="C108" s="0" t="s">
-        <v>138</v>
+        <v>154</v>
       </c>
     </row>
     <row r="109">
       <c r="C109" s="0" t="s">
-        <v>138</v>
+        <v>154</v>
       </c>
     </row>
     <row r="110">
       <c r="C110" s="0" t="s">
-        <v>138</v>
+        <v>154</v>
       </c>
     </row>
     <row r="111">
       <c r="C111" s="0" t="s">
-        <v>138</v>
+        <v>154</v>
       </c>
     </row>
     <row r="112">
       <c r="C112" s="0" t="s">
-        <v>138</v>
+        <v>154</v>
       </c>
     </row>
     <row r="113">
       <c r="C113" s="0" t="s">
-        <v>138</v>
+        <v>154</v>
       </c>
     </row>
     <row r="114">
       <c r="C114" s="0" t="s">
-        <v>138</v>
+        <v>154</v>
       </c>
     </row>
     <row r="115">
       <c r="C115" s="0" t="s">
-        <v>138</v>
+        <v>154</v>
       </c>
     </row>
     <row r="116">
       <c r="C116" s="0" t="s">
-        <v>138</v>
+        <v>154</v>
       </c>
     </row>
     <row r="117">
       <c r="C117" s="0" t="s">
-        <v>138</v>
+        <v>154</v>
       </c>
     </row>
     <row r="118">
       <c r="C118" s="0" t="s">
-        <v>138</v>
+        <v>154</v>
       </c>
     </row>
     <row r="119">
       <c r="C119" s="0" t="s">
-        <v>138</v>
+        <v>154</v>
       </c>
     </row>
     <row r="120">
       <c r="C120" s="0" t="s">
-        <v>138</v>
+        <v>154</v>
       </c>
     </row>
     <row r="121">
       <c r="C121" s="0" t="s">
-        <v>138</v>
+        <v>154</v>
       </c>
     </row>
     <row r="122">
       <c r="C122" s="0" t="s">
-        <v>138</v>
+        <v>154</v>
       </c>
     </row>
     <row r="123">
       <c r="C123" s="0" t="s">
-        <v>138</v>
+        <v>154</v>
       </c>
     </row>
     <row r="124">
       <c r="C124" s="0" t="s">
-        <v>138</v>
+        <v>154</v>
       </c>
     </row>
     <row r="125">
       <c r="C125" s="0" t="s">
-        <v>138</v>
+        <v>154</v>
       </c>
     </row>
     <row r="126">
       <c r="C126" s="0" t="s">
-        <v>138</v>
+        <v>154</v>
       </c>
     </row>
     <row r="127">
       <c r="C127" s="0" t="s">
-        <v>138</v>
+        <v>154</v>
       </c>
     </row>
     <row r="128">
       <c r="C128" s="0" t="s">
-        <v>138</v>
+        <v>154</v>
       </c>
     </row>
     <row r="129">
       <c r="C129" s="0" t="s">
-        <v>138</v>
+        <v>154</v>
       </c>
     </row>
     <row r="130">
       <c r="C130" s="0" t="s">
-        <v>138</v>
+        <v>154</v>
       </c>
     </row>
     <row r="131">
       <c r="C131" s="0" t="s">
-        <v>138</v>
+        <v>154</v>
       </c>
     </row>
     <row r="132">
       <c r="C132" s="0" t="s">
-        <v>138</v>
+        <v>154</v>
       </c>
     </row>
     <row r="133">
       <c r="C133" s="0" t="s">
-        <v>138</v>
+        <v>154</v>
       </c>
     </row>
     <row r="134">
       <c r="C134" s="0" t="s">
-        <v>138</v>
+        <v>154</v>
       </c>
     </row>
     <row r="135">
       <c r="C135" s="0" t="s">
-        <v>138</v>
+        <v>154</v>
       </c>
     </row>
     <row r="136">
       <c r="C136" s="0" t="s">
-        <v>138</v>
+        <v>154</v>
       </c>
     </row>
     <row r="137">
       <c r="C137" s="0" t="s">
-        <v>138</v>
+        <v>154</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="C138" s="0" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="C139" s="0" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="C140" s="0" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="C141" s="0" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="C142" s="0" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="C143" s="0" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="144">
+      <c r="C144" s="0" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="145">
+      <c r="C145" s="0" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="146">
+      <c r="C146" s="0" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="147">
+      <c r="C147" s="0" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="148">
+      <c r="C148" s="0" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="149">
+      <c r="C149" s="0" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="150">
+      <c r="C150" s="0" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="151">
+      <c r="C151" s="0" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="152">
+      <c r="C152" s="0" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="153">
+      <c r="C153" s="0" t="s">
+        <v>154</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>