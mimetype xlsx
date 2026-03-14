--- v1 (2025-12-15)
+++ v2 (2026-03-14)
@@ -15,158 +15,158 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Part" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="155" uniqueCount="155">
   <si>
     <t>Product No</t>
   </si>
   <si>
     <t>Product name</t>
   </si>
   <si>
     <t>Path</t>
   </si>
   <si>
+    <t>110146</t>
+  </si>
+  <si>
+    <t>Q4S DM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hydraulics/ </t>
+  </si>
+  <si>
     <t>101146</t>
   </si>
   <si>
-    <t>Q4S DM</t>
-[...5 lines deleted...]
-    <t>110146</t>
+    <t>110148</t>
+  </si>
+  <si>
+    <t>Q4M DM</t>
   </si>
   <si>
     <t>101148</t>
   </si>
   <si>
-    <t>Q4M DM</t>
-[...2 lines deleted...]
-    <t>110148</t>
+    <t>110149</t>
+  </si>
+  <si>
+    <t>Q4L DM</t>
   </si>
   <si>
     <t>101149</t>
   </si>
   <si>
-    <t>Q4L DM</t>
-[...2 lines deleted...]
-    <t>110149</t>
+    <t>110156</t>
+  </si>
+  <si>
+    <t>Q5S DM</t>
   </si>
   <si>
     <t>101156</t>
   </si>
   <si>
-    <t>Q5S DM</t>
-[...2 lines deleted...]
-    <t>110156</t>
+    <t>110158</t>
+  </si>
+  <si>
+    <t>Q5M DM</t>
   </si>
   <si>
     <t>101158</t>
   </si>
   <si>
-    <t>Q5M DM</t>
-[...2 lines deleted...]
-    <t>110158</t>
+    <t>110159</t>
+  </si>
+  <si>
+    <t>Q5L DM</t>
   </si>
   <si>
     <t>101159</t>
   </si>
   <si>
-    <t>Q5L DM</t>
-[...2 lines deleted...]
-    <t>110159</t>
+    <t>110168</t>
+  </si>
+  <si>
+    <t>Q6M DM</t>
   </si>
   <si>
     <t>101168</t>
   </si>
   <si>
-    <t>Q6M DM</t>
-[...2 lines deleted...]
-    <t>110168</t>
+    <t>110169</t>
+  </si>
+  <si>
+    <t>Q6L DM</t>
   </si>
   <si>
     <t>101169</t>
   </si>
   <si>
-    <t>Q6L DM</t>
-[...2 lines deleted...]
-    <t>110169</t>
+    <t>110176</t>
+  </si>
+  <si>
+    <t>Q7S DM</t>
   </si>
   <si>
     <t>101176</t>
   </si>
   <si>
-    <t>Q7S DM</t>
-[...2 lines deleted...]
-    <t>110176</t>
+    <t>110178</t>
+  </si>
+  <si>
+    <t>Q7M DM</t>
   </si>
   <si>
     <t>101178</t>
   </si>
   <si>
-    <t>Q7M DM</t>
-[...4 lines deleted...]
-  <si>
     <t>101179</t>
   </si>
   <si>
     <t>Q7L DM</t>
   </si>
   <si>
+    <t>110288</t>
+  </si>
+  <si>
+    <t>Q8M DL</t>
+  </si>
+  <si>
     <t>101288</t>
   </si>
   <si>
-    <t>Q8M DL</t>
-[...4 lines deleted...]
-  <si>
     <t>210136</t>
   </si>
   <si>
     <t>X3S</t>
   </si>
   <si>
     <t>201136</t>
   </si>
   <si>
     <t>210156</t>
   </si>
   <si>
     <t>X5S</t>
   </si>
   <si>
     <t>201156</t>
   </si>
   <si>
     <t>201111</t>
   </si>
   <si>
     <t>X1</t>
   </si>
   <si>
     <t>210126</t>
@@ -183,134 +183,134 @@
   <si>
     <t>X36</t>
   </si>
   <si>
     <t>XT36P1</t>
   </si>
   <si>
     <t>XQ46P1</t>
   </si>
   <si>
     <t>X46</t>
   </si>
   <si>
     <t>XT46P1</t>
   </si>
   <si>
     <t>XQ56P1</t>
   </si>
   <si>
     <t>X56</t>
   </si>
   <si>
     <t>XT56P1</t>
   </si>
   <si>
+    <t>110138</t>
+  </si>
+  <si>
+    <t>Q3M DM</t>
+  </si>
+  <si>
     <t>101138</t>
   </si>
   <si>
-    <t>Q3M DM</t>
-[...4 lines deleted...]
-  <si>
     <t>XQ16P1</t>
   </si>
   <si>
     <t>X16</t>
   </si>
   <si>
     <t>XT16P1</t>
   </si>
   <si>
     <t>XQ26P1</t>
   </si>
   <si>
     <t>X26</t>
   </si>
   <si>
     <t>XT26P1</t>
   </si>
   <si>
     <t>210116</t>
   </si>
   <si>
     <t>X1S</t>
   </si>
   <si>
     <t>201116</t>
   </si>
   <si>
     <t>210146</t>
   </si>
   <si>
     <t>X4S</t>
   </si>
   <si>
     <t>201146</t>
   </si>
   <si>
+    <t>110136</t>
+  </si>
+  <si>
+    <t>Q3S DM</t>
+  </si>
+  <si>
     <t>101136</t>
   </si>
   <si>
-    <t>Q3S DM</t>
-[...2 lines deleted...]
-    <t>110136</t>
+    <t>110139</t>
+  </si>
+  <si>
+    <t>Q3L DM</t>
   </si>
   <si>
     <t>101139</t>
   </si>
   <si>
-    <t>Q3L DM</t>
-[...4 lines deleted...]
-  <si>
     <t>101741</t>
   </si>
   <si>
     <t>Q4 DM</t>
   </si>
   <si>
     <t>101761</t>
   </si>
   <si>
     <t>Q6 DM</t>
   </si>
   <si>
+    <t>110166</t>
+  </si>
+  <si>
+    <t>Q6S DM</t>
+  </si>
+  <si>
     <t>101166</t>
   </si>
   <si>
-    <t>Q6S DM</t>
-[...4 lines deleted...]
-  <si>
     <t>101751</t>
   </si>
   <si>
     <t>Q5 DM</t>
   </si>
   <si>
     <t>101733</t>
   </si>
   <si>
     <t>Q3 DM</t>
   </si>
   <si>
     <t>101268</t>
   </si>
   <si>
     <t>Q6M DL</t>
   </si>
   <si>
     <t>XT31N1</t>
   </si>
   <si>
     <t>X31</t>
   </si>
   <si>
     <t>XQ31N1</t>
@@ -444,72 +444,72 @@
   <si>
     <t>X2</t>
   </si>
   <si>
     <t>210121</t>
   </si>
   <si>
     <t>501741</t>
   </si>
   <si>
     <t>N4 DM</t>
   </si>
   <si>
     <t>501751</t>
   </si>
   <si>
     <t>N5 DM</t>
   </si>
   <si>
     <t>501761</t>
   </si>
   <si>
     <t>N6 DM</t>
   </si>
   <si>
+    <t>501166</t>
+  </si>
+  <si>
+    <t>N6S DM</t>
+  </si>
+  <si>
+    <t>501156</t>
+  </si>
+  <si>
+    <t>N5S DM</t>
+  </si>
+  <si>
+    <t>501158</t>
+  </si>
+  <si>
+    <t>N5M DM</t>
+  </si>
+  <si>
     <t>501146</t>
   </si>
   <si>
     <t>N4S DM</t>
-  </si>
-[...16 lines deleted...]
-    <t>N5M DM</t>
   </si>
   <si>
     <t xml:space="preserve">/ </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">