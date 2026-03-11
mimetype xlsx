--- v0 (2025-11-16)
+++ v1 (2026-03-11)
@@ -1476,189 +1476,189 @@
   <si>
     <t>Q75 DM ext.</t>
   </si>
   <si>
     <t>7524Q8</t>
   </si>
   <si>
     <t>8513Q8</t>
   </si>
   <si>
     <t>Q85 DL</t>
   </si>
   <si>
     <t>8523Q8</t>
   </si>
   <si>
     <t>8713Q8</t>
   </si>
   <si>
     <t>Q85x DL</t>
   </si>
   <si>
     <t>8753Q8</t>
   </si>
   <si>
+    <t>101268</t>
+  </si>
+  <si>
+    <t>Q6M DL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HQ-4/ </t>
+  </si>
+  <si>
     <t>101286</t>
   </si>
   <si>
     <t>Q8S DL</t>
   </si>
   <si>
-    <t xml:space="preserve">HQ-4/ </t>
+    <t>101D96</t>
+  </si>
+  <si>
+    <t>Q9S DXL</t>
   </si>
   <si>
     <t>101288</t>
   </si>
   <si>
     <t>Q8M DL</t>
   </si>
   <si>
-    <t>101D96</t>
-[...4 lines deleted...]
-  <si>
     <t>101179</t>
   </si>
   <si>
     <t>Q7L DM</t>
   </si>
   <si>
     <t>101178</t>
   </si>
   <si>
     <t>Q7M DM</t>
   </si>
   <si>
     <t>101176</t>
   </si>
   <si>
     <t>Q7S DM</t>
   </si>
   <si>
     <t>101169</t>
   </si>
   <si>
     <t>Q6L DM</t>
   </si>
   <si>
     <t>101168</t>
   </si>
   <si>
     <t>Q6M DM</t>
   </si>
   <si>
-    <t>101268</t>
-[...4 lines deleted...]
-  <si>
     <t>101166</t>
   </si>
   <si>
     <t>Q6S DM</t>
   </si>
   <si>
     <t>101761</t>
   </si>
   <si>
     <t>Q6 DM</t>
   </si>
   <si>
     <t>101159</t>
   </si>
   <si>
     <t>Q5L DM</t>
   </si>
   <si>
     <t>101158</t>
   </si>
   <si>
     <t>Q5M DM</t>
   </si>
   <si>
     <t>101156</t>
   </si>
   <si>
     <t>Q5S DM</t>
   </si>
   <si>
     <t>101751</t>
   </si>
   <si>
     <t>Q5 DM</t>
   </si>
   <si>
     <t>101149</t>
   </si>
   <si>
     <t>Q4L DM</t>
   </si>
   <si>
     <t>101148</t>
   </si>
   <si>
     <t>Q4M DM</t>
   </si>
   <si>
+    <t>101733</t>
+  </si>
+  <si>
+    <t>Q3 DM</t>
+  </si>
+  <si>
+    <t>101136</t>
+  </si>
+  <si>
+    <t>Q3S DM</t>
+  </si>
+  <si>
+    <t>101138</t>
+  </si>
+  <si>
+    <t>Q3M DM</t>
+  </si>
+  <si>
+    <t>101139</t>
+  </si>
+  <si>
+    <t>Q3L DM</t>
+  </si>
+  <si>
+    <t>101741</t>
+  </si>
+  <si>
+    <t>Q4 DM</t>
+  </si>
+  <si>
     <t>101146</t>
   </si>
   <si>
     <t>Q4S DM</t>
-  </si>
-[...28 lines deleted...]
-    <t>Q3 DM</t>
   </si>
   <si>
     <t>110178</t>
   </si>
   <si>
     <t>110176</t>
   </si>
   <si>
     <t>110169</t>
   </si>
   <si>
     <t>110168</t>
   </si>
   <si>
     <t>110166</t>
   </si>
   <si>
     <t>110159</t>
   </si>
   <si>
     <t>110158</t>
   </si>
   <si>
     <t>110156</t>
   </si>
@@ -7613,84 +7613,84 @@
         <v>533</v>
       </c>
       <c r="B527" s="0" t="s">
         <v>534</v>
       </c>
       <c r="C527" s="0" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="528">
       <c r="A528" s="0" t="s">
         <v>535</v>
       </c>
       <c r="B528" s="0" t="s">
         <v>536</v>
       </c>
       <c r="C528" s="0" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="529">
       <c r="A529" s="0" t="s">
         <v>537</v>
       </c>
       <c r="B529" s="0" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="C529" s="0" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="530">
       <c r="A530" s="0" t="s">
         <v>538</v>
       </c>
       <c r="B530" s="0" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="C530" s="0" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="531">
       <c r="A531" s="0" t="s">
         <v>539</v>
       </c>
       <c r="B531" s="0" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="C531" s="0" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="532">
       <c r="A532" s="0" t="s">
         <v>540</v>
       </c>
       <c r="B532" s="0" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="C532" s="0" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="533">
       <c r="A533" s="0" t="s">
         <v>541</v>
       </c>
       <c r="B533" s="0" t="s">
         <v>510</v>
       </c>
       <c r="C533" s="0" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="534">
       <c r="A534" s="0" t="s">
         <v>542</v>
       </c>
       <c r="B534" s="0" t="s">
         <v>514</v>
       </c>
       <c r="C534" s="0" t="s">
         <v>492</v>
@@ -7723,84 +7723,84 @@
         <v>545</v>
       </c>
       <c r="B537" s="0" t="s">
         <v>522</v>
       </c>
       <c r="C537" s="0" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="538">
       <c r="A538" s="0" t="s">
         <v>546</v>
       </c>
       <c r="B538" s="0" t="s">
         <v>524</v>
       </c>
       <c r="C538" s="0" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="539">
       <c r="A539" s="0" t="s">
         <v>547</v>
       </c>
       <c r="B539" s="0" t="s">
-        <v>526</v>
+        <v>536</v>
       </c>
       <c r="C539" s="0" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="540">
       <c r="A540" s="0" t="s">
         <v>548</v>
       </c>
       <c r="B540" s="0" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="C540" s="0" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="541">
       <c r="A541" s="0" t="s">
         <v>549</v>
       </c>
       <c r="B541" s="0" t="s">
-        <v>532</v>
+        <v>530</v>
       </c>
       <c r="C541" s="0" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="542">
       <c r="A542" s="0" t="s">
         <v>550</v>
       </c>
       <c r="B542" s="0" t="s">
-        <v>534</v>
+        <v>528</v>
       </c>
       <c r="C542" s="0" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="543">
       <c r="B543" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C543" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="544">
       <c r="B544" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C544" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="545">
       <c r="B545" s="0" t="s">
         <v>6</v>
       </c>
@@ -11158,84 +11158,84 @@
         <v>533</v>
       </c>
       <c r="B852" s="0" t="s">
         <v>534</v>
       </c>
       <c r="C852" s="0" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="853">
       <c r="A853" s="0" t="s">
         <v>535</v>
       </c>
       <c r="B853" s="0" t="s">
         <v>536</v>
       </c>
       <c r="C853" s="0" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="854">
       <c r="A854" s="0" t="s">
         <v>537</v>
       </c>
       <c r="B854" s="0" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="C854" s="0" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="855">
       <c r="A855" s="0" t="s">
         <v>538</v>
       </c>
       <c r="B855" s="0" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="C855" s="0" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="856">
       <c r="A856" s="0" t="s">
         <v>539</v>
       </c>
       <c r="B856" s="0" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="C856" s="0" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="857">
       <c r="A857" s="0" t="s">
         <v>540</v>
       </c>
       <c r="B857" s="0" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="C857" s="0" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="858">
       <c r="A858" s="0" t="s">
         <v>541</v>
       </c>
       <c r="B858" s="0" t="s">
         <v>510</v>
       </c>
       <c r="C858" s="0" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="859">
       <c r="A859" s="0" t="s">
         <v>542</v>
       </c>
       <c r="B859" s="0" t="s">
         <v>514</v>
       </c>
       <c r="C859" s="0" t="s">
         <v>492</v>
@@ -11268,84 +11268,84 @@
         <v>545</v>
       </c>
       <c r="B862" s="0" t="s">
         <v>522</v>
       </c>
       <c r="C862" s="0" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="863">
       <c r="A863" s="0" t="s">
         <v>546</v>
       </c>
       <c r="B863" s="0" t="s">
         <v>524</v>
       </c>
       <c r="C863" s="0" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="864">
       <c r="A864" s="0" t="s">
         <v>547</v>
       </c>
       <c r="B864" s="0" t="s">
-        <v>526</v>
+        <v>536</v>
       </c>
       <c r="C864" s="0" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="865">
       <c r="A865" s="0" t="s">
         <v>548</v>
       </c>
       <c r="B865" s="0" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="C865" s="0" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="866">
       <c r="A866" s="0" t="s">
         <v>549</v>
       </c>
       <c r="B866" s="0" t="s">
-        <v>532</v>
+        <v>530</v>
       </c>
       <c r="C866" s="0" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="867">
       <c r="A867" s="0" t="s">
         <v>550</v>
       </c>
       <c r="B867" s="0" t="s">
-        <v>534</v>
+        <v>528</v>
       </c>
       <c r="C867" s="0" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="868">
       <c r="A868" s="0" t="s">
         <v>57</v>
       </c>
       <c r="B868" s="0" t="s">
         <v>58</v>
       </c>
       <c r="C868" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="869">
       <c r="A869" s="0" t="s">
         <v>60</v>
       </c>
       <c r="B869" s="0" t="s">
         <v>61</v>
       </c>
       <c r="C869" s="0" t="s">
         <v>59</v>
@@ -14183,84 +14183,84 @@
         <v>533</v>
       </c>
       <c r="B1127" s="0" t="s">
         <v>534</v>
       </c>
       <c r="C1127" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="1128">
       <c r="A1128" s="0" t="s">
         <v>535</v>
       </c>
       <c r="B1128" s="0" t="s">
         <v>536</v>
       </c>
       <c r="C1128" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="1129">
       <c r="A1129" s="0" t="s">
         <v>537</v>
       </c>
       <c r="B1129" s="0" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="C1129" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="1130">
       <c r="A1130" s="0" t="s">
         <v>538</v>
       </c>
       <c r="B1130" s="0" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="C1130" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="1131">
       <c r="A1131" s="0" t="s">
         <v>539</v>
       </c>
       <c r="B1131" s="0" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="C1131" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="1132">
       <c r="A1132" s="0" t="s">
         <v>540</v>
       </c>
       <c r="B1132" s="0" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="C1132" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="1133">
       <c r="A1133" s="0" t="s">
         <v>541</v>
       </c>
       <c r="B1133" s="0" t="s">
         <v>510</v>
       </c>
       <c r="C1133" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="1134">
       <c r="A1134" s="0" t="s">
         <v>542</v>
       </c>
       <c r="B1134" s="0" t="s">
         <v>514</v>
       </c>
       <c r="C1134" s="0" t="s">
         <v>59</v>
@@ -14293,84 +14293,84 @@
         <v>545</v>
       </c>
       <c r="B1137" s="0" t="s">
         <v>522</v>
       </c>
       <c r="C1137" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="1138">
       <c r="A1138" s="0" t="s">
         <v>546</v>
       </c>
       <c r="B1138" s="0" t="s">
         <v>524</v>
       </c>
       <c r="C1138" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="1139">
       <c r="A1139" s="0" t="s">
         <v>547</v>
       </c>
       <c r="B1139" s="0" t="s">
-        <v>526</v>
+        <v>536</v>
       </c>
       <c r="C1139" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="1140">
       <c r="A1140" s="0" t="s">
         <v>548</v>
       </c>
       <c r="B1140" s="0" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="C1140" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="1141">
       <c r="A1141" s="0" t="s">
         <v>549</v>
       </c>
       <c r="B1141" s="0" t="s">
-        <v>532</v>
+        <v>530</v>
       </c>
       <c r="C1141" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="1142">
       <c r="A1142" s="0" t="s">
         <v>550</v>
       </c>
       <c r="B1142" s="0" t="s">
-        <v>534</v>
+        <v>528</v>
       </c>
       <c r="C1142" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="1143">
       <c r="A1143" s="0" t="s">
         <v>489</v>
       </c>
       <c r="B1143" s="0" t="s">
         <v>488</v>
       </c>
       <c r="C1143" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="1144">
       <c r="A1144" s="0" t="s">
         <v>489</v>
       </c>
       <c r="B1144" s="0" t="s">
         <v>488</v>
       </c>
       <c r="C1144" s="0" t="s">
         <v>59</v>
@@ -14623,84 +14623,84 @@
         <v>533</v>
       </c>
       <c r="B1167" s="0" t="s">
         <v>534</v>
       </c>
       <c r="C1167" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="1168">
       <c r="A1168" s="0" t="s">
         <v>535</v>
       </c>
       <c r="B1168" s="0" t="s">
         <v>536</v>
       </c>
       <c r="C1168" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="1169">
       <c r="A1169" s="0" t="s">
         <v>537</v>
       </c>
       <c r="B1169" s="0" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="C1169" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="1170">
       <c r="A1170" s="0" t="s">
         <v>538</v>
       </c>
       <c r="B1170" s="0" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="C1170" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="1171">
       <c r="A1171" s="0" t="s">
         <v>539</v>
       </c>
       <c r="B1171" s="0" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="C1171" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="1172">
       <c r="A1172" s="0" t="s">
         <v>540</v>
       </c>
       <c r="B1172" s="0" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="C1172" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="1173">
       <c r="A1173" s="0" t="s">
         <v>541</v>
       </c>
       <c r="B1173" s="0" t="s">
         <v>510</v>
       </c>
       <c r="C1173" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="1174">
       <c r="A1174" s="0" t="s">
         <v>542</v>
       </c>
       <c r="B1174" s="0" t="s">
         <v>514</v>
       </c>
       <c r="C1174" s="0" t="s">
         <v>59</v>
@@ -14733,84 +14733,84 @@
         <v>545</v>
       </c>
       <c r="B1177" s="0" t="s">
         <v>522</v>
       </c>
       <c r="C1177" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="1178">
       <c r="A1178" s="0" t="s">
         <v>546</v>
       </c>
       <c r="B1178" s="0" t="s">
         <v>524</v>
       </c>
       <c r="C1178" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="1179">
       <c r="A1179" s="0" t="s">
         <v>547</v>
       </c>
       <c r="B1179" s="0" t="s">
-        <v>526</v>
+        <v>536</v>
       </c>
       <c r="C1179" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="1180">
       <c r="A1180" s="0" t="s">
         <v>548</v>
       </c>
       <c r="B1180" s="0" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="C1180" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="1181">
       <c r="A1181" s="0" t="s">
         <v>549</v>
       </c>
       <c r="B1181" s="0" t="s">
-        <v>532</v>
+        <v>530</v>
       </c>
       <c r="C1181" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="1182">
       <c r="A1182" s="0" t="s">
         <v>550</v>
       </c>
       <c r="B1182" s="0" t="s">
-        <v>534</v>
+        <v>528</v>
       </c>
       <c r="C1182" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="1183">
       <c r="C1183" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="1184">
       <c r="C1184" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="1185">
       <c r="C1185" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="1186">
       <c r="C1186" s="0" t="s">
         <v>59</v>
       </c>
     </row>