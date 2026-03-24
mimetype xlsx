--- v0 (2025-10-24)
+++ v1 (2026-03-24)
@@ -150,72 +150,72 @@
   <si>
     <t>Q6 DM</t>
   </si>
   <si>
     <t>101159</t>
   </si>
   <si>
     <t>101158</t>
   </si>
   <si>
     <t>101156</t>
   </si>
   <si>
     <t>101751</t>
   </si>
   <si>
     <t>Q5 DM</t>
   </si>
   <si>
     <t>101149</t>
   </si>
   <si>
     <t>101148</t>
   </si>
   <si>
+    <t>101733</t>
+  </si>
+  <si>
+    <t>Q3 DM</t>
+  </si>
+  <si>
+    <t>101136</t>
+  </si>
+  <si>
+    <t>101138</t>
+  </si>
+  <si>
+    <t>101139</t>
+  </si>
+  <si>
+    <t>101741</t>
+  </si>
+  <si>
+    <t>Q4 DM</t>
+  </si>
+  <si>
     <t>101146</t>
-  </si>
-[...19 lines deleted...]
-    <t>Q3 DM</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
@@ -544,106 +544,106 @@
         <v>46</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
         <v>47</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
         <v>48</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>50</v>
+        <v>31</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
         <v>51</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
         <v>52</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>31</v>
+        <v>54</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>5</v>
@@ -1066,106 +1066,106 @@
         <v>46</v>
       </c>
       <c r="B75" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
         <v>47</v>
       </c>
       <c r="B76" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
         <v>48</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>50</v>
+        <v>31</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
         <v>51</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
         <v>52</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>31</v>
+        <v>54</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B83" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
         <v>34</v>
       </c>
       <c r="B84" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>5</v>
@@ -1275,100 +1275,100 @@
         <v>46</v>
       </c>
       <c r="B94" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
         <v>47</v>
       </c>
       <c r="B95" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
         <v>48</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>50</v>
+        <v>31</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
         <v>51</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
         <v>52</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>31</v>
+        <v>54</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="102">
       <c r="C102" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="103">
       <c r="C103" s="0" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>