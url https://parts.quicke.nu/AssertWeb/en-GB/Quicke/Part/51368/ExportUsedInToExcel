--- v0 (2025-10-21)
+++ v1 (2025-12-19)
@@ -30,60 +30,60 @@
   <si>
     <t>Product No</t>
   </si>
   <si>
     <t>Product name</t>
   </si>
   <si>
     <t>Path</t>
   </si>
   <si>
     <t>101286</t>
   </si>
   <si>
     <t>Q8S DL</t>
   </si>
   <si>
     <t xml:space="preserve">/ </t>
   </si>
   <si>
     <t>101288</t>
   </si>
   <si>
     <t>Q8M DL</t>
   </si>
   <si>
+    <t>101268</t>
+  </si>
+  <si>
+    <t>Q6M DL</t>
+  </si>
+  <si>
     <t>101278</t>
   </si>
   <si>
     <t>Q7M DL</t>
-  </si>
-[...4 lines deleted...]
-    <t>Q6M DL</t>
   </si>
   <si>
     <t>110288</t>
   </si>
   <si>
     <t xml:space="preserve">Euro/SMS/ </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>