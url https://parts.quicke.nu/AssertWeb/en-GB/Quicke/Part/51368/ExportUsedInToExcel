--- v1 (2025-12-19)
+++ v2 (2026-03-20)
@@ -15,69 +15,69 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Part" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="14" uniqueCount="14">
   <si>
     <t>Product No</t>
   </si>
   <si>
     <t>Product name</t>
   </si>
   <si>
     <t>Path</t>
   </si>
   <si>
+    <t>101268</t>
+  </si>
+  <si>
+    <t>Q6M DL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">/ </t>
+  </si>
+  <si>
     <t>101286</t>
   </si>
   <si>
     <t>Q8S DL</t>
   </si>
   <si>
-    <t xml:space="preserve">/ </t>
-[...1 lines deleted...]
-  <si>
     <t>101288</t>
   </si>
   <si>
     <t>Q8M DL</t>
-  </si>
-[...4 lines deleted...]
-    <t>Q6M DL</t>
   </si>
   <si>
     <t>101278</t>
   </si>
   <si>
     <t>Q7M DL</t>
   </si>
   <si>
     <t>110288</t>
   </si>
   <si>
     <t xml:space="preserve">Euro/SMS/ </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
@@ -214,51 +214,51 @@
       <c r="C8" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>10</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="10">
       <c r="C10" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>12</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>12</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="13">
       <c r="C13" s="0" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>