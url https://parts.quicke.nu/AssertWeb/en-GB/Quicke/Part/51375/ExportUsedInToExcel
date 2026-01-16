--- v0 (2025-10-18)
+++ v1 (2026-01-16)
@@ -15,60 +15,60 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Part" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="12">
   <si>
     <t>Product No</t>
   </si>
   <si>
     <t>Product name</t>
   </si>
   <si>
     <t>Path</t>
   </si>
   <si>
+    <t>Buckets</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BoH M16/ </t>
+  </si>
+  <si>
     <t>Attachment kit</t>
   </si>
   <si>
     <t xml:space="preserve">Attachment M16/ </t>
-  </si>
-[...4 lines deleted...]
-    <t xml:space="preserve">BoH M16/ </t>
   </si>
   <si>
     <t xml:space="preserve">Rails/ </t>
   </si>
   <si>
     <t xml:space="preserve">U-bolt XL/ </t>
   </si>
   <si>
     <t xml:space="preserve">BoH M24/ </t>
   </si>
   <si>
     <t xml:space="preserve">Attachment U-bolt/ </t>
   </si>
   <si>
     <t xml:space="preserve">/ </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
@@ -128,83 +128,83 @@
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2">
       <c r="B2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="3">
       <c r="B3" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4">
       <c r="B4" s="0" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="5">
       <c r="B5" s="0" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6">
       <c r="B6" s="0" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="7">
       <c r="B7" s="0" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="8">
       <c r="B8" s="0" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="C9" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="10">
       <c r="C10" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="11">
       <c r="C11" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="12">
       <c r="C12" s="0" t="s">
         <v>11</v>
       </c>
     </row>