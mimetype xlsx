--- v0 (2025-10-20)
+++ v1 (2026-01-18)
@@ -150,72 +150,72 @@
   <si>
     <t>Q6 DM</t>
   </si>
   <si>
     <t>101159</t>
   </si>
   <si>
     <t>101158</t>
   </si>
   <si>
     <t>101156</t>
   </si>
   <si>
     <t>101751</t>
   </si>
   <si>
     <t>Q5 DM</t>
   </si>
   <si>
     <t>101149</t>
   </si>
   <si>
     <t>101148</t>
   </si>
   <si>
+    <t>101733</t>
+  </si>
+  <si>
+    <t>Q3 DM</t>
+  </si>
+  <si>
+    <t>101136</t>
+  </si>
+  <si>
+    <t>101138</t>
+  </si>
+  <si>
+    <t>101139</t>
+  </si>
+  <si>
+    <t>101741</t>
+  </si>
+  <si>
+    <t>Q4 DM</t>
+  </si>
+  <si>
     <t>101146</t>
-  </si>
-[...19 lines deleted...]
-    <t>Q3 DM</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
@@ -698,106 +698,106 @@
         <v>46</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
         <v>47</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
         <v>48</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>50</v>
+        <v>31</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
         <v>51</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
         <v>52</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>31</v>
+        <v>54</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
         <v>34</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>5</v>
@@ -907,106 +907,106 @@
         <v>46</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
         <v>47</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
         <v>48</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>50</v>
+        <v>31</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
         <v>51</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
         <v>52</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>31</v>
+        <v>54</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="68">
       <c r="C68" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="69">
       <c r="C69" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="70">
       <c r="C70" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="71">
       <c r="C71" s="0" t="s">
         <v>5</v>
       </c>
     </row>