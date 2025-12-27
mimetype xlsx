--- v0 (2025-10-27)
+++ v1 (2025-12-27)
@@ -94,51 +94,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:C35"/>
+  <dimension ref="A1:C36"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="11.3395004272461" customWidth="1"/>
     <col min="2" max="2" width="13.7733736038208" customWidth="1"/>
     <col min="3" max="3" width="13.7375659942627" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
@@ -394,29 +394,34 @@
     <row r="31">
       <c r="C31" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="32">
       <c r="C32" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="33">
       <c r="C33" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="34">
       <c r="C34" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="35">
       <c r="C35" s="0" t="s">
         <v>5</v>
       </c>
     </row>
+    <row r="36">
+      <c r="C36" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>