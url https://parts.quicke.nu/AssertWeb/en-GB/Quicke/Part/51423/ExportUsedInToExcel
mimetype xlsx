--- v1 (2025-12-27)
+++ v2 (2026-03-27)
@@ -39,57 +39,57 @@
   <si>
     <t>110139</t>
   </si>
   <si>
     <t>Q3L DM</t>
   </si>
   <si>
     <t xml:space="preserve">/ </t>
   </si>
   <si>
     <t>110138</t>
   </si>
   <si>
     <t>Q3M DM</t>
   </si>
   <si>
     <t>110136</t>
   </si>
   <si>
     <t>Q3S DM</t>
   </si>
   <si>
     <t xml:space="preserve">Loader beam/ </t>
   </si>
   <si>
+    <t>101136</t>
+  </si>
+  <si>
+    <t>101138</t>
+  </si>
+  <si>
     <t>101139</t>
-  </si>
-[...4 lines deleted...]
-    <t>101136</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
@@ -184,195 +184,195 @@
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>9</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="C11" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="12">
       <c r="C12" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="13">
       <c r="C13" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="14">
       <c r="C14" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>12</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>12</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>9</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="C24" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="25">
       <c r="C25" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="26">
       <c r="C26" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27">
       <c r="C27" s="0" t="s">
         <v>5</v>
       </c>
     </row>