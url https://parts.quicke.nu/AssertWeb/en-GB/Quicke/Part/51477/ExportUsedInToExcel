--- v0 (2026-01-15)
+++ v1 (2026-03-12)
@@ -184,76 +184,76 @@
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>9</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="C11" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="12">
       <c r="C12" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="13">
       <c r="C13" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="14">
       <c r="C14" s="0" t="s">
         <v>5</v>
       </c>
     </row>
@@ -276,106 +276,106 @@
         <v>9</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="C24" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="25">
       <c r="C25" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="26">
       <c r="C26" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27">
       <c r="C27" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="28">
       <c r="C28" s="0" t="s">
         <v>5</v>