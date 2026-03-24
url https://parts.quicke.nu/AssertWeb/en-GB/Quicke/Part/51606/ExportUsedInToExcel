--- v0 (2025-12-23)
+++ v1 (2026-03-24)
@@ -108,183 +108,183 @@
   <si>
     <t>110176</t>
   </si>
   <si>
     <t>Q7S DM</t>
   </si>
   <si>
     <t>110169</t>
   </si>
   <si>
     <t>Q6L DM</t>
   </si>
   <si>
     <t>110168</t>
   </si>
   <si>
     <t>Q6M DM</t>
   </si>
   <si>
     <t>110166</t>
   </si>
   <si>
     <t>Q6S DM</t>
   </si>
   <si>
+    <t>101733</t>
+  </si>
+  <si>
+    <t>Q3 DM</t>
+  </si>
+  <si>
+    <t>101136</t>
+  </si>
+  <si>
+    <t>101138</t>
+  </si>
+  <si>
     <t>101139</t>
   </si>
   <si>
-    <t>101138</t>
-[...8 lines deleted...]
-    <t>Q3 DM</t>
+    <t>101268</t>
+  </si>
+  <si>
+    <t>Q6M DL</t>
   </si>
   <si>
     <t>101286</t>
   </si>
   <si>
     <t>Q8S DL</t>
   </si>
   <si>
+    <t>101D96</t>
+  </si>
+  <si>
+    <t>Q9S DXL</t>
+  </si>
+  <si>
     <t>101288</t>
   </si>
   <si>
-    <t>101D96</t>
-[...4 lines deleted...]
-  <si>
     <t>101179</t>
   </si>
   <si>
     <t>Q7L DM</t>
   </si>
   <si>
+    <t>101278</t>
+  </si>
+  <si>
+    <t>Q7M DL</t>
+  </si>
+  <si>
     <t>101178</t>
   </si>
   <si>
     <t>101176</t>
   </si>
   <si>
     <t>101169</t>
   </si>
   <si>
     <t>101168</t>
   </si>
   <si>
-    <t>101268</t>
-[...4 lines deleted...]
-  <si>
     <t>101166</t>
   </si>
   <si>
     <t>101761</t>
   </si>
   <si>
     <t>Q6 DM</t>
   </si>
   <si>
-    <t>101278</t>
-[...4 lines deleted...]
-  <si>
     <t>101159</t>
   </si>
   <si>
     <t>101158</t>
   </si>
   <si>
     <t>101156</t>
   </si>
   <si>
     <t>101751</t>
   </si>
   <si>
     <t>Q5 DM</t>
   </si>
   <si>
     <t>101149</t>
   </si>
   <si>
     <t>101148</t>
   </si>
   <si>
+    <t>101741</t>
+  </si>
+  <si>
+    <t>Q4 DM</t>
+  </si>
+  <si>
     <t>101146</t>
   </si>
   <si>
-    <t>101741</t>
-[...2 lines deleted...]
-    <t>Q4 DM</t>
+    <t>501741</t>
+  </si>
+  <si>
+    <t>N4 DM</t>
   </si>
   <si>
     <t>501146</t>
   </si>
   <si>
     <t>N4S DM</t>
   </si>
   <si>
+    <t>501751</t>
+  </si>
+  <si>
+    <t>N5 DM</t>
+  </si>
+  <si>
     <t>501156</t>
   </si>
   <si>
     <t>N5S DM</t>
   </si>
   <si>
     <t>501158</t>
   </si>
   <si>
     <t>N5M DM</t>
   </si>
   <si>
     <t>501166</t>
   </si>
   <si>
     <t>N6S DM</t>
-  </si>
-[...10 lines deleted...]
-    <t>N5 DM</t>
   </si>
   <si>
     <t>501761</t>
   </si>
   <si>
     <t>N6 DM</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
@@ -518,205 +518,205 @@
     <row r="18">
       <c r="C18" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="19">
       <c r="C19" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="20">
       <c r="C20" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="21">
       <c r="C21" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>34</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>4</v>
+        <v>35</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>38</v>
+        <v>4</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>39</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>40</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>41</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>23</v>
+        <v>42</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
         <v>46</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>27</v>
+        <v>49</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>51</v>
+        <v>29</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>54</v>
+        <v>33</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
         <v>55</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>56</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
         <v>57</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>5</v>
@@ -757,76 +757,76 @@
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
         <v>62</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
         <v>63</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>64</v>
+        <v>38</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>21</v>
+        <v>4</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="B45" s="0" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>34</v>
+        <v>66</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>4</v>
+        <v>21</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="47">
       <c r="C47" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="48">
       <c r="C48" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="49">
       <c r="C49" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="50">
       <c r="C50" s="0" t="s">
         <v>5</v>
       </c>
     </row>