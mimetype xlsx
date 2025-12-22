--- v0 (2025-10-23)
+++ v1 (2025-12-22)
@@ -36,78 +36,78 @@
   <si>
     <t>Path</t>
   </si>
   <si>
     <t>101179</t>
   </si>
   <si>
     <t>Q7L DM</t>
   </si>
   <si>
     <t xml:space="preserve">Bearing box/ </t>
   </si>
   <si>
     <t>101178</t>
   </si>
   <si>
     <t>Q7M DM</t>
   </si>
   <si>
     <t>101176</t>
   </si>
   <si>
     <t>Q7S DM</t>
   </si>
   <si>
+    <t>101169</t>
+  </si>
+  <si>
+    <t>Q6L DM</t>
+  </si>
+  <si>
+    <t>101168</t>
+  </si>
+  <si>
+    <t>Q6M DM</t>
+  </si>
+  <si>
+    <t>101268</t>
+  </si>
+  <si>
+    <t>Q6M DL</t>
+  </si>
+  <si>
+    <t>101166</t>
+  </si>
+  <si>
+    <t>Q6S DM</t>
+  </si>
+  <si>
     <t>101278</t>
   </si>
   <si>
     <t>Q7M DL</t>
-  </si>
-[...22 lines deleted...]
-    <t>Q6S DM</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>