--- v0 (2025-10-19)
+++ v1 (2025-12-19)
@@ -4,51 +4,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Part" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="43">
   <si>
     <t>Product No</t>
   </si>
   <si>
     <t>Product name</t>
   </si>
   <si>
     <t>Path</t>
   </si>
   <si>
     <t>Manure &amp; Silage Implements</t>
   </si>
   <si>
     <t xml:space="preserve">190XL/ </t>
   </si>
   <si>
     <t xml:space="preserve">210XL/ </t>
   </si>
   <si>
     <t xml:space="preserve">230XL/ </t>
   </si>
   <si>
     <t xml:space="preserve">250XL/ </t>
   </si>
   <si>
@@ -99,78 +99,81 @@
   <si>
     <t xml:space="preserve">Manure Fork 170/ </t>
   </si>
   <si>
     <t xml:space="preserve">170M+/ </t>
   </si>
   <si>
     <t xml:space="preserve">Manure Fork 190/ </t>
   </si>
   <si>
     <t xml:space="preserve">190M+/ </t>
   </si>
   <si>
     <t xml:space="preserve">Manure Fork 230/ </t>
   </si>
   <si>
     <t xml:space="preserve">230M+/ </t>
   </si>
   <si>
     <t xml:space="preserve">250M+/ </t>
   </si>
   <si>
     <t xml:space="preserve">210M+/ </t>
   </si>
   <si>
+    <t xml:space="preserve">Manure Fork L+/ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Multifork L+/ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">200/ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">220/ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">240/ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">260/ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Multifork S+/ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">90S+/ </t>
+  </si>
+  <si>
     <t xml:space="preserve">150S+/ </t>
   </si>
   <si>
+    <t xml:space="preserve">110S+/ </t>
+  </si>
+  <si>
     <t xml:space="preserve">130S+/ </t>
-  </si>
-[...22 lines deleted...]
-    <t xml:space="preserve">260/ </t>
   </si>
   <si>
     <t xml:space="preserve">/ </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
@@ -178,51 +181,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:C180"/>
+  <dimension ref="A1:C188"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="11.3395004272461" customWidth="1"/>
     <col min="2" max="2" width="26.8952083587646" customWidth="1"/>
     <col min="3" max="3" width="17.3377323150635" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2">
       <c r="B2" s="0" t="s">
         <v>3</v>
       </c>
@@ -781,619 +784,671 @@
       <c r="C71" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="72">
       <c r="B72" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="73">
       <c r="B73" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="74">
       <c r="B74" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
     </row>
     <row r="75">
       <c r="B75" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
     </row>
     <row r="76">
       <c r="B76" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
     </row>
     <row r="77">
       <c r="B77" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
     </row>
     <row r="78">
       <c r="B78" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
     </row>
     <row r="79">
       <c r="B79" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
     </row>
     <row r="80">
       <c r="B80" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="81">
       <c r="B81" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
     </row>
     <row r="82">
       <c r="B82" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
     </row>
     <row r="83">
       <c r="B83" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
     </row>
     <row r="84">
       <c r="B84" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
     </row>
     <row r="85">
       <c r="B85" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
     </row>
     <row r="86">
       <c r="B86" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
     </row>
     <row r="87">
       <c r="B87" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
     </row>
     <row r="88">
       <c r="B88" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="89">
       <c r="B89" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="90">
       <c r="B90" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="91">
       <c r="B91" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="92">
       <c r="B92" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
     </row>
     <row r="93">
       <c r="B93" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C93" s="0" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="B94" s="0" t="s">
+        <v>3</v>
+      </c>
+      <c r="C94" s="0" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="B95" s="0" t="s">
+        <v>3</v>
+      </c>
+      <c r="C95" s="0" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="B96" s="0" t="s">
+        <v>3</v>
+      </c>
+      <c r="C96" s="0" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="94">
-[...13 lines deleted...]
-    </row>
     <row r="97">
+      <c r="B97" s="0" t="s">
+        <v>3</v>
+      </c>
       <c r="C97" s="0" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="98">
       <c r="C98" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="99">
       <c r="C99" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="100">
       <c r="C100" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="101">
       <c r="C101" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="102">
       <c r="C102" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="103">
       <c r="C103" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="104">
       <c r="C104" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="105">
       <c r="C105" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="106">
       <c r="C106" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="107">
       <c r="C107" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="108">
       <c r="C108" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="109">
       <c r="C109" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="110">
       <c r="C110" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="111">
       <c r="C111" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="112">
       <c r="C112" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="113">
       <c r="C113" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="114">
       <c r="C114" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="115">
       <c r="C115" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="116">
       <c r="C116" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="117">
       <c r="C117" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="118">
       <c r="C118" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="119">
       <c r="C119" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="120">
       <c r="C120" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="121">
       <c r="C121" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="122">
       <c r="C122" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="123">
       <c r="C123" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="124">
       <c r="C124" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="125">
       <c r="C125" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="126">
       <c r="C126" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="127">
       <c r="C127" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="128">
       <c r="C128" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="129">
       <c r="C129" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="130">
       <c r="C130" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="131">
       <c r="C131" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="132">
       <c r="C132" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="133">
       <c r="C133" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="134">
       <c r="C134" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="135">
       <c r="C135" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="136">
       <c r="C136" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="137">
       <c r="C137" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="138">
       <c r="C138" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="139">
       <c r="C139" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="140">
       <c r="C140" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="141">
       <c r="C141" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="142">
       <c r="C142" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="143">
       <c r="C143" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="144">
       <c r="C144" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="145">
       <c r="C145" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="146">
       <c r="C146" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="147">
       <c r="C147" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="148">
       <c r="C148" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="149">
       <c r="C149" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="150">
       <c r="C150" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="151">
       <c r="C151" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="152">
       <c r="C152" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="153">
       <c r="C153" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="154">
       <c r="C154" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="155">
       <c r="C155" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="156">
       <c r="C156" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="157">
       <c r="C157" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="158">
       <c r="C158" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="159">
       <c r="C159" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="160">
       <c r="C160" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="161">
       <c r="C161" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="162">
       <c r="C162" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="163">
       <c r="C163" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="164">
       <c r="C164" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="165">
       <c r="C165" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="166">
       <c r="C166" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="167">
       <c r="C167" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="168">
       <c r="C168" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="169">
       <c r="C169" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="170">
       <c r="C170" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="171">
       <c r="C171" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="172">
       <c r="C172" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="173">
       <c r="C173" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="174">
       <c r="C174" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="175">
       <c r="C175" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="176">
       <c r="C176" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="177">
       <c r="C177" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="178">
       <c r="C178" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="179">
       <c r="C179" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="180">
       <c r="C180" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
+      </c>
+    </row>
+    <row r="181">
+      <c r="C181" s="0" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="182">
+      <c r="C182" s="0" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="183">
+      <c r="C183" s="0" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="184">
+      <c r="C184" s="0" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="185">
+      <c r="C185" s="0" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="186">
+      <c r="C186" s="0" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="187">
+      <c r="C187" s="0" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="188">
+      <c r="C188" s="0" t="s">
+        <v>42</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>