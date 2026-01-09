--- v0 (2025-11-08)
+++ v1 (2026-01-09)
@@ -87,81 +87,81 @@
   <si>
     <t xml:space="preserve">90S+/ </t>
   </si>
   <si>
     <t xml:space="preserve">250M+/ </t>
   </si>
   <si>
     <t xml:space="preserve">170M+/ </t>
   </si>
   <si>
     <t xml:space="preserve">130M+/ </t>
   </si>
   <si>
     <t xml:space="preserve">230M+/ </t>
   </si>
   <si>
     <t xml:space="preserve">210M+/ </t>
   </si>
   <si>
     <t xml:space="preserve">190M+/ </t>
   </si>
   <si>
     <t xml:space="preserve">150M+/ </t>
   </si>
   <si>
+    <t xml:space="preserve">Multibenne L+ 200/ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Multibenne L+ 220/ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Multibenne L+ 240/ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Multibenne L+ 260/ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">200/ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">220/ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">240/ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">260/ </t>
+  </si>
+  <si>
     <t xml:space="preserve">150S+/ </t>
   </si>
   <si>
+    <t xml:space="preserve">110S+/ </t>
+  </si>
+  <si>
     <t xml:space="preserve">130S+/ </t>
-  </si>
-[...25 lines deleted...]
-    <t xml:space="preserve">260/ </t>
   </si>
   <si>
     <t xml:space="preserve">/ </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
@@ -708,299 +708,299 @@
       <c r="C63" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="64">
       <c r="B64" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="65">
       <c r="B65" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="66">
       <c r="B66" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>27</v>
+        <v>13</v>
       </c>
     </row>
     <row r="67">
       <c r="B67" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
     </row>
     <row r="68">
       <c r="B68" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
     </row>
     <row r="69">
       <c r="B69" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="70">
       <c r="B70" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
     </row>
     <row r="71">
       <c r="B71" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
     </row>
     <row r="72">
       <c r="B72" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="73">
       <c r="B73" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="74">
       <c r="B74" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row r="75">
       <c r="B75" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
     <row r="76">
       <c r="B76" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
     </row>
     <row r="77">
       <c r="B77" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="78">
       <c r="B78" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
     </row>
     <row r="79">
       <c r="B79" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
     </row>
     <row r="80">
       <c r="B80" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
     </row>
     <row r="81">
       <c r="B81" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="82">
       <c r="B82" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="83">
       <c r="B83" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
     </row>
     <row r="84">
       <c r="B84" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
     </row>
     <row r="85">
       <c r="B85" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="86">
       <c r="B86" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
     </row>
     <row r="87">
       <c r="B87" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
     </row>
     <row r="88">
       <c r="B88" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="89">
       <c r="B89" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="90">
       <c r="B90" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="91">
       <c r="B91" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="92">
       <c r="B92" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
     </row>
     <row r="93">
       <c r="B93" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
     </row>
     <row r="94">
       <c r="B94" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
     </row>
     <row r="95">
       <c r="B95" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
     </row>
     <row r="96">
       <c r="B96" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>20</v>
+        <v>36</v>
       </c>
     </row>
     <row r="97">
       <c r="B97" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
     </row>
     <row r="98">
       <c r="C98" s="0" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="99">
       <c r="C99" s="0" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="100">
       <c r="C100" s="0" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="101">
       <c r="C101" s="0" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="102">
       <c r="C102" s="0" t="s">
         <v>38</v>