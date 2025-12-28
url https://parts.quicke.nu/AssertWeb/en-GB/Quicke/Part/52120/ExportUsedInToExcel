--- v0 (2025-10-29)
+++ v1 (2025-12-28)
@@ -825,537 +825,537 @@
   <si>
     <t>Q39 DM ext.</t>
   </si>
   <si>
     <t>4111Q8</t>
   </si>
   <si>
     <t>Q41 US</t>
   </si>
   <si>
     <t>4114Q8</t>
   </si>
   <si>
     <t>Q41 DM</t>
   </si>
   <si>
     <t>4154Q8</t>
   </si>
   <si>
     <t>4916Q8</t>
   </si>
   <si>
     <t>Q49 DM ext.</t>
   </si>
   <si>
+    <t>5116Q8</t>
+  </si>
+  <si>
+    <t>Q51 DM ext.</t>
+  </si>
+  <si>
+    <t>9810Q8</t>
+  </si>
+  <si>
+    <t>Q98 DXL</t>
+  </si>
+  <si>
+    <t>2011Q8</t>
+  </si>
+  <si>
+    <t>Q20 US</t>
+  </si>
+  <si>
+    <t>2013Q8</t>
+  </si>
+  <si>
+    <t>Q20 DS</t>
+  </si>
+  <si>
+    <t>2014Q8</t>
+  </si>
+  <si>
+    <t>Q20 DM</t>
+  </si>
+  <si>
+    <t>2513Q8</t>
+  </si>
+  <si>
+    <t>Q25 DS</t>
+  </si>
+  <si>
+    <t>3011Q8</t>
+  </si>
+  <si>
+    <t>Q30 US</t>
+  </si>
+  <si>
+    <t>3013Q8</t>
+  </si>
+  <si>
+    <t>Q30 DS</t>
+  </si>
+  <si>
+    <t>3014Q8</t>
+  </si>
+  <si>
+    <t>Q30 DM</t>
+  </si>
+  <si>
+    <t>3016Q8</t>
+  </si>
+  <si>
+    <t>Q30 DM ext.</t>
+  </si>
+  <si>
+    <t>3511Q8</t>
+  </si>
+  <si>
+    <t>Q35 US</t>
+  </si>
+  <si>
+    <t>3513Q8</t>
+  </si>
+  <si>
+    <t>Q35 DS</t>
+  </si>
+  <si>
+    <t>3514Q8</t>
+  </si>
+  <si>
+    <t>Q35 DM</t>
+  </si>
+  <si>
+    <t>3516Q8</t>
+  </si>
+  <si>
+    <t>Q35 DM ext.</t>
+  </si>
+  <si>
+    <t>3564Q8</t>
+  </si>
+  <si>
+    <t>4011Q8</t>
+  </si>
+  <si>
+    <t>Q40 US</t>
+  </si>
+  <si>
+    <t>4014Q8</t>
+  </si>
+  <si>
+    <t>Q40 DM</t>
+  </si>
+  <si>
+    <t>4016Q8</t>
+  </si>
+  <si>
+    <t>Q40 DM ext.</t>
+  </si>
+  <si>
+    <t>4054Q8</t>
+  </si>
+  <si>
+    <t>5011Q8</t>
+  </si>
+  <si>
+    <t>Q50 US</t>
+  </si>
+  <si>
+    <t>6014Q8</t>
+  </si>
+  <si>
+    <t>Q60 DM</t>
+  </si>
+  <si>
+    <t>6016Q8</t>
+  </si>
+  <si>
+    <t>Q60 DM ext.</t>
+  </si>
+  <si>
+    <t>6044Q8</t>
+  </si>
+  <si>
+    <t>6046Q8</t>
+  </si>
+  <si>
+    <t>5116T8</t>
+  </si>
+  <si>
+    <t>+4.1 DM ext.</t>
+  </si>
+  <si>
+    <t>4611Q8</t>
+  </si>
+  <si>
+    <t>Q46 US</t>
+  </si>
+  <si>
+    <t>4614Q8</t>
+  </si>
+  <si>
+    <t>Q46 DM</t>
+  </si>
+  <si>
+    <t>4616Q8</t>
+  </si>
+  <si>
+    <t>Q46 DM ext.</t>
+  </si>
+  <si>
+    <t>4654Q8</t>
+  </si>
+  <si>
+    <t>5611Q8</t>
+  </si>
+  <si>
+    <t>Q56 US</t>
+  </si>
+  <si>
+    <t>5616Q8</t>
+  </si>
+  <si>
+    <t>Q56 DM ext.</t>
+  </si>
+  <si>
+    <t>5511Q8</t>
+  </si>
+  <si>
+    <t>Q55 US</t>
+  </si>
+  <si>
+    <t>5512Q8</t>
+  </si>
+  <si>
+    <t>Q55 UM</t>
+  </si>
+  <si>
+    <t>5514Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM</t>
+  </si>
+  <si>
+    <t>5516Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM ext.</t>
+  </si>
+  <si>
+    <t>5534Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM, DM ext</t>
+  </si>
+  <si>
+    <t>5544Q, 5546Q</t>
+  </si>
+  <si>
+    <t>5554Q8</t>
+  </si>
+  <si>
+    <t>5564Q8</t>
+  </si>
+  <si>
+    <t>6512Q8</t>
+  </si>
+  <si>
+    <t>Q65 UM</t>
+  </si>
+  <si>
+    <t>6514Q8</t>
+  </si>
+  <si>
+    <t>Q65 DM</t>
+  </si>
+  <si>
+    <t>6516Q8</t>
+  </si>
+  <si>
+    <t>Q65 DM ext.</t>
+  </si>
+  <si>
+    <t>6534Q8</t>
+  </si>
+  <si>
+    <t>6544Q8</t>
+  </si>
+  <si>
+    <t>6546Q8</t>
+  </si>
+  <si>
+    <t>6564Q8</t>
+  </si>
+  <si>
+    <t>4816Q8</t>
+  </si>
+  <si>
+    <t>Q48 DM ext.</t>
+  </si>
+  <si>
+    <t>4814Q8</t>
+  </si>
+  <si>
+    <t>Q48 DM</t>
+  </si>
+  <si>
+    <t>4912Q8</t>
+  </si>
+  <si>
+    <t>Q49 UM</t>
+  </si>
+  <si>
+    <t>4914Q8</t>
+  </si>
+  <si>
+    <t>Q49 DM</t>
+  </si>
+  <si>
     <t>5111Q8</t>
   </si>
   <si>
     <t>Q51 US</t>
   </si>
   <si>
     <t>5114Q8</t>
   </si>
   <si>
     <t>Q51 DM</t>
   </si>
   <si>
-    <t>5116Q8</t>
-[...4 lines deleted...]
-  <si>
     <t>5154Q8</t>
   </si>
   <si>
+    <t>5612Q8</t>
+  </si>
+  <si>
+    <t>Q56 UM</t>
+  </si>
+  <si>
+    <t>5614Q8</t>
+  </si>
+  <si>
+    <t>Q56 DM</t>
+  </si>
+  <si>
+    <t>5654Q8</t>
+  </si>
+  <si>
+    <t>5856Q8</t>
+  </si>
+  <si>
+    <t>Q58 DM ext.</t>
+  </si>
+  <si>
+    <t>5854Q8</t>
+  </si>
+  <si>
+    <t>Q58 DM</t>
+  </si>
+  <si>
+    <t>5816Q8</t>
+  </si>
+  <si>
+    <t>5814Q8</t>
+  </si>
+  <si>
     <t>6114Q8</t>
   </si>
   <si>
     <t>Q61 DM</t>
   </si>
   <si>
     <t>6116Q8</t>
   </si>
   <si>
     <t>Q61 DM ext.</t>
   </si>
   <si>
+    <t>6612Q8</t>
+  </si>
+  <si>
+    <t>Q66 UM</t>
+  </si>
+  <si>
+    <t>6614Q8</t>
+  </si>
+  <si>
+    <t>Q66 DM</t>
+  </si>
+  <si>
+    <t>6616Q8</t>
+  </si>
+  <si>
+    <t>Q66 DM ext.</t>
+  </si>
+  <si>
+    <t>6814Q8</t>
+  </si>
+  <si>
+    <t>Q68 DM</t>
+  </si>
+  <si>
+    <t>6816Q8</t>
+  </si>
+  <si>
+    <t>Q68 DM ext.</t>
+  </si>
+  <si>
+    <t>6854Q8</t>
+  </si>
+  <si>
+    <t>6856Q8</t>
+  </si>
+  <si>
+    <t>7612Q8</t>
+  </si>
+  <si>
+    <t>Q76 UM</t>
+  </si>
+  <si>
+    <t>7614Q8</t>
+  </si>
+  <si>
+    <t>Q76 DM</t>
+  </si>
+  <si>
+    <t>7616Q8</t>
+  </si>
+  <si>
+    <t>Q76 DM ext.</t>
+  </si>
+  <si>
+    <t>7814Q8</t>
+  </si>
+  <si>
+    <t>Q78 DM</t>
+  </si>
+  <si>
+    <t>7816Q8</t>
+  </si>
+  <si>
+    <t>Q78 DM Ext.</t>
+  </si>
+  <si>
+    <t>7854Q8</t>
+  </si>
+  <si>
     <t>8813Q8</t>
   </si>
   <si>
     <t>Q88 DL</t>
   </si>
   <si>
     <t>8853Q8</t>
   </si>
   <si>
-    <t>9810Q8</t>
-[...22 lines deleted...]
-  <si>
     <t>2511Q8</t>
   </si>
   <si>
     <t>Q25 US</t>
   </si>
   <si>
-    <t>2513Q8</t>
-[...4 lines deleted...]
-  <si>
     <t>2514Q8</t>
   </si>
   <si>
     <t>Q25 DM</t>
   </si>
   <si>
-    <t>3011Q8</t>
-[...74 lines deleted...]
-    <t>Q50 US</t>
+    <t>4511Q8</t>
+  </si>
+  <si>
+    <t>Q45 US</t>
+  </si>
+  <si>
+    <t>4514Q8</t>
+  </si>
+  <si>
+    <t>Q45 DM</t>
+  </si>
+  <si>
+    <t>4516Q8</t>
+  </si>
+  <si>
+    <t>Q45 DM ext.</t>
+  </si>
+  <si>
+    <t>4554Q8</t>
+  </si>
+  <si>
+    <t>4564Q8</t>
   </si>
   <si>
     <t>5014Q8</t>
   </si>
   <si>
     <t>Q50 DM</t>
   </si>
   <si>
     <t>5016Q8</t>
   </si>
   <si>
     <t>Q50 DM ext.</t>
   </si>
   <si>
     <t>5054Q8</t>
   </si>
   <si>
-    <t>6014Q8</t>
-[...14 lines deleted...]
-    <t>6046Q8</t>
+    <t>7512Q8</t>
+  </si>
+  <si>
+    <t>Q75 UM</t>
+  </si>
+  <si>
+    <t>7514Q8</t>
+  </si>
+  <si>
+    <t>Q75 DM</t>
+  </si>
+  <si>
+    <t>7516Q8</t>
+  </si>
+  <si>
+    <t>Q75 DM ext.</t>
+  </si>
+  <si>
+    <t>7524Q8</t>
+  </si>
+  <si>
+    <t>8513Q8</t>
+  </si>
+  <si>
+    <t>Q85 DL</t>
+  </si>
+  <si>
+    <t>8523Q8</t>
   </si>
   <si>
     <t>8713Q8</t>
   </si>
   <si>
     <t>Q85x DL</t>
-  </si>
-[...286 lines deleted...]
-    <t>8523Q8</t>
   </si>
   <si>
     <t>1080 DM</t>
   </si>
   <si>
     <t xml:space="preserve">Hydroquick/ </t>
   </si>
   <si>
     <t>1085 DM</t>
   </si>
   <si>
     <t>1070 DM</t>
   </si>
   <si>
     <t>1065 DM</t>
   </si>
   <si>
     <t>1060 DM</t>
   </si>
   <si>
     <t>1055 DM</t>
   </si>
   <si>
     <t>1050 DM</t>
   </si>
@@ -3150,1041 +3150,1041 @@
         <v>275</v>
       </c>
       <c r="B145" s="0" t="s">
         <v>276</v>
       </c>
       <c r="C145" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="0" t="s">
         <v>277</v>
       </c>
       <c r="B146" s="0" t="s">
         <v>278</v>
       </c>
       <c r="C146" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="0" t="s">
         <v>279</v>
       </c>
       <c r="B147" s="0" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="C147" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="0" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="B148" s="0" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="C148" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="0" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="B149" s="0" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="C149" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="0" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="B150" s="0" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C150" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="B151" s="0" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="C151" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="B152" s="0" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="C152" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="B153" s="0" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="C153" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="B154" s="0" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="C154" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="0" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="B155" s="0" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="C155" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="0" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="B156" s="0" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="C156" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="0" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="B157" s="0" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="C157" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="0" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="B158" s="0" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="C158" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="0" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="B159" s="0" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="C159" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="0" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B160" s="0" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="C160" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="0" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="B161" s="0" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="C161" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="0" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="B162" s="0" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="C162" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="0" t="s">
         <v>309</v>
       </c>
       <c r="B163" s="0" t="s">
         <v>310</v>
       </c>
       <c r="C163" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="0" t="s">
         <v>311</v>
       </c>
       <c r="B164" s="0" t="s">
         <v>312</v>
       </c>
       <c r="C164" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="0" t="s">
         <v>313</v>
       </c>
       <c r="B165" s="0" t="s">
         <v>314</v>
       </c>
       <c r="C165" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="0" t="s">
         <v>315</v>
       </c>
       <c r="B166" s="0" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="C166" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="0" t="s">
-        <v>317</v>
+        <v>316</v>
       </c>
       <c r="B167" s="0" t="s">
-        <v>314</v>
+        <v>312</v>
       </c>
       <c r="C167" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="0" t="s">
+        <v>317</v>
+      </c>
+      <c r="B168" s="0" t="s">
         <v>318</v>
-      </c>
-[...1 lines deleted...]
-        <v>319</v>
       </c>
       <c r="C168" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="0" t="s">
+        <v>319</v>
+      </c>
+      <c r="B169" s="0" t="s">
         <v>320</v>
-      </c>
-[...1 lines deleted...]
-        <v>321</v>
       </c>
       <c r="C169" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="0" t="s">
+        <v>321</v>
+      </c>
+      <c r="B170" s="0" t="s">
         <v>322</v>
-      </c>
-[...1 lines deleted...]
-        <v>323</v>
       </c>
       <c r="C170" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="0" t="s">
+        <v>323</v>
+      </c>
+      <c r="B171" s="0" t="s">
         <v>324</v>
-      </c>
-[...1 lines deleted...]
-        <v>321</v>
       </c>
       <c r="C171" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="0" t="s">
         <v>325</v>
       </c>
       <c r="B172" s="0" t="s">
-        <v>326</v>
+        <v>322</v>
       </c>
       <c r="C172" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="0" t="s">
+        <v>326</v>
+      </c>
+      <c r="B173" s="0" t="s">
         <v>327</v>
-      </c>
-[...1 lines deleted...]
-        <v>328</v>
       </c>
       <c r="C173" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="0" t="s">
+        <v>328</v>
+      </c>
+      <c r="B174" s="0" t="s">
         <v>329</v>
-      </c>
-[...1 lines deleted...]
-        <v>330</v>
       </c>
       <c r="C174" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="0" t="s">
+        <v>330</v>
+      </c>
+      <c r="B175" s="0" t="s">
         <v>331</v>
-      </c>
-[...1 lines deleted...]
-        <v>328</v>
       </c>
       <c r="C175" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="0" t="s">
         <v>332</v>
       </c>
       <c r="B176" s="0" t="s">
         <v>333</v>
       </c>
       <c r="C176" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="0" t="s">
         <v>334</v>
       </c>
       <c r="B177" s="0" t="s">
         <v>335</v>
       </c>
       <c r="C177" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="0" t="s">
         <v>336</v>
       </c>
       <c r="B178" s="0" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="C178" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="0" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="B179" s="0" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="C179" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="0" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="B180" s="0" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="C180" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="0" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B181" s="0" t="s">
-        <v>341</v>
+        <v>335</v>
       </c>
       <c r="C181" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="0" t="s">
         <v>342</v>
       </c>
       <c r="B182" s="0" t="s">
-        <v>343</v>
+        <v>335</v>
       </c>
       <c r="C182" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="0" t="s">
+        <v>343</v>
+      </c>
+      <c r="B183" s="0" t="s">
         <v>344</v>
-      </c>
-[...1 lines deleted...]
-        <v>345</v>
       </c>
       <c r="C183" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="0" t="s">
+        <v>345</v>
+      </c>
+      <c r="B184" s="0" t="s">
         <v>346</v>
-      </c>
-[...1 lines deleted...]
-        <v>347</v>
       </c>
       <c r="C184" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="0" t="s">
+        <v>347</v>
+      </c>
+      <c r="B185" s="0" t="s">
         <v>348</v>
-      </c>
-[...1 lines deleted...]
-        <v>345</v>
       </c>
       <c r="C185" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="0" t="s">
         <v>349</v>
       </c>
       <c r="B186" s="0" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="C186" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="0" t="s">
-        <v>351</v>
+        <v>350</v>
       </c>
       <c r="B187" s="0" t="s">
-        <v>352</v>
+        <v>346</v>
       </c>
       <c r="C187" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="0" t="s">
-        <v>353</v>
+        <v>351</v>
       </c>
       <c r="B188" s="0" t="s">
-        <v>354</v>
+        <v>348</v>
       </c>
       <c r="C188" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="0" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="B189" s="0" t="s">
-        <v>356</v>
+        <v>346</v>
       </c>
       <c r="C189" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="0" t="s">
-        <v>357</v>
+        <v>353</v>
       </c>
       <c r="B190" s="0" t="s">
-        <v>358</v>
+        <v>354</v>
       </c>
       <c r="C190" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="0" t="s">
-        <v>359</v>
+        <v>355</v>
       </c>
       <c r="B191" s="0" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
       <c r="C191" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="0" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="B192" s="0" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="C192" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="0" t="s">
-        <v>363</v>
+        <v>359</v>
       </c>
       <c r="B193" s="0" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="C193" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="0" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="B194" s="0" t="s">
         <v>362</v>
       </c>
       <c r="C194" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="0" t="s">
-        <v>366</v>
+        <v>363</v>
       </c>
       <c r="B195" s="0" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
       <c r="C195" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="0" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
       <c r="B196" s="0" t="s">
-        <v>369</v>
+        <v>364</v>
       </c>
       <c r="C196" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="0" t="s">
-        <v>370</v>
+        <v>366</v>
       </c>
       <c r="B197" s="0" t="s">
         <v>367</v>
       </c>
       <c r="C197" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="0" t="s">
-        <v>371</v>
+        <v>368</v>
       </c>
       <c r="B198" s="0" t="s">
         <v>369</v>
       </c>
       <c r="C198" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="0" t="s">
-        <v>372</v>
+        <v>370</v>
       </c>
       <c r="B199" s="0" t="s">
-        <v>373</v>
+        <v>369</v>
       </c>
       <c r="C199" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="0" t="s">
-        <v>374</v>
+        <v>371</v>
       </c>
       <c r="B200" s="0" t="s">
-        <v>375</v>
+        <v>372</v>
       </c>
       <c r="C200" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="0" t="s">
-        <v>376</v>
+        <v>373</v>
       </c>
       <c r="B201" s="0" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
       <c r="C201" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="0" t="s">
-        <v>378</v>
+        <v>375</v>
       </c>
       <c r="B202" s="0" t="s">
-        <v>379</v>
+        <v>372</v>
       </c>
       <c r="C202" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="0" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="B203" s="0" t="s">
-        <v>381</v>
+        <v>374</v>
       </c>
       <c r="C203" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="0" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="B204" s="0" t="s">
-        <v>379</v>
+        <v>378</v>
       </c>
       <c r="C204" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="0" t="s">
-        <v>383</v>
+        <v>379</v>
       </c>
       <c r="B205" s="0" t="s">
-        <v>381</v>
+        <v>380</v>
       </c>
       <c r="C205" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="0" t="s">
-        <v>384</v>
+        <v>381</v>
       </c>
       <c r="B206" s="0" t="s">
-        <v>385</v>
+        <v>382</v>
       </c>
       <c r="C206" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="0" t="s">
-        <v>386</v>
+        <v>383</v>
       </c>
       <c r="B207" s="0" t="s">
-        <v>387</v>
+        <v>384</v>
       </c>
       <c r="C207" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="0" t="s">
-        <v>388</v>
+        <v>385</v>
       </c>
       <c r="B208" s="0" t="s">
-        <v>389</v>
+        <v>386</v>
       </c>
       <c r="C208" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="0" t="s">
-        <v>390</v>
+        <v>387</v>
       </c>
       <c r="B209" s="0" t="s">
-        <v>391</v>
+        <v>388</v>
       </c>
       <c r="C209" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="0" t="s">
-        <v>392</v>
+        <v>389</v>
       </c>
       <c r="B210" s="0" t="s">
-        <v>393</v>
+        <v>390</v>
       </c>
       <c r="C210" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="0" t="s">
-        <v>394</v>
+        <v>391</v>
       </c>
       <c r="B211" s="0" t="s">
-        <v>391</v>
+        <v>388</v>
       </c>
       <c r="C211" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="0" t="s">
-        <v>395</v>
+        <v>392</v>
       </c>
       <c r="B212" s="0" t="s">
-        <v>396</v>
+        <v>390</v>
       </c>
       <c r="C212" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="0" t="s">
-        <v>397</v>
+        <v>393</v>
       </c>
       <c r="B213" s="0" t="s">
-        <v>398</v>
+        <v>394</v>
       </c>
       <c r="C213" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="0" t="s">
-        <v>399</v>
+        <v>395</v>
       </c>
       <c r="B214" s="0" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="C214" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="0" t="s">
-        <v>401</v>
+        <v>397</v>
       </c>
       <c r="B215" s="0" t="s">
         <v>398</v>
       </c>
       <c r="C215" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="0" t="s">
-        <v>402</v>
+        <v>399</v>
       </c>
       <c r="B216" s="0" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="C216" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="0" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="B217" s="0" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="C217" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="0" t="s">
-        <v>405</v>
+        <v>403</v>
       </c>
       <c r="B218" s="0" t="s">
-        <v>406</v>
+        <v>400</v>
       </c>
       <c r="C218" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="0" t="s">
-        <v>407</v>
+        <v>404</v>
       </c>
       <c r="B219" s="0" t="s">
-        <v>408</v>
+        <v>405</v>
       </c>
       <c r="C219" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="0" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="B220" s="0" t="s">
-        <v>410</v>
+        <v>405</v>
       </c>
       <c r="C220" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="0" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
       <c r="B221" s="0" t="s">
         <v>408</v>
       </c>
       <c r="C221" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="0" t="s">
-        <v>412</v>
+        <v>409</v>
       </c>
       <c r="B222" s="0" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="C222" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="0" t="s">
-        <v>414</v>
+        <v>411</v>
       </c>
       <c r="B223" s="0" t="s">
-        <v>408</v>
+        <v>412</v>
       </c>
       <c r="C223" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="0" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="B224" s="0" t="s">
-        <v>408</v>
+        <v>414</v>
       </c>
       <c r="C224" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="0" t="s">
+        <v>415</v>
+      </c>
+      <c r="B225" s="0" t="s">
         <v>416</v>
-      </c>
-[...1 lines deleted...]
-        <v>417</v>
       </c>
       <c r="C225" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="0" t="s">
-        <v>418</v>
+        <v>417</v>
       </c>
       <c r="B226" s="0" t="s">
-        <v>419</v>
+        <v>414</v>
       </c>
       <c r="C226" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="0" t="s">
-        <v>420</v>
+        <v>418</v>
       </c>
       <c r="B227" s="0" t="s">
-        <v>421</v>
+        <v>414</v>
       </c>
       <c r="C227" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="0" t="s">
-        <v>422</v>
+        <v>419</v>
       </c>
       <c r="B228" s="0" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="C228" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="0" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="B229" s="0" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="C229" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="0" t="s">
-        <v>424</v>
+        <v>423</v>
       </c>
       <c r="B230" s="0" t="s">
-        <v>421</v>
+        <v>420</v>
       </c>
       <c r="C230" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="0" t="s">
+        <v>424</v>
+      </c>
+      <c r="B231" s="0" t="s">
         <v>425</v>
-      </c>
-[...1 lines deleted...]
-        <v>419</v>
       </c>
       <c r="C231" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="0" t="s">
         <v>426</v>
       </c>
       <c r="B232" s="0" t="s">
         <v>427</v>
       </c>
       <c r="C232" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="0" t="s">
         <v>428</v>
       </c>
       <c r="B233" s="0" t="s">
         <v>429</v>
       </c>
       <c r="C233" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="0" t="s">
         <v>430</v>
       </c>
       <c r="B234" s="0" t="s">
-        <v>431</v>
+        <v>427</v>
       </c>
       <c r="C234" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="0" t="s">
+        <v>431</v>
+      </c>
+      <c r="B235" s="0" t="s">
         <v>432</v>
-      </c>
-[...1 lines deleted...]
-        <v>429</v>
       </c>
       <c r="C235" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="0" t="s">
         <v>433</v>
       </c>
       <c r="B236" s="0" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="C236" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="0" t="s">
+        <v>434</v>
+      </c>
+      <c r="B237" s="0" t="s">
         <v>435</v>
-      </c>
-[...1 lines deleted...]
-        <v>434</v>
       </c>
       <c r="C237" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="238">
       <c r="B238" s="0" t="s">
         <v>436</v>
       </c>
       <c r="C238" s="0" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="239">
       <c r="B239" s="0" t="s">
         <v>438</v>
       </c>
       <c r="C239" s="0" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="240">
       <c r="B240" s="0" t="s">
         <v>439</v>
       </c>
@@ -4460,45 +4460,45 @@
         <v>486</v>
       </c>
       <c r="B266" s="0" t="s">
         <v>487</v>
       </c>
       <c r="C266" s="0" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="0" t="s">
         <v>488</v>
       </c>
       <c r="B267" s="0" t="s">
         <v>489</v>
       </c>
       <c r="C267" s="0" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="0" t="s">
         <v>490</v>
       </c>
       <c r="B268" s="0" t="s">
-        <v>339</v>
+        <v>435</v>
       </c>
       <c r="C268" s="0" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="269">
       <c r="C269" s="0" t="s">
         <v>491</v>
       </c>
     </row>
     <row r="270">
       <c r="C270" s="0" t="s">
         <v>491</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>