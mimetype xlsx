--- v0 (2025-12-26)
+++ v1 (2026-02-24)
@@ -1476,189 +1476,189 @@
   <si>
     <t>Q75 DM ext.</t>
   </si>
   <si>
     <t>7524Q8</t>
   </si>
   <si>
     <t>8513Q8</t>
   </si>
   <si>
     <t>Q85 DL</t>
   </si>
   <si>
     <t>8523Q8</t>
   </si>
   <si>
     <t>8713Q8</t>
   </si>
   <si>
     <t>Q85x DL</t>
   </si>
   <si>
     <t>8753Q8</t>
   </si>
   <si>
+    <t>101268</t>
+  </si>
+  <si>
+    <t>Q6M DL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HQ-4/ </t>
+  </si>
+  <si>
     <t>101286</t>
   </si>
   <si>
     <t>Q8S DL</t>
   </si>
   <si>
-    <t xml:space="preserve">HQ-4/ </t>
+    <t>101D96</t>
+  </si>
+  <si>
+    <t>Q9S DXL</t>
   </si>
   <si>
     <t>101288</t>
   </si>
   <si>
     <t>Q8M DL</t>
   </si>
   <si>
-    <t>101D96</t>
-[...4 lines deleted...]
-  <si>
     <t>101179</t>
   </si>
   <si>
     <t>Q7L DM</t>
   </si>
   <si>
     <t>101178</t>
   </si>
   <si>
     <t>Q7M DM</t>
   </si>
   <si>
     <t>101176</t>
   </si>
   <si>
     <t>Q7S DM</t>
   </si>
   <si>
     <t>101169</t>
   </si>
   <si>
     <t>Q6L DM</t>
   </si>
   <si>
     <t>101168</t>
   </si>
   <si>
     <t>Q6M DM</t>
   </si>
   <si>
-    <t>101268</t>
-[...4 lines deleted...]
-  <si>
     <t>101166</t>
   </si>
   <si>
     <t>Q6S DM</t>
   </si>
   <si>
     <t>101761</t>
   </si>
   <si>
     <t>Q6 DM</t>
   </si>
   <si>
     <t>101159</t>
   </si>
   <si>
     <t>Q5L DM</t>
   </si>
   <si>
     <t>101158</t>
   </si>
   <si>
     <t>Q5M DM</t>
   </si>
   <si>
     <t>101156</t>
   </si>
   <si>
     <t>Q5S DM</t>
   </si>
   <si>
     <t>101751</t>
   </si>
   <si>
     <t>Q5 DM</t>
   </si>
   <si>
     <t>101149</t>
   </si>
   <si>
     <t>Q4L DM</t>
   </si>
   <si>
     <t>101148</t>
   </si>
   <si>
     <t>Q4M DM</t>
   </si>
   <si>
+    <t>101733</t>
+  </si>
+  <si>
+    <t>Q3 DM</t>
+  </si>
+  <si>
+    <t>101136</t>
+  </si>
+  <si>
+    <t>Q3S DM</t>
+  </si>
+  <si>
+    <t>101138</t>
+  </si>
+  <si>
+    <t>Q3M DM</t>
+  </si>
+  <si>
+    <t>101139</t>
+  </si>
+  <si>
+    <t>Q3L DM</t>
+  </si>
+  <si>
+    <t>101741</t>
+  </si>
+  <si>
+    <t>Q4 DM</t>
+  </si>
+  <si>
     <t>101146</t>
   </si>
   <si>
     <t>Q4S DM</t>
-  </si>
-[...28 lines deleted...]
-    <t>Q3 DM</t>
   </si>
   <si>
     <t>110178</t>
   </si>
   <si>
     <t>110176</t>
   </si>
   <si>
     <t>110169</t>
   </si>
   <si>
     <t>110168</t>
   </si>
   <si>
     <t>110166</t>
   </si>
   <si>
     <t>110159</t>
   </si>
   <si>
     <t>110158</t>
   </si>
   <si>
     <t>110156</t>
   </si>
@@ -7514,84 +7514,84 @@
         <v>533</v>
       </c>
       <c r="B527" s="0" t="s">
         <v>534</v>
       </c>
       <c r="C527" s="0" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="528">
       <c r="A528" s="0" t="s">
         <v>535</v>
       </c>
       <c r="B528" s="0" t="s">
         <v>536</v>
       </c>
       <c r="C528" s="0" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="529">
       <c r="A529" s="0" t="s">
         <v>537</v>
       </c>
       <c r="B529" s="0" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="C529" s="0" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="530">
       <c r="A530" s="0" t="s">
         <v>538</v>
       </c>
       <c r="B530" s="0" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="C530" s="0" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="531">
       <c r="A531" s="0" t="s">
         <v>539</v>
       </c>
       <c r="B531" s="0" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="C531" s="0" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="532">
       <c r="A532" s="0" t="s">
         <v>540</v>
       </c>
       <c r="B532" s="0" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="C532" s="0" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="533">
       <c r="A533" s="0" t="s">
         <v>541</v>
       </c>
       <c r="B533" s="0" t="s">
         <v>510</v>
       </c>
       <c r="C533" s="0" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="534">
       <c r="A534" s="0" t="s">
         <v>542</v>
       </c>
       <c r="B534" s="0" t="s">
         <v>514</v>
       </c>
       <c r="C534" s="0" t="s">
         <v>492</v>
@@ -7624,84 +7624,84 @@
         <v>545</v>
       </c>
       <c r="B537" s="0" t="s">
         <v>522</v>
       </c>
       <c r="C537" s="0" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="538">
       <c r="A538" s="0" t="s">
         <v>546</v>
       </c>
       <c r="B538" s="0" t="s">
         <v>524</v>
       </c>
       <c r="C538" s="0" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="539">
       <c r="A539" s="0" t="s">
         <v>547</v>
       </c>
       <c r="B539" s="0" t="s">
-        <v>526</v>
+        <v>536</v>
       </c>
       <c r="C539" s="0" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="540">
       <c r="A540" s="0" t="s">
         <v>548</v>
       </c>
       <c r="B540" s="0" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="C540" s="0" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="541">
       <c r="A541" s="0" t="s">
         <v>549</v>
       </c>
       <c r="B541" s="0" t="s">
-        <v>532</v>
+        <v>530</v>
       </c>
       <c r="C541" s="0" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="542">
       <c r="A542" s="0" t="s">
         <v>550</v>
       </c>
       <c r="B542" s="0" t="s">
-        <v>534</v>
+        <v>528</v>
       </c>
       <c r="C542" s="0" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="543">
       <c r="C543" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="544">
       <c r="C544" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="545">
       <c r="A545" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B545" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C545" s="0" t="s">
         <v>4</v>
       </c>