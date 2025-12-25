--- v0 (2025-10-26)
+++ v1 (2025-12-25)
@@ -21,51 +21,51 @@
   <sheets>
     <sheet name="Part" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8" uniqueCount="8">
   <si>
     <t>Product No</t>
   </si>
   <si>
     <t>Product name</t>
   </si>
   <si>
     <t>Path</t>
   </si>
   <si>
     <t>7501Q</t>
   </si>
   <si>
     <t>750 US</t>
   </si>
   <si>
-    <t xml:space="preserve">Cylinder, tilt/ </t>
+    <t xml:space="preserve">Cylinder, Tilt/ </t>
   </si>
   <si>
     <t>7601Q</t>
   </si>
   <si>
     <t>760 US</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
@@ -84,51 +84,51 @@
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:C3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="11.3395004272461" customWidth="1"/>
     <col min="2" max="2" width="13.7733736038208" customWidth="1"/>
-    <col min="3" max="3" width="12.9211597442627" customWidth="1"/>
+    <col min="3" max="3" width="13.2495641708374" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3">