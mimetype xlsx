--- v0 (2025-10-19)
+++ v1 (2025-12-16)
@@ -160,73 +160,73 @@
         <v>7</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="C8" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="9">
       <c r="C9" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="10">
       <c r="C10" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="11">
       <c r="C11" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="12">
       <c r="C12" s="0" t="s">
         <v>5</v>