--- v0 (2025-10-16)
+++ v1 (2026-03-15)
@@ -267,200 +267,200 @@
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>17</v>
+        <v>5</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>17</v>
+        <v>5</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>17</v>
+        <v>5</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>17</v>
+        <v>5</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>5</v>
+        <v>17</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>5</v>
+        <v>17</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>5</v>
+        <v>17</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>5</v>
+        <v>17</v>
       </c>
     </row>
     <row r="23">
       <c r="C23" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="24">
       <c r="C24" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="25">
       <c r="C25" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="26">
       <c r="C26" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27">
       <c r="C27" s="0" t="s">
         <v>5</v>
@@ -645,156 +645,156 @@
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
         <v>33</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>34</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>20</v>
+        <v>5</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>20</v>
+        <v>5</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
         <v>31</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>32</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>5</v>
+        <v>17</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>5</v>
+        <v>17</v>
       </c>
     </row>
     <row r="61">
       <c r="C61" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="62">
       <c r="C62" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="63">
       <c r="C63" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="64">
       <c r="C64" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="65">
       <c r="C65" s="0" t="s">
         <v>5</v>