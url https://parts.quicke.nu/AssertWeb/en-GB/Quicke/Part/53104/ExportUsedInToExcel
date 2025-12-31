--- v0 (2025-10-17)
+++ v1 (2025-12-31)
@@ -33,60 +33,60 @@
   <si>
     <t>Product name</t>
   </si>
   <si>
     <t>Path</t>
   </si>
   <si>
     <t xml:space="preserve">/ </t>
   </si>
   <si>
     <t>4614Q8</t>
   </si>
   <si>
     <t>Q46 DM</t>
   </si>
   <si>
     <t>4616Q8</t>
   </si>
   <si>
     <t>Q46 DM ext.</t>
   </si>
   <si>
     <t>4654Q8</t>
   </si>
   <si>
+    <t>4816Q8</t>
+  </si>
+  <si>
+    <t>Q48 DM ext.</t>
+  </si>
+  <si>
     <t>4814Q8</t>
   </si>
   <si>
     <t>Q48 DM</t>
-  </si>
-[...4 lines deleted...]
-    <t>Q48 DM ext.</t>
   </si>
   <si>
     <t>4514Q8</t>
   </si>
   <si>
     <t>Q45 DM</t>
   </si>
   <si>
     <t>4516Q8</t>
   </si>
   <si>
     <t>Q45 DM ext.</t>
   </si>
   <si>
     <t>4554Q8</t>
   </si>
   <si>
     <t>4564Q8</t>
   </si>
   <si>
     <t xml:space="preserve">Loader beam/ </t>
   </si>
   <si>
     <t>4514T8</t>
   </si>
@@ -163,51 +163,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:C84"/>
+  <dimension ref="A1:C85"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="11.3395004272461" customWidth="1"/>
     <col min="2" max="2" width="14.6204710006714" customWidth="1"/>
     <col min="3" max="3" width="13.7375659942627" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2">
       <c r="C2" s="0" t="s">
         <v>3</v>
       </c>
@@ -316,241 +316,241 @@
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>18</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>19</v>
+        <v>3</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>19</v>
+        <v>3</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>19</v>
+        <v>3</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>3</v>
+        <v>19</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>3</v>
+        <v>19</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>3</v>
+        <v>19</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="35">
       <c r="C35" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="36">
       <c r="C36" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="37">
       <c r="C37" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="38">
       <c r="C38" s="0" t="s">
         <v>3</v>
       </c>
     </row>
@@ -729,161 +729,161 @@
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
         <v>30</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>31</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>19</v>
+        <v>3</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>3</v>
+        <v>19</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="B70" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
         <v>33</v>
       </c>
       <c r="B71" s="0" t="s">
         <v>34</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="72">
       <c r="C72" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="73">
@@ -921,32 +921,37 @@
         <v>3</v>
       </c>
     </row>
     <row r="80">
       <c r="C80" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="81">
       <c r="C81" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="82">
       <c r="C82" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="83">
       <c r="C83" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="84">
       <c r="C84" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="C85" s="0" t="s">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>