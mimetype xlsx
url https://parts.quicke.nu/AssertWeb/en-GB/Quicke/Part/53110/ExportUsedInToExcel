--- v0 (2025-11-05)
+++ v1 (2026-01-07)
@@ -208,51 +208,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:C126"/>
+  <dimension ref="A1:C128"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.1335849761963" customWidth="1"/>
     <col min="2" max="2" width="14.6204710006714" customWidth="1"/>
     <col min="3" max="3" width="13.7375659942627" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2">
       <c r="C2" s="0" t="s">
         <v>3</v>
       </c>
@@ -413,364 +413,364 @@
         <v>23</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>27</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>28</v>
+        <v>3</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>27</v>
+        <v>6</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>25</v>
+        <v>7</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>28</v>
+        <v>3</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>9</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>28</v>
+        <v>3</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>28</v>
+        <v>3</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>9</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>3</v>
+        <v>28</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>3</v>
+        <v>28</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>3</v>
+        <v>28</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>3</v>
+        <v>28</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>23</v>
+        <v>7</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>9</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="49">
       <c r="C49" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="50">
       <c r="C50" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="51">
       <c r="C51" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="52">
       <c r="C52" s="0" t="s">
@@ -1037,255 +1037,255 @@
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
         <v>41</v>
       </c>
       <c r="B83" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
         <v>45</v>
       </c>
       <c r="B84" s="0" t="s">
         <v>40</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>28</v>
+        <v>3</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>28</v>
+        <v>3</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>40</v>
+        <v>49</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="B100" s="0" t="s">
         <v>47</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="B101" s="0" t="s">
         <v>49</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="B102" s="0" t="s">
         <v>47</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>3</v>
+        <v>28</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="B103" s="0" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="C103" s="0" t="s">
-        <v>3</v>
+        <v>28</v>
       </c>
     </row>
     <row r="104">
       <c r="C104" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="105">
       <c r="C105" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="106">
       <c r="C106" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="107">
       <c r="C107" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="108">
       <c r="C108" s="0" t="s">
         <v>3</v>
@@ -1356,32 +1356,42 @@
         <v>3</v>
       </c>
     </row>
     <row r="122">
       <c r="C122" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="123">
       <c r="C123" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="124">
       <c r="C124" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="125">
       <c r="C125" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="126">
       <c r="C126" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="C127" s="0" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="C128" s="0" t="s">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>