--- v0 (2025-10-25)
+++ v1 (2026-03-25)
@@ -15,63 +15,63 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Part" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="13" uniqueCount="13">
   <si>
     <t>Product No</t>
   </si>
   <si>
     <t>Product name</t>
   </si>
   <si>
     <t>Path</t>
   </si>
   <si>
+    <t>5011Q8</t>
+  </si>
+  <si>
+    <t>Q50 US</t>
+  </si>
+  <si>
+    <t xml:space="preserve">/ </t>
+  </si>
+  <si>
     <t>5111Q8</t>
   </si>
   <si>
     <t>Q51 US</t>
-  </si>
-[...7 lines deleted...]
-    <t>Q50 US</t>
   </si>
   <si>
     <t xml:space="preserve">Loader beam/ </t>
   </si>
   <si>
     <t>5111T8</t>
   </si>
   <si>
     <t>+4.1 US</t>
   </si>
   <si>
     <t>5011T8</t>
   </si>
   <si>
     <t>+4.0 US</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
@@ -137,65 +137,65 @@
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>5</v>