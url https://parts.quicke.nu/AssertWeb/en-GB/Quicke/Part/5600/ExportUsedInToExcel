--- v0 (2025-10-18)
+++ v1 (2026-03-10)
@@ -987,537 +987,537 @@
   <si>
     <t>Q39 DM ext.</t>
   </si>
   <si>
     <t>4111Q8</t>
   </si>
   <si>
     <t>Q41 US</t>
   </si>
   <si>
     <t>4114Q8</t>
   </si>
   <si>
     <t>Q41 DM</t>
   </si>
   <si>
     <t>4154Q8</t>
   </si>
   <si>
     <t>4916Q8</t>
   </si>
   <si>
     <t>Q49 DM ext.</t>
   </si>
   <si>
+    <t>5116Q8</t>
+  </si>
+  <si>
+    <t>Q51 DM ext.</t>
+  </si>
+  <si>
+    <t>9810Q8</t>
+  </si>
+  <si>
+    <t>Q98 DXL</t>
+  </si>
+  <si>
+    <t>2011Q8</t>
+  </si>
+  <si>
+    <t>Q20 US</t>
+  </si>
+  <si>
+    <t>2013Q8</t>
+  </si>
+  <si>
+    <t>Q20 DS</t>
+  </si>
+  <si>
+    <t>2014Q8</t>
+  </si>
+  <si>
+    <t>Q20 DM</t>
+  </si>
+  <si>
+    <t>2513Q8</t>
+  </si>
+  <si>
+    <t>Q25 DS</t>
+  </si>
+  <si>
+    <t>3011Q8</t>
+  </si>
+  <si>
+    <t>Q30 US</t>
+  </si>
+  <si>
+    <t>3013Q8</t>
+  </si>
+  <si>
+    <t>Q30 DS</t>
+  </si>
+  <si>
+    <t>3014Q8</t>
+  </si>
+  <si>
+    <t>Q30 DM</t>
+  </si>
+  <si>
+    <t>3016Q8</t>
+  </si>
+  <si>
+    <t>Q30 DM ext.</t>
+  </si>
+  <si>
+    <t>3511Q8</t>
+  </si>
+  <si>
+    <t>Q35 US</t>
+  </si>
+  <si>
+    <t>3513Q8</t>
+  </si>
+  <si>
+    <t>Q35 DS</t>
+  </si>
+  <si>
+    <t>3514Q8</t>
+  </si>
+  <si>
+    <t>Q35 DM</t>
+  </si>
+  <si>
+    <t>3516Q8</t>
+  </si>
+  <si>
+    <t>Q35 DM ext.</t>
+  </si>
+  <si>
+    <t>3564Q8</t>
+  </si>
+  <si>
+    <t>4011Q8</t>
+  </si>
+  <si>
+    <t>Q40 US</t>
+  </si>
+  <si>
+    <t>4014Q8</t>
+  </si>
+  <si>
+    <t>Q40 DM</t>
+  </si>
+  <si>
+    <t>4016Q8</t>
+  </si>
+  <si>
+    <t>Q40 DM ext.</t>
+  </si>
+  <si>
+    <t>4054Q8</t>
+  </si>
+  <si>
+    <t>5011Q8</t>
+  </si>
+  <si>
+    <t>Q50 US</t>
+  </si>
+  <si>
+    <t>6014Q8</t>
+  </si>
+  <si>
+    <t>Q60 DM</t>
+  </si>
+  <si>
+    <t>6016Q8</t>
+  </si>
+  <si>
+    <t>Q60 DM ext.</t>
+  </si>
+  <si>
+    <t>6044Q8</t>
+  </si>
+  <si>
+    <t>6046Q8</t>
+  </si>
+  <si>
+    <t>5116T8</t>
+  </si>
+  <si>
+    <t>+4.1 DM ext.</t>
+  </si>
+  <si>
+    <t>4611Q8</t>
+  </si>
+  <si>
+    <t>Q46 US</t>
+  </si>
+  <si>
+    <t>4614Q8</t>
+  </si>
+  <si>
+    <t>Q46 DM</t>
+  </si>
+  <si>
+    <t>4616Q8</t>
+  </si>
+  <si>
+    <t>Q46 DM ext.</t>
+  </si>
+  <si>
+    <t>4654Q8</t>
+  </si>
+  <si>
+    <t>5611Q8</t>
+  </si>
+  <si>
+    <t>Q56 US</t>
+  </si>
+  <si>
+    <t>5616Q8</t>
+  </si>
+  <si>
+    <t>Q56 DM ext.</t>
+  </si>
+  <si>
+    <t>5511Q8</t>
+  </si>
+  <si>
+    <t>Q55 US</t>
+  </si>
+  <si>
+    <t>5512Q8</t>
+  </si>
+  <si>
+    <t>Q55 UM</t>
+  </si>
+  <si>
+    <t>5514Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM</t>
+  </si>
+  <si>
+    <t>5516Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM ext.</t>
+  </si>
+  <si>
+    <t>5534Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM, DM ext</t>
+  </si>
+  <si>
+    <t>5544Q, 5546Q</t>
+  </si>
+  <si>
+    <t>5554Q8</t>
+  </si>
+  <si>
+    <t>5564Q8</t>
+  </si>
+  <si>
+    <t>6512Q8</t>
+  </si>
+  <si>
+    <t>Q65 UM</t>
+  </si>
+  <si>
+    <t>6514Q8</t>
+  </si>
+  <si>
+    <t>Q65 DM</t>
+  </si>
+  <si>
+    <t>6516Q8</t>
+  </si>
+  <si>
+    <t>Q65 DM ext.</t>
+  </si>
+  <si>
+    <t>6534Q8</t>
+  </si>
+  <si>
+    <t>6544Q8</t>
+  </si>
+  <si>
+    <t>6546Q8</t>
+  </si>
+  <si>
+    <t>6564Q8</t>
+  </si>
+  <si>
+    <t>4816Q8</t>
+  </si>
+  <si>
+    <t>Q48 DM ext.</t>
+  </si>
+  <si>
+    <t>4814Q8</t>
+  </si>
+  <si>
+    <t>Q48 DM</t>
+  </si>
+  <si>
+    <t>4912Q8</t>
+  </si>
+  <si>
+    <t>Q49 UM</t>
+  </si>
+  <si>
+    <t>4914Q8</t>
+  </si>
+  <si>
+    <t>Q49 DM</t>
+  </si>
+  <si>
     <t>5111Q8</t>
   </si>
   <si>
     <t>Q51 US</t>
   </si>
   <si>
     <t>5114Q8</t>
   </si>
   <si>
     <t>Q51 DM</t>
   </si>
   <si>
-    <t>5116Q8</t>
-[...4 lines deleted...]
-  <si>
     <t>5154Q8</t>
   </si>
   <si>
+    <t>5612Q8</t>
+  </si>
+  <si>
+    <t>Q56 UM</t>
+  </si>
+  <si>
+    <t>5614Q8</t>
+  </si>
+  <si>
+    <t>Q56 DM</t>
+  </si>
+  <si>
+    <t>5654Q8</t>
+  </si>
+  <si>
+    <t>5856Q8</t>
+  </si>
+  <si>
+    <t>Q58 DM ext.</t>
+  </si>
+  <si>
+    <t>5854Q8</t>
+  </si>
+  <si>
+    <t>Q58 DM</t>
+  </si>
+  <si>
+    <t>5816Q8</t>
+  </si>
+  <si>
+    <t>5814Q8</t>
+  </si>
+  <si>
     <t>6114Q8</t>
   </si>
   <si>
     <t>Q61 DM</t>
   </si>
   <si>
     <t>6116Q8</t>
   </si>
   <si>
     <t>Q61 DM ext.</t>
   </si>
   <si>
+    <t>6612Q8</t>
+  </si>
+  <si>
+    <t>Q66 UM</t>
+  </si>
+  <si>
+    <t>6614Q8</t>
+  </si>
+  <si>
+    <t>Q66 DM</t>
+  </si>
+  <si>
+    <t>6616Q8</t>
+  </si>
+  <si>
+    <t>Q66 DM ext.</t>
+  </si>
+  <si>
+    <t>6814Q8</t>
+  </si>
+  <si>
+    <t>Q68 DM</t>
+  </si>
+  <si>
+    <t>6816Q8</t>
+  </si>
+  <si>
+    <t>Q68 DM ext.</t>
+  </si>
+  <si>
+    <t>6854Q8</t>
+  </si>
+  <si>
+    <t>6856Q8</t>
+  </si>
+  <si>
+    <t>7612Q8</t>
+  </si>
+  <si>
+    <t>Q76 UM</t>
+  </si>
+  <si>
+    <t>7614Q8</t>
+  </si>
+  <si>
+    <t>Q76 DM</t>
+  </si>
+  <si>
+    <t>7616Q8</t>
+  </si>
+  <si>
+    <t>Q76 DM ext.</t>
+  </si>
+  <si>
+    <t>7814Q8</t>
+  </si>
+  <si>
+    <t>Q78 DM</t>
+  </si>
+  <si>
+    <t>7816Q8</t>
+  </si>
+  <si>
+    <t>Q78 DM Ext.</t>
+  </si>
+  <si>
+    <t>7854Q8</t>
+  </si>
+  <si>
     <t>8813Q8</t>
   </si>
   <si>
     <t>Q88 DL</t>
   </si>
   <si>
     <t>8853Q8</t>
   </si>
   <si>
-    <t>9810Q8</t>
-[...22 lines deleted...]
-  <si>
     <t>2511Q8</t>
   </si>
   <si>
     <t>Q25 US</t>
   </si>
   <si>
-    <t>2513Q8</t>
-[...4 lines deleted...]
-  <si>
     <t>2514Q8</t>
   </si>
   <si>
     <t>Q25 DM</t>
   </si>
   <si>
-    <t>3011Q8</t>
-[...74 lines deleted...]
-    <t>Q50 US</t>
+    <t>4511Q8</t>
+  </si>
+  <si>
+    <t>Q45 US</t>
+  </si>
+  <si>
+    <t>4514Q8</t>
+  </si>
+  <si>
+    <t>Q45 DM</t>
+  </si>
+  <si>
+    <t>4516Q8</t>
+  </si>
+  <si>
+    <t>Q45 DM ext.</t>
+  </si>
+  <si>
+    <t>4554Q8</t>
+  </si>
+  <si>
+    <t>4564Q8</t>
   </si>
   <si>
     <t>5014Q8</t>
   </si>
   <si>
     <t>Q50 DM</t>
   </si>
   <si>
     <t>5016Q8</t>
   </si>
   <si>
     <t>Q50 DM ext.</t>
   </si>
   <si>
     <t>5054Q8</t>
   </si>
   <si>
-    <t>6014Q8</t>
-[...14 lines deleted...]
-    <t>6046Q8</t>
+    <t>7512Q8</t>
+  </si>
+  <si>
+    <t>Q75 UM</t>
+  </si>
+  <si>
+    <t>7514Q8</t>
+  </si>
+  <si>
+    <t>Q75 DM</t>
+  </si>
+  <si>
+    <t>7516Q8</t>
+  </si>
+  <si>
+    <t>Q75 DM ext.</t>
+  </si>
+  <si>
+    <t>7524Q8</t>
+  </si>
+  <si>
+    <t>8513Q8</t>
+  </si>
+  <si>
+    <t>Q85 DL</t>
+  </si>
+  <si>
+    <t>8523Q8</t>
   </si>
   <si>
     <t>8713Q8</t>
   </si>
   <si>
     <t>Q85x DL</t>
-  </si>
-[...286 lines deleted...]
-    <t>8523Q8</t>
   </si>
   <si>
     <t>8753Q8</t>
   </si>
   <si>
     <t xml:space="preserve">/ </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
@@ -3459,1046 +3459,1046 @@
         <v>329</v>
       </c>
       <c r="B175" s="0" t="s">
         <v>330</v>
       </c>
       <c r="C175" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="0" t="s">
         <v>331</v>
       </c>
       <c r="B176" s="0" t="s">
         <v>332</v>
       </c>
       <c r="C176" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="0" t="s">
         <v>333</v>
       </c>
       <c r="B177" s="0" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="C177" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="0" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="B178" s="0" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="C178" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="0" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="B179" s="0" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="C179" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="0" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="B180" s="0" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="C180" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="0" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B181" s="0" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="C181" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="0" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="B182" s="0" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="C182" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="0" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="B183" s="0" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="C183" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="0" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="B184" s="0" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="C184" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="0" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="B185" s="0" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="C185" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="0" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="B186" s="0" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="C186" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="0" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="B187" s="0" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="C187" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="0" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="B188" s="0" t="s">
-        <v>354</v>
+        <v>352</v>
       </c>
       <c r="C188" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="0" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="B189" s="0" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C189" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="0" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="B190" s="0" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="C190" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="0" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B191" s="0" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C191" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="0" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B192" s="0" t="s">
-        <v>362</v>
+        <v>359</v>
       </c>
       <c r="C192" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="0" t="s">
         <v>363</v>
       </c>
       <c r="B193" s="0" t="s">
         <v>364</v>
       </c>
       <c r="C193" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="0" t="s">
         <v>365</v>
       </c>
       <c r="B194" s="0" t="s">
         <v>366</v>
       </c>
       <c r="C194" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="0" t="s">
         <v>367</v>
       </c>
       <c r="B195" s="0" t="s">
         <v>368</v>
       </c>
       <c r="C195" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="0" t="s">
         <v>369</v>
       </c>
       <c r="B196" s="0" t="s">
-        <v>370</v>
+        <v>366</v>
       </c>
       <c r="C196" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="0" t="s">
-        <v>371</v>
+        <v>370</v>
       </c>
       <c r="B197" s="0" t="s">
-        <v>368</v>
+        <v>366</v>
       </c>
       <c r="C197" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="0" t="s">
+        <v>371</v>
+      </c>
+      <c r="B198" s="0" t="s">
         <v>372</v>
-      </c>
-[...1 lines deleted...]
-        <v>373</v>
       </c>
       <c r="C198" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="0" t="s">
+        <v>373</v>
+      </c>
+      <c r="B199" s="0" t="s">
         <v>374</v>
-      </c>
-[...1 lines deleted...]
-        <v>375</v>
       </c>
       <c r="C199" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="0" t="s">
+        <v>375</v>
+      </c>
+      <c r="B200" s="0" t="s">
         <v>376</v>
-      </c>
-[...1 lines deleted...]
-        <v>377</v>
       </c>
       <c r="C200" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="0" t="s">
+        <v>377</v>
+      </c>
+      <c r="B201" s="0" t="s">
         <v>378</v>
-      </c>
-[...1 lines deleted...]
-        <v>375</v>
       </c>
       <c r="C201" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="0" t="s">
         <v>379</v>
       </c>
       <c r="B202" s="0" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="C202" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="0" t="s">
+        <v>380</v>
+      </c>
+      <c r="B203" s="0" t="s">
         <v>381</v>
-      </c>
-[...1 lines deleted...]
-        <v>382</v>
       </c>
       <c r="C203" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="0" t="s">
+        <v>382</v>
+      </c>
+      <c r="B204" s="0" t="s">
         <v>383</v>
-      </c>
-[...1 lines deleted...]
-        <v>384</v>
       </c>
       <c r="C204" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="0" t="s">
+        <v>384</v>
+      </c>
+      <c r="B205" s="0" t="s">
         <v>385</v>
-      </c>
-[...1 lines deleted...]
-        <v>382</v>
       </c>
       <c r="C205" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="0" t="s">
         <v>386</v>
       </c>
       <c r="B206" s="0" t="s">
         <v>387</v>
       </c>
       <c r="C206" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="0" t="s">
         <v>388</v>
       </c>
       <c r="B207" s="0" t="s">
         <v>389</v>
       </c>
       <c r="C207" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="0" t="s">
         <v>390</v>
       </c>
       <c r="B208" s="0" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="C208" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="0" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="B209" s="0" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="C209" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="0" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="B210" s="0" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="C210" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="0" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="B211" s="0" t="s">
-        <v>395</v>
+        <v>389</v>
       </c>
       <c r="C211" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="0" t="s">
         <v>396</v>
       </c>
       <c r="B212" s="0" t="s">
-        <v>397</v>
+        <v>389</v>
       </c>
       <c r="C212" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="0" t="s">
+        <v>397</v>
+      </c>
+      <c r="B213" s="0" t="s">
         <v>398</v>
-      </c>
-[...1 lines deleted...]
-        <v>399</v>
       </c>
       <c r="C213" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="0" t="s">
+        <v>399</v>
+      </c>
+      <c r="B214" s="0" t="s">
         <v>400</v>
-      </c>
-[...1 lines deleted...]
-        <v>401</v>
       </c>
       <c r="C214" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="0" t="s">
+        <v>401</v>
+      </c>
+      <c r="B215" s="0" t="s">
         <v>402</v>
-      </c>
-[...1 lines deleted...]
-        <v>399</v>
       </c>
       <c r="C215" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="0" t="s">
         <v>403</v>
       </c>
       <c r="B216" s="0" t="s">
-        <v>404</v>
+        <v>400</v>
       </c>
       <c r="C216" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="0" t="s">
-        <v>405</v>
+        <v>404</v>
       </c>
       <c r="B217" s="0" t="s">
-        <v>406</v>
+        <v>400</v>
       </c>
       <c r="C217" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="0" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="B218" s="0" t="s">
-        <v>408</v>
+        <v>402</v>
       </c>
       <c r="C218" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="0" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="B219" s="0" t="s">
-        <v>410</v>
+        <v>400</v>
       </c>
       <c r="C219" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="0" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
       <c r="B220" s="0" t="s">
-        <v>412</v>
+        <v>408</v>
       </c>
       <c r="C220" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="0" t="s">
-        <v>413</v>
+        <v>409</v>
       </c>
       <c r="B221" s="0" t="s">
-        <v>414</v>
+        <v>410</v>
       </c>
       <c r="C221" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="0" t="s">
-        <v>415</v>
+        <v>411</v>
       </c>
       <c r="B222" s="0" t="s">
-        <v>416</v>
+        <v>412</v>
       </c>
       <c r="C222" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="0" t="s">
-        <v>417</v>
+        <v>413</v>
       </c>
       <c r="B223" s="0" t="s">
-        <v>418</v>
+        <v>414</v>
       </c>
       <c r="C223" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="0" t="s">
-        <v>419</v>
+        <v>415</v>
       </c>
       <c r="B224" s="0" t="s">
         <v>416</v>
       </c>
       <c r="C224" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="0" t="s">
-        <v>420</v>
+        <v>417</v>
       </c>
       <c r="B225" s="0" t="s">
-        <v>421</v>
+        <v>418</v>
       </c>
       <c r="C225" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="0" t="s">
-        <v>422</v>
+        <v>419</v>
       </c>
       <c r="B226" s="0" t="s">
-        <v>423</v>
+        <v>418</v>
       </c>
       <c r="C226" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="0" t="s">
-        <v>424</v>
+        <v>420</v>
       </c>
       <c r="B227" s="0" t="s">
         <v>421</v>
       </c>
       <c r="C227" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="0" t="s">
-        <v>425</v>
+        <v>422</v>
       </c>
       <c r="B228" s="0" t="s">
         <v>423</v>
       </c>
       <c r="C228" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="0" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="B229" s="0" t="s">
-        <v>427</v>
+        <v>423</v>
       </c>
       <c r="C229" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="0" t="s">
-        <v>428</v>
+        <v>425</v>
       </c>
       <c r="B230" s="0" t="s">
-        <v>429</v>
+        <v>426</v>
       </c>
       <c r="C230" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="0" t="s">
-        <v>430</v>
+        <v>427</v>
       </c>
       <c r="B231" s="0" t="s">
-        <v>431</v>
+        <v>428</v>
       </c>
       <c r="C231" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="0" t="s">
-        <v>432</v>
+        <v>429</v>
       </c>
       <c r="B232" s="0" t="s">
-        <v>433</v>
+        <v>426</v>
       </c>
       <c r="C232" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="0" t="s">
-        <v>434</v>
+        <v>430</v>
       </c>
       <c r="B233" s="0" t="s">
-        <v>435</v>
+        <v>428</v>
       </c>
       <c r="C233" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="0" t="s">
-        <v>436</v>
+        <v>431</v>
       </c>
       <c r="B234" s="0" t="s">
-        <v>433</v>
+        <v>432</v>
       </c>
       <c r="C234" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="0" t="s">
-        <v>437</v>
+        <v>433</v>
       </c>
       <c r="B235" s="0" t="s">
-        <v>435</v>
+        <v>434</v>
       </c>
       <c r="C235" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="0" t="s">
-        <v>438</v>
+        <v>435</v>
       </c>
       <c r="B236" s="0" t="s">
-        <v>439</v>
+        <v>436</v>
       </c>
       <c r="C236" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="0" t="s">
-        <v>440</v>
+        <v>437</v>
       </c>
       <c r="B237" s="0" t="s">
-        <v>441</v>
+        <v>438</v>
       </c>
       <c r="C237" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="0" t="s">
-        <v>442</v>
+        <v>439</v>
       </c>
       <c r="B238" s="0" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="C238" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="0" t="s">
-        <v>444</v>
+        <v>441</v>
       </c>
       <c r="B239" s="0" t="s">
-        <v>445</v>
+        <v>442</v>
       </c>
       <c r="C239" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="0" t="s">
-        <v>446</v>
+        <v>443</v>
       </c>
       <c r="B240" s="0" t="s">
-        <v>447</v>
+        <v>444</v>
       </c>
       <c r="C240" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="0" t="s">
-        <v>448</v>
+        <v>445</v>
       </c>
       <c r="B241" s="0" t="s">
-        <v>445</v>
+        <v>442</v>
       </c>
       <c r="C241" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="0" t="s">
-        <v>449</v>
+        <v>446</v>
       </c>
       <c r="B242" s="0" t="s">
-        <v>450</v>
+        <v>444</v>
       </c>
       <c r="C242" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="0" t="s">
-        <v>451</v>
+        <v>447</v>
       </c>
       <c r="B243" s="0" t="s">
-        <v>452</v>
+        <v>448</v>
       </c>
       <c r="C243" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="0" t="s">
-        <v>453</v>
+        <v>449</v>
       </c>
       <c r="B244" s="0" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="C244" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="0" t="s">
-        <v>455</v>
+        <v>451</v>
       </c>
       <c r="B245" s="0" t="s">
         <v>452</v>
       </c>
       <c r="C245" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="0" t="s">
-        <v>456</v>
+        <v>453</v>
       </c>
       <c r="B246" s="0" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="C246" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="0" t="s">
-        <v>457</v>
+        <v>455</v>
       </c>
       <c r="B247" s="0" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="C247" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="0" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="B248" s="0" t="s">
-        <v>460</v>
+        <v>454</v>
       </c>
       <c r="C248" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="0" t="s">
-        <v>461</v>
+        <v>458</v>
       </c>
       <c r="B249" s="0" t="s">
-        <v>462</v>
+        <v>459</v>
       </c>
       <c r="C249" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="0" t="s">
-        <v>463</v>
+        <v>460</v>
       </c>
       <c r="B250" s="0" t="s">
-        <v>464</v>
+        <v>459</v>
       </c>
       <c r="C250" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="0" t="s">
-        <v>465</v>
+        <v>461</v>
       </c>
       <c r="B251" s="0" t="s">
         <v>462</v>
       </c>
       <c r="C251" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="0" t="s">
-        <v>466</v>
+        <v>463</v>
       </c>
       <c r="B252" s="0" t="s">
-        <v>467</v>
+        <v>464</v>
       </c>
       <c r="C252" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="0" t="s">
-        <v>468</v>
+        <v>465</v>
       </c>
       <c r="B253" s="0" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="C253" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="0" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="B254" s="0" t="s">
-        <v>462</v>
+        <v>468</v>
       </c>
       <c r="C254" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="0" t="s">
+        <v>469</v>
+      </c>
+      <c r="B255" s="0" t="s">
         <v>470</v>
-      </c>
-[...1 lines deleted...]
-        <v>471</v>
       </c>
       <c r="C255" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="0" t="s">
-        <v>472</v>
+        <v>471</v>
       </c>
       <c r="B256" s="0" t="s">
-        <v>473</v>
+        <v>468</v>
       </c>
       <c r="C256" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="0" t="s">
-        <v>474</v>
+        <v>472</v>
       </c>
       <c r="B257" s="0" t="s">
-        <v>475</v>
+        <v>468</v>
       </c>
       <c r="C257" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="0" t="s">
-        <v>476</v>
+        <v>473</v>
       </c>
       <c r="B258" s="0" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="C258" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="0" t="s">
-        <v>477</v>
+        <v>475</v>
       </c>
       <c r="B259" s="0" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="C259" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="0" t="s">
-        <v>478</v>
+        <v>477</v>
       </c>
       <c r="B260" s="0" t="s">
-        <v>475</v>
+        <v>474</v>
       </c>
       <c r="C260" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="0" t="s">
+        <v>478</v>
+      </c>
+      <c r="B261" s="0" t="s">
         <v>479</v>
-      </c>
-[...1 lines deleted...]
-        <v>473</v>
       </c>
       <c r="C261" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="0" t="s">
         <v>480</v>
       </c>
       <c r="B262" s="0" t="s">
         <v>481</v>
       </c>
       <c r="C262" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="0" t="s">
         <v>482</v>
       </c>
       <c r="B263" s="0" t="s">
         <v>483</v>
       </c>
       <c r="C263" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="0" t="s">
         <v>484</v>
       </c>
       <c r="B264" s="0" t="s">
-        <v>485</v>
+        <v>481</v>
       </c>
       <c r="C264" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="0" t="s">
+        <v>485</v>
+      </c>
+      <c r="B265" s="0" t="s">
         <v>486</v>
-      </c>
-[...1 lines deleted...]
-        <v>483</v>
       </c>
       <c r="C265" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="0" t="s">
         <v>487</v>
       </c>
       <c r="B266" s="0" t="s">
-        <v>488</v>
+        <v>486</v>
       </c>
       <c r="C266" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="0" t="s">
+        <v>488</v>
+      </c>
+      <c r="B267" s="0" t="s">
         <v>489</v>
-      </c>
-[...1 lines deleted...]
-        <v>488</v>
       </c>
       <c r="C267" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="0" t="s">
         <v>490</v>
       </c>
       <c r="B268" s="0" t="s">
-        <v>393</v>
+        <v>489</v>
       </c>
       <c r="C268" s="0" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="269">
       <c r="C269" s="0" t="s">
         <v>491</v>
       </c>
     </row>
     <row r="270">
       <c r="C270" s="0" t="s">
         <v>491</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>