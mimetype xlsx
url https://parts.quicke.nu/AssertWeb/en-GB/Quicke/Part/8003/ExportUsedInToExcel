--- v0 (2025-10-17)
+++ v1 (2026-01-15)
@@ -60,158 +60,158 @@
   <si>
     <t>3516T8</t>
   </si>
   <si>
     <t>+2.0P DM ext.</t>
   </si>
   <si>
     <t>3518T8</t>
   </si>
   <si>
     <t>+2.0P Special B</t>
   </si>
   <si>
     <t>4014T8</t>
   </si>
   <si>
     <t>+3.0 DM</t>
   </si>
   <si>
     <t>2014Q8</t>
   </si>
   <si>
     <t>Q20 DM</t>
   </si>
   <si>
+    <t>3014Q8</t>
+  </si>
+  <si>
+    <t>Q30 DM</t>
+  </si>
+  <si>
+    <t>3016Q8</t>
+  </si>
+  <si>
+    <t>Q30 DM ext.</t>
+  </si>
+  <si>
+    <t>3514Q8</t>
+  </si>
+  <si>
+    <t>Q35 DM</t>
+  </si>
+  <si>
+    <t>3516Q8</t>
+  </si>
+  <si>
+    <t>Q35 DM ext.</t>
+  </si>
+  <si>
+    <t>3564Q8</t>
+  </si>
+  <si>
+    <t>4014Q8</t>
+  </si>
+  <si>
+    <t>Q40 DM</t>
+  </si>
+  <si>
+    <t>4016Q8</t>
+  </si>
+  <si>
+    <t>Q40 DM ext.</t>
+  </si>
+  <si>
+    <t>4054Q8</t>
+  </si>
+  <si>
+    <t>2514T8</t>
+  </si>
+  <si>
+    <t>+1.0P DM</t>
+  </si>
+  <si>
+    <t>2014T8</t>
+  </si>
+  <si>
+    <t>+1.0 DM</t>
+  </si>
+  <si>
+    <t>4514T8</t>
+  </si>
+  <si>
+    <t>+3.0P DM</t>
+  </si>
+  <si>
+    <t>4516T8</t>
+  </si>
+  <si>
+    <t>+3.0P DM ext.</t>
+  </si>
+  <si>
     <t>2514Q8</t>
   </si>
   <si>
     <t>Q25 DM</t>
   </si>
   <si>
-    <t>3014Q8</t>
-[...52 lines deleted...]
-  <si>
     <t>4514Q8</t>
   </si>
   <si>
     <t>Q45 DM</t>
   </si>
   <si>
     <t>4516Q8</t>
   </si>
   <si>
     <t>Q45 DM ext.</t>
   </si>
   <si>
     <t>4554Q8</t>
   </si>
   <si>
     <t>4564Q8</t>
   </si>
   <si>
-    <t>4514T8</t>
-[...8 lines deleted...]
-    <t>+3.0P DM ext.</t>
+    <t>8753Q8</t>
+  </si>
+  <si>
+    <t>Q85x DL</t>
+  </si>
+  <si>
+    <t>8513Q8</t>
+  </si>
+  <si>
+    <t>Q85 DL</t>
+  </si>
+  <si>
+    <t>8523Q8</t>
   </si>
   <si>
     <t>8713Q8</t>
   </si>
   <si>
-    <t>Q85x DL</t>
-[...13 lines deleted...]
-  <si>
     <t>5111T8</t>
   </si>
   <si>
     <t>+4.1 US</t>
   </si>
   <si>
     <t>5617T8</t>
   </si>
   <si>
     <t>+4.1P Special S</t>
   </si>
   <si>
     <t>5611T8</t>
   </si>
   <si>
     <t>+4.1P US</t>
   </si>
   <si>
     <t>7612T8</t>
   </si>
   <si>
     <t>+6.1P UM</t>
   </si>
   <si>
     <t>7614T8</t>
@@ -516,116 +516,116 @@
   <si>
     <t>4111T8</t>
   </si>
   <si>
     <t>+3.1 US</t>
   </si>
   <si>
     <t>4611Q8</t>
   </si>
   <si>
     <t>Q46 US</t>
   </si>
   <si>
     <t>4611T8</t>
   </si>
   <si>
     <t>+3.1P US</t>
   </si>
   <si>
     <t>4617T8</t>
   </si>
   <si>
     <t>+3.1P Special S</t>
   </si>
   <si>
+    <t>5116Q8</t>
+  </si>
+  <si>
+    <t>Q51 DM ext.</t>
+  </si>
+  <si>
+    <t>5616Q8</t>
+  </si>
+  <si>
+    <t>Q56 DM ext.</t>
+  </si>
+  <si>
     <t>5114Q8</t>
   </si>
   <si>
     <t>Q51 DM</t>
   </si>
   <si>
-    <t>5116Q8</t>
-[...4 lines deleted...]
-  <si>
     <t>5154Q8</t>
   </si>
   <si>
+    <t>5612Q8</t>
+  </si>
+  <si>
+    <t>Q56 UM</t>
+  </si>
+  <si>
+    <t>5614Q8</t>
+  </si>
+  <si>
+    <t>Q56 DM</t>
+  </si>
+  <si>
+    <t>5654Q8</t>
+  </si>
+  <si>
+    <t>5856Q8</t>
+  </si>
+  <si>
+    <t>Q58 DM ext.</t>
+  </si>
+  <si>
+    <t>5854Q8</t>
+  </si>
+  <si>
+    <t>Q58 DM</t>
+  </si>
+  <si>
+    <t>5816Q8</t>
+  </si>
+  <si>
+    <t>5814Q8</t>
+  </si>
+  <si>
     <t>6114Q8</t>
   </si>
   <si>
     <t>Q61 DM</t>
   </si>
   <si>
     <t>6116Q8</t>
   </si>
   <si>
     <t>Q61 DM ext.</t>
   </si>
   <si>
-    <t>5612Q8</t>
-[...37 lines deleted...]
-  <si>
     <t>6612Q8</t>
   </si>
   <si>
     <t>Q66 UM</t>
   </si>
   <si>
     <t>6614Q8</t>
   </si>
   <si>
     <t>Q66 DM</t>
   </si>
   <si>
     <t>6616Q8</t>
   </si>
   <si>
     <t>Q66 DM ext.</t>
   </si>
   <si>
     <t>6814Q8</t>
   </si>
   <si>
     <t>Q68 DM</t>
   </si>
   <si>
     <t>6816Q8</t>
@@ -825,405 +825,405 @@
   <si>
     <t>+3.4P DM</t>
   </si>
   <si>
     <t>4916T8</t>
   </si>
   <si>
     <t>+3.4P DM ext.</t>
   </si>
   <si>
     <t>4614Q8</t>
   </si>
   <si>
     <t>Q46 DM</t>
   </si>
   <si>
     <t>4616Q8</t>
   </si>
   <si>
     <t>Q46 DM ext.</t>
   </si>
   <si>
     <t>4654Q8</t>
   </si>
   <si>
+    <t>4614T8</t>
+  </si>
+  <si>
+    <t>+3.1P DM</t>
+  </si>
+  <si>
+    <t>4616T8</t>
+  </si>
+  <si>
+    <t>+3.1P DM ext.</t>
+  </si>
+  <si>
+    <t>4618T8</t>
+  </si>
+  <si>
+    <t>+3.1P Special B</t>
+  </si>
+  <si>
+    <t>4654T8</t>
+  </si>
+  <si>
+    <t>4814T8</t>
+  </si>
+  <si>
+    <t>+3.3P DM</t>
+  </si>
+  <si>
+    <t>4816T8</t>
+  </si>
+  <si>
+    <t>+3.3P DM ext.</t>
+  </si>
+  <si>
+    <t>4816Q8</t>
+  </si>
+  <si>
+    <t>Q48 DM ext.</t>
+  </si>
+  <si>
     <t>4814Q8</t>
   </si>
   <si>
     <t>Q48 DM</t>
   </si>
   <si>
-    <t>4816Q8</t>
-[...4 lines deleted...]
-  <si>
     <t>4912Q8</t>
   </si>
   <si>
     <t>Q49 UM</t>
   </si>
   <si>
     <t>4914Q8</t>
   </si>
   <si>
     <t>Q49 DM</t>
   </si>
   <si>
-    <t>4614T8</t>
-[...31 lines deleted...]
-  <si>
     <t>5011Q8</t>
   </si>
   <si>
     <t>Q50 US</t>
   </si>
   <si>
     <t>5511Q8</t>
   </si>
   <si>
     <t>Q55 US</t>
   </si>
   <si>
+    <t>5611Q8</t>
+  </si>
+  <si>
+    <t>Q56 US</t>
+  </si>
+  <si>
     <t>5111Q8</t>
   </si>
   <si>
     <t>Q51 US</t>
   </si>
   <si>
-    <t>5611Q8</t>
-[...4 lines deleted...]
-  <si>
     <t>7612Q8</t>
   </si>
   <si>
     <t>Q76 UM</t>
   </si>
   <si>
     <t>7614Q8</t>
   </si>
   <si>
     <t>Q76 DM</t>
   </si>
   <si>
     <t>7616Q8</t>
   </si>
   <si>
     <t>Q76 DM ext.</t>
   </si>
   <si>
     <t>7814Q8</t>
   </si>
   <si>
     <t>Q78 DM</t>
   </si>
   <si>
     <t>7816Q8</t>
   </si>
   <si>
     <t>Q78 DM Ext.</t>
   </si>
   <si>
     <t>7854Q8</t>
   </si>
   <si>
+    <t>9810Q8</t>
+  </si>
+  <si>
+    <t>Q98 DXL</t>
+  </si>
+  <si>
     <t>8813Q8</t>
   </si>
   <si>
     <t>Q88 DL</t>
   </si>
   <si>
     <t>8853Q8</t>
   </si>
   <si>
-    <t>9810Q8</t>
-[...4 lines deleted...]
-  <si>
     <t>3011T8</t>
   </si>
   <si>
     <t>+2.0 US</t>
   </si>
   <si>
     <t>3013T8</t>
   </si>
   <si>
     <t>+2.0 DS</t>
   </si>
   <si>
     <t>3511T8</t>
   </si>
   <si>
     <t>+2.0P US</t>
   </si>
   <si>
     <t>3513T8</t>
   </si>
   <si>
     <t>+2.0P DS</t>
   </si>
   <si>
     <t>3517T8</t>
   </si>
   <si>
     <t>+2.0P Special S</t>
   </si>
   <si>
     <t>4011T8</t>
   </si>
   <si>
     <t>+3.0 US</t>
   </si>
   <si>
     <t>2011Q8</t>
   </si>
   <si>
     <t>Q20 US</t>
   </si>
   <si>
     <t>2013Q8</t>
   </si>
   <si>
     <t>Q20 DS</t>
   </si>
   <si>
+    <t>2513Q8</t>
+  </si>
+  <si>
+    <t>Q25 DS</t>
+  </si>
+  <si>
+    <t>3011Q8</t>
+  </si>
+  <si>
+    <t>Q30 US</t>
+  </si>
+  <si>
+    <t>3013Q8</t>
+  </si>
+  <si>
+    <t>Q30 DS</t>
+  </si>
+  <si>
+    <t>3511Q8</t>
+  </si>
+  <si>
+    <t>Q35 US</t>
+  </si>
+  <si>
+    <t>3513Q8</t>
+  </si>
+  <si>
+    <t>Q35 DS</t>
+  </si>
+  <si>
+    <t>4011Q8</t>
+  </si>
+  <si>
+    <t>Q40 US</t>
+  </si>
+  <si>
+    <t>2511T8</t>
+  </si>
+  <si>
+    <t>+1.0P US</t>
+  </si>
+  <si>
+    <t>2513T8</t>
+  </si>
+  <si>
+    <t>+1.0P DS</t>
+  </si>
+  <si>
+    <t>2011T8</t>
+  </si>
+  <si>
+    <t>+1.0 US</t>
+  </si>
+  <si>
+    <t>2013T8</t>
+  </si>
+  <si>
+    <t>+1.0 DS</t>
+  </si>
+  <si>
+    <t>4511T8</t>
+  </si>
+  <si>
+    <t>+3.0P US</t>
+  </si>
+  <si>
+    <t>4517T8</t>
+  </si>
+  <si>
+    <t>+3.0P Special S</t>
+  </si>
+  <si>
     <t>2511Q8</t>
   </si>
   <si>
     <t>Q25 US</t>
   </si>
   <si>
-    <t>2513Q8</t>
-[...58 lines deleted...]
-  <si>
     <t>4511Q8</t>
   </si>
   <si>
     <t>Q45 US</t>
   </si>
   <si>
-    <t>4511T8</t>
-[...8 lines deleted...]
-    <t>+3.0P Special S</t>
+    <t>6014Q8</t>
+  </si>
+  <si>
+    <t>Q60 DM</t>
+  </si>
+  <si>
+    <t>6016Q8</t>
+  </si>
+  <si>
+    <t>Q60 DM ext.</t>
+  </si>
+  <si>
+    <t>6044Q8</t>
+  </si>
+  <si>
+    <t>6046Q8</t>
+  </si>
+  <si>
+    <t>5512Q8</t>
+  </si>
+  <si>
+    <t>Q55 UM</t>
+  </si>
+  <si>
+    <t>5514Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM</t>
+  </si>
+  <si>
+    <t>5516Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM ext.</t>
+  </si>
+  <si>
+    <t>5534Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM, DM ext</t>
+  </si>
+  <si>
+    <t>5544Q, 5546Q</t>
+  </si>
+  <si>
+    <t>5554Q8</t>
+  </si>
+  <si>
+    <t>5564Q8</t>
+  </si>
+  <si>
+    <t>6512Q8</t>
+  </si>
+  <si>
+    <t>Q65 UM</t>
+  </si>
+  <si>
+    <t>6514Q8</t>
+  </si>
+  <si>
+    <t>Q65 DM</t>
+  </si>
+  <si>
+    <t>6516Q8</t>
+  </si>
+  <si>
+    <t>Q65 DM ext.</t>
+  </si>
+  <si>
+    <t>6534Q8</t>
+  </si>
+  <si>
+    <t>6544Q8</t>
+  </si>
+  <si>
+    <t>6546Q8</t>
+  </si>
+  <si>
+    <t>6564Q8</t>
   </si>
   <si>
     <t>5014Q8</t>
   </si>
   <si>
     <t>Q50 DM</t>
   </si>
   <si>
     <t>5016Q8</t>
   </si>
   <si>
     <t>Q50 DM ext.</t>
   </si>
   <si>
     <t>5054Q8</t>
-  </si>
-[...79 lines deleted...]
-    <t>6564Q8</t>
   </si>
   <si>
     <t>7512Q8</t>
   </si>
   <si>
     <t>Q75 UM</t>
   </si>
   <si>
     <t>7514Q8</t>
   </si>
   <si>
     <t>Q75 DM</t>
   </si>
   <si>
     <t>7516Q8</t>
   </si>
   <si>
     <t>Q75 DM ext.</t>
   </si>
   <si>
     <t>7524Q8</t>
   </si>
   <si>
     <t>5114T8</t>
   </si>
@@ -1544,95 +1544,95 @@
         <v>22</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="B14" s="0" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>31</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="B17" s="0" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>34</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>36</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>37</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>5</v>
@@ -1643,84 +1643,84 @@
         <v>38</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>40</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>41</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>42</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>5</v>
@@ -1808,95 +1808,95 @@
         <v>22</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="B38" s="0" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
         <v>31</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="B41" s="0" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
         <v>34</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
         <v>36</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>37</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>5</v>
@@ -1907,172 +1907,172 @@
         <v>38</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
         <v>40</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>41</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
         <v>42</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
         <v>48</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>49</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="B52" s="0" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
         <v>48</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>49</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="B56" s="0" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
         <v>54</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>55</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
         <v>56</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>57</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>5</v>
@@ -2996,161 +2996,161 @@
         <v>170</v>
       </c>
       <c r="B143" s="0" t="s">
         <v>171</v>
       </c>
       <c r="C143" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="0" t="s">
         <v>172</v>
       </c>
       <c r="B144" s="0" t="s">
         <v>173</v>
       </c>
       <c r="C144" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="s">
         <v>174</v>
       </c>
       <c r="B145" s="0" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="C145" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="B146" s="0" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="C146" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="0" t="s">
         <v>177</v>
       </c>
       <c r="B147" s="0" t="s">
         <v>178</v>
       </c>
       <c r="C147" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="0" t="s">
         <v>179</v>
       </c>
       <c r="B148" s="0" t="s">
         <v>180</v>
       </c>
       <c r="C148" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="0" t="s">
         <v>181</v>
       </c>
       <c r="B149" s="0" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="C149" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="B150" s="0" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
       <c r="C150" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="B151" s="0" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="C151" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="s">
         <v>186</v>
       </c>
       <c r="B152" s="0" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="C152" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="B153" s="0" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="C153" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="B154" s="0" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C154" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="0" t="s">
+        <v>190</v>
+      </c>
+      <c r="B155" s="0" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
       <c r="C155" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="0" t="s">
         <v>192</v>
       </c>
       <c r="B156" s="0" t="s">
         <v>193</v>
       </c>
       <c r="C156" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="0" t="s">
         <v>194</v>
       </c>
       <c r="B157" s="0" t="s">
         <v>195</v>
       </c>
       <c r="C157" s="0" t="s">
         <v>119</v>
@@ -3554,54 +3554,54 @@
     </row>
     <row r="194">
       <c r="A194" s="0" t="s">
         <v>264</v>
       </c>
       <c r="B194" s="0" t="s">
         <v>265</v>
       </c>
       <c r="C194" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="0" t="s">
         <v>266</v>
       </c>
       <c r="B195" s="0" t="s">
         <v>267</v>
       </c>
       <c r="C195" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="0" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="B196" s="0" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="C196" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="0" t="s">
         <v>268</v>
       </c>
       <c r="B197" s="0" t="s">
         <v>269</v>
       </c>
       <c r="C197" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="0" t="s">
         <v>270</v>
       </c>
       <c r="B198" s="0" t="s">
         <v>271</v>
       </c>
       <c r="C198" s="0" t="s">
         <v>119</v>
@@ -3634,95 +3634,95 @@
         <v>275</v>
       </c>
       <c r="B201" s="0" t="s">
         <v>276</v>
       </c>
       <c r="C201" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="0" t="s">
         <v>277</v>
       </c>
       <c r="B202" s="0" t="s">
         <v>278</v>
       </c>
       <c r="C202" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="0" t="s">
         <v>279</v>
       </c>
       <c r="B203" s="0" t="s">
-        <v>280</v>
+        <v>274</v>
       </c>
       <c r="C203" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="0" t="s">
+        <v>280</v>
+      </c>
+      <c r="B204" s="0" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
       <c r="C204" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="0" t="s">
+        <v>282</v>
+      </c>
+      <c r="B205" s="0" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
       <c r="C205" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="0" t="s">
+        <v>284</v>
+      </c>
+      <c r="B206" s="0" t="s">
         <v>285</v>
-      </c>
-[...1 lines deleted...]
-        <v>286</v>
       </c>
       <c r="C206" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="0" t="s">
+        <v>286</v>
+      </c>
+      <c r="B207" s="0" t="s">
         <v>287</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
       <c r="C207" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="0" t="s">
         <v>288</v>
       </c>
       <c r="B208" s="0" t="s">
         <v>289</v>
       </c>
       <c r="C208" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="0" t="s">
         <v>290</v>
       </c>
       <c r="B209" s="0" t="s">
         <v>291</v>
       </c>
       <c r="C209" s="0" t="s">
         <v>119</v>
@@ -3854,62 +3854,62 @@
         <v>310</v>
       </c>
       <c r="B221" s="0" t="s">
         <v>307</v>
       </c>
       <c r="C221" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="0" t="s">
         <v>311</v>
       </c>
       <c r="B222" s="0" t="s">
         <v>312</v>
       </c>
       <c r="C222" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="0" t="s">
         <v>313</v>
       </c>
       <c r="B223" s="0" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="C223" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="0" t="s">
+        <v>315</v>
+      </c>
+      <c r="B224" s="0" t="s">
         <v>314</v>
-      </c>
-[...1 lines deleted...]
-        <v>315</v>
       </c>
       <c r="C224" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="0" t="s">
         <v>316</v>
       </c>
       <c r="B225" s="0" t="s">
         <v>317</v>
       </c>
       <c r="C225" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="0" t="s">
         <v>318</v>
       </c>
       <c r="B226" s="0" t="s">
         <v>319</v>
       </c>
       <c r="C226" s="0" t="s">
         <v>119</v>
@@ -4393,469 +4393,469 @@
         <v>362</v>
       </c>
       <c r="B270" s="0" t="s">
         <v>363</v>
       </c>
       <c r="C270" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="0" t="s">
         <v>364</v>
       </c>
       <c r="B271" s="0" t="s">
         <v>361</v>
       </c>
       <c r="C271" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="0" t="s">
         <v>365</v>
       </c>
       <c r="B272" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="C272" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="0" t="s">
+        <v>366</v>
+      </c>
+      <c r="B273" s="0" t="s">
         <v>367</v>
-      </c>
-[...1 lines deleted...]
-        <v>368</v>
       </c>
       <c r="C273" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="0" t="s">
+        <v>368</v>
+      </c>
+      <c r="B274" s="0" t="s">
         <v>369</v>
-      </c>
-[...1 lines deleted...]
-        <v>366</v>
       </c>
       <c r="C274" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="0" t="s">
         <v>370</v>
       </c>
       <c r="B275" s="0" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="C275" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="0" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B276" s="0" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="C276" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="0" t="s">
         <v>373</v>
       </c>
       <c r="B277" s="0" t="s">
         <v>374</v>
       </c>
       <c r="C277" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="0" t="s">
         <v>375</v>
       </c>
       <c r="B278" s="0" t="s">
-        <v>376</v>
+        <v>369</v>
       </c>
       <c r="C278" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="B279" s="0" t="s">
-        <v>374</v>
+        <v>369</v>
       </c>
       <c r="C279" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="0" t="s">
+        <v>377</v>
+      </c>
+      <c r="B280" s="0" t="s">
         <v>378</v>
-      </c>
-[...1 lines deleted...]
-        <v>379</v>
       </c>
       <c r="C280" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="0" t="s">
+        <v>379</v>
+      </c>
+      <c r="B281" s="0" t="s">
         <v>380</v>
-      </c>
-[...1 lines deleted...]
-        <v>374</v>
       </c>
       <c r="C281" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="0" t="s">
         <v>381</v>
       </c>
       <c r="B282" s="0" t="s">
-        <v>374</v>
+        <v>382</v>
       </c>
       <c r="C282" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="0" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="B283" s="0" t="s">
-        <v>383</v>
+        <v>380</v>
       </c>
       <c r="C283" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="0" t="s">
         <v>384</v>
       </c>
       <c r="B284" s="0" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="C284" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="0" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="B285" s="0" t="s">
-        <v>387</v>
+        <v>382</v>
       </c>
       <c r="C285" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="0" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="B286" s="0" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="C286" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="0" t="s">
-        <v>389</v>
+        <v>387</v>
       </c>
       <c r="B287" s="0" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="C287" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="0" t="s">
+        <v>389</v>
+      </c>
+      <c r="B288" s="0" t="s">
         <v>390</v>
-      </c>
-[...1 lines deleted...]
-        <v>387</v>
       </c>
       <c r="C288" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="0" t="s">
         <v>391</v>
       </c>
       <c r="B289" s="0" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="C289" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="0" t="s">
         <v>360</v>
       </c>
       <c r="B290" s="0" t="s">
         <v>361</v>
       </c>
       <c r="C290" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="0" t="s">
         <v>362</v>
       </c>
       <c r="B291" s="0" t="s">
         <v>363</v>
       </c>
       <c r="C291" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="0" t="s">
         <v>364</v>
       </c>
       <c r="B292" s="0" t="s">
         <v>361</v>
       </c>
       <c r="C292" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="0" t="s">
         <v>365</v>
       </c>
       <c r="B293" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="C293" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="0" t="s">
+        <v>366</v>
+      </c>
+      <c r="B294" s="0" t="s">
         <v>367</v>
-      </c>
-[...1 lines deleted...]
-        <v>368</v>
       </c>
       <c r="C294" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="0" t="s">
+        <v>368</v>
+      </c>
+      <c r="B295" s="0" t="s">
         <v>369</v>
-      </c>
-[...1 lines deleted...]
-        <v>366</v>
       </c>
       <c r="C295" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="0" t="s">
         <v>370</v>
       </c>
       <c r="B296" s="0" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="C296" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="0" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B297" s="0" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="C297" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="0" t="s">
         <v>373</v>
       </c>
       <c r="B298" s="0" t="s">
         <v>374</v>
       </c>
       <c r="C298" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="0" t="s">
         <v>375</v>
       </c>
       <c r="B299" s="0" t="s">
-        <v>376</v>
+        <v>369</v>
       </c>
       <c r="C299" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="B300" s="0" t="s">
-        <v>374</v>
+        <v>369</v>
       </c>
       <c r="C300" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="0" t="s">
+        <v>377</v>
+      </c>
+      <c r="B301" s="0" t="s">
         <v>378</v>
-      </c>
-[...1 lines deleted...]
-        <v>379</v>
       </c>
       <c r="C301" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="0" t="s">
+        <v>379</v>
+      </c>
+      <c r="B302" s="0" t="s">
         <v>380</v>
-      </c>
-[...1 lines deleted...]
-        <v>374</v>
       </c>
       <c r="C302" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="0" t="s">
         <v>381</v>
       </c>
       <c r="B303" s="0" t="s">
-        <v>374</v>
+        <v>382</v>
       </c>
       <c r="C303" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="0" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="B304" s="0" t="s">
-        <v>383</v>
+        <v>380</v>
       </c>
       <c r="C304" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="0" t="s">
         <v>384</v>
       </c>
       <c r="B305" s="0" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="C305" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="0" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="B306" s="0" t="s">
-        <v>387</v>
+        <v>382</v>
       </c>
       <c r="C306" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="0" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="B307" s="0" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="C307" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="0" t="s">
-        <v>389</v>
+        <v>387</v>
       </c>
       <c r="B308" s="0" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="C308" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="0" t="s">
+        <v>389</v>
+      </c>
+      <c r="B309" s="0" t="s">
         <v>390</v>
-      </c>
-[...1 lines deleted...]
-        <v>387</v>
       </c>
       <c r="C309" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="0" t="s">
         <v>391</v>
       </c>
       <c r="B310" s="0" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="C310" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="0" t="s">
         <v>392</v>
       </c>
       <c r="B311" s="0" t="s">
         <v>393</v>
       </c>
       <c r="C311" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="0" t="s">
         <v>394</v>
       </c>
       <c r="B312" s="0" t="s">
         <v>395</v>
       </c>
       <c r="C312" s="0" t="s">
         <v>119</v>
@@ -5284,95 +5284,95 @@
         <v>22</v>
       </c>
       <c r="B351" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C351" s="0" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B352" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C352" s="0" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B353" s="0" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="C353" s="0" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="B354" s="0" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="C354" s="0" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B355" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C355" s="0" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="0" t="s">
         <v>31</v>
       </c>
       <c r="B356" s="0" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="C356" s="0" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="B357" s="0" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="C357" s="0" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="0" t="s">
         <v>34</v>
       </c>
       <c r="B358" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C358" s="0" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="0" t="s">
         <v>36</v>
       </c>
       <c r="B359" s="0" t="s">
         <v>37</v>
       </c>
       <c r="C359" s="0" t="s">
         <v>439</v>
@@ -5383,84 +5383,84 @@
         <v>38</v>
       </c>
       <c r="B360" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C360" s="0" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="0" t="s">
         <v>40</v>
       </c>
       <c r="B361" s="0" t="s">
         <v>41</v>
       </c>
       <c r="C361" s="0" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="0" t="s">
         <v>42</v>
       </c>
       <c r="B362" s="0" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="C362" s="0" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B363" s="0" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="C363" s="0" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="0" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B364" s="0" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C364" s="0" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B365" s="0" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="C365" s="0" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B366" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C366" s="0" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B367" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C367" s="0" t="s">
         <v>439</v>
@@ -5548,95 +5548,95 @@
         <v>22</v>
       </c>
       <c r="B375" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C375" s="0" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B376" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C376" s="0" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B377" s="0" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="C377" s="0" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="B378" s="0" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="C378" s="0" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B379" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C379" s="0" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" s="0" t="s">
         <v>31</v>
       </c>
       <c r="B380" s="0" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="C380" s="0" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="B381" s="0" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="C381" s="0" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" s="0" t="s">
         <v>34</v>
       </c>
       <c r="B382" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C382" s="0" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" s="0" t="s">
         <v>36</v>
       </c>
       <c r="B383" s="0" t="s">
         <v>37</v>
       </c>
       <c r="C383" s="0" t="s">
         <v>439</v>
@@ -5647,172 +5647,172 @@
         <v>38</v>
       </c>
       <c r="B384" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C384" s="0" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="0" t="s">
         <v>40</v>
       </c>
       <c r="B385" s="0" t="s">
         <v>41</v>
       </c>
       <c r="C385" s="0" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" s="0" t="s">
         <v>42</v>
       </c>
       <c r="B386" s="0" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="C386" s="0" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B387" s="0" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="C387" s="0" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" s="0" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B388" s="0" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C388" s="0" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B389" s="0" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="C389" s="0" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="0" t="s">
         <v>48</v>
       </c>
       <c r="B390" s="0" t="s">
         <v>49</v>
       </c>
       <c r="C390" s="0" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B391" s="0" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C391" s="0" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="B392" s="0" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="C392" s="0" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B393" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="C393" s="0" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="0" t="s">
         <v>48</v>
       </c>
       <c r="B394" s="0" t="s">
         <v>49</v>
       </c>
       <c r="C394" s="0" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B395" s="0" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C395" s="0" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="B396" s="0" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="C396" s="0" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B397" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="C397" s="0" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="0" t="s">
         <v>54</v>
       </c>
       <c r="B398" s="0" t="s">
         <v>55</v>
       </c>
       <c r="C398" s="0" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" s="0" t="s">
         <v>56</v>
       </c>
       <c r="B399" s="0" t="s">
         <v>57</v>
       </c>
       <c r="C399" s="0" t="s">
         <v>439</v>
@@ -6736,161 +6736,161 @@
         <v>170</v>
       </c>
       <c r="B483" s="0" t="s">
         <v>171</v>
       </c>
       <c r="C483" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" s="0" t="s">
         <v>172</v>
       </c>
       <c r="B484" s="0" t="s">
         <v>173</v>
       </c>
       <c r="C484" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" s="0" t="s">
         <v>174</v>
       </c>
       <c r="B485" s="0" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="C485" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="B486" s="0" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="C486" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" s="0" t="s">
         <v>177</v>
       </c>
       <c r="B487" s="0" t="s">
         <v>178</v>
       </c>
       <c r="C487" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" s="0" t="s">
         <v>179</v>
       </c>
       <c r="B488" s="0" t="s">
         <v>180</v>
       </c>
       <c r="C488" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="489">
       <c r="A489" s="0" t="s">
         <v>181</v>
       </c>
       <c r="B489" s="0" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="C489" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="B490" s="0" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
       <c r="C490" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="B491" s="0" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="C491" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" s="0" t="s">
         <v>186</v>
       </c>
       <c r="B492" s="0" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="C492" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="493">
       <c r="A493" s="0" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="B493" s="0" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="C493" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="494">
       <c r="A494" s="0" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="B494" s="0" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C494" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" s="0" t="s">
+        <v>190</v>
+      </c>
+      <c r="B495" s="0" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
       <c r="C495" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="496">
       <c r="A496" s="0" t="s">
         <v>192</v>
       </c>
       <c r="B496" s="0" t="s">
         <v>193</v>
       </c>
       <c r="C496" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" s="0" t="s">
         <v>194</v>
       </c>
       <c r="B497" s="0" t="s">
         <v>195</v>
       </c>
       <c r="C497" s="0" t="s">
         <v>119</v>
@@ -7294,54 +7294,54 @@
     </row>
     <row r="534">
       <c r="A534" s="0" t="s">
         <v>264</v>
       </c>
       <c r="B534" s="0" t="s">
         <v>265</v>
       </c>
       <c r="C534" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="535">
       <c r="A535" s="0" t="s">
         <v>266</v>
       </c>
       <c r="B535" s="0" t="s">
         <v>267</v>
       </c>
       <c r="C535" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="536">
       <c r="A536" s="0" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="B536" s="0" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="C536" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="537">
       <c r="A537" s="0" t="s">
         <v>268</v>
       </c>
       <c r="B537" s="0" t="s">
         <v>269</v>
       </c>
       <c r="C537" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="538">
       <c r="A538" s="0" t="s">
         <v>270</v>
       </c>
       <c r="B538" s="0" t="s">
         <v>271</v>
       </c>
       <c r="C538" s="0" t="s">
         <v>119</v>
@@ -7374,95 +7374,95 @@
         <v>275</v>
       </c>
       <c r="B541" s="0" t="s">
         <v>276</v>
       </c>
       <c r="C541" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="542">
       <c r="A542" s="0" t="s">
         <v>277</v>
       </c>
       <c r="B542" s="0" t="s">
         <v>278</v>
       </c>
       <c r="C542" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="543">
       <c r="A543" s="0" t="s">
         <v>279</v>
       </c>
       <c r="B543" s="0" t="s">
-        <v>280</v>
+        <v>274</v>
       </c>
       <c r="C543" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="544">
       <c r="A544" s="0" t="s">
+        <v>280</v>
+      </c>
+      <c r="B544" s="0" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
       <c r="C544" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="545">
       <c r="A545" s="0" t="s">
+        <v>282</v>
+      </c>
+      <c r="B545" s="0" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
       <c r="C545" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="546">
       <c r="A546" s="0" t="s">
+        <v>284</v>
+      </c>
+      <c r="B546" s="0" t="s">
         <v>285</v>
-      </c>
-[...1 lines deleted...]
-        <v>286</v>
       </c>
       <c r="C546" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="547">
       <c r="A547" s="0" t="s">
+        <v>286</v>
+      </c>
+      <c r="B547" s="0" t="s">
         <v>287</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
       <c r="C547" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="548">
       <c r="A548" s="0" t="s">
         <v>288</v>
       </c>
       <c r="B548" s="0" t="s">
         <v>289</v>
       </c>
       <c r="C548" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="549">
       <c r="A549" s="0" t="s">
         <v>290</v>
       </c>
       <c r="B549" s="0" t="s">
         <v>291</v>
       </c>
       <c r="C549" s="0" t="s">
         <v>119</v>
@@ -7594,62 +7594,62 @@
         <v>310</v>
       </c>
       <c r="B561" s="0" t="s">
         <v>307</v>
       </c>
       <c r="C561" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="562">
       <c r="A562" s="0" t="s">
         <v>311</v>
       </c>
       <c r="B562" s="0" t="s">
         <v>312</v>
       </c>
       <c r="C562" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="563">
       <c r="A563" s="0" t="s">
         <v>313</v>
       </c>
       <c r="B563" s="0" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="C563" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="564">
       <c r="A564" s="0" t="s">
+        <v>315</v>
+      </c>
+      <c r="B564" s="0" t="s">
         <v>314</v>
-      </c>
-[...1 lines deleted...]
-        <v>315</v>
       </c>
       <c r="C564" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="565">
       <c r="A565" s="0" t="s">
         <v>316</v>
       </c>
       <c r="B565" s="0" t="s">
         <v>317</v>
       </c>
       <c r="C565" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="566">
       <c r="A566" s="0" t="s">
         <v>318</v>
       </c>
       <c r="B566" s="0" t="s">
         <v>319</v>
       </c>
       <c r="C566" s="0" t="s">
         <v>119</v>
@@ -8133,469 +8133,469 @@
         <v>362</v>
       </c>
       <c r="B610" s="0" t="s">
         <v>363</v>
       </c>
       <c r="C610" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="611">
       <c r="A611" s="0" t="s">
         <v>364</v>
       </c>
       <c r="B611" s="0" t="s">
         <v>361</v>
       </c>
       <c r="C611" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="612">
       <c r="A612" s="0" t="s">
         <v>365</v>
       </c>
       <c r="B612" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="C612" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="613">
       <c r="A613" s="0" t="s">
+        <v>366</v>
+      </c>
+      <c r="B613" s="0" t="s">
         <v>367</v>
-      </c>
-[...1 lines deleted...]
-        <v>368</v>
       </c>
       <c r="C613" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="614">
       <c r="A614" s="0" t="s">
+        <v>368</v>
+      </c>
+      <c r="B614" s="0" t="s">
         <v>369</v>
-      </c>
-[...1 lines deleted...]
-        <v>366</v>
       </c>
       <c r="C614" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="615">
       <c r="A615" s="0" t="s">
         <v>370</v>
       </c>
       <c r="B615" s="0" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="C615" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="616">
       <c r="A616" s="0" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B616" s="0" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="C616" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="617">
       <c r="A617" s="0" t="s">
         <v>373</v>
       </c>
       <c r="B617" s="0" t="s">
         <v>374</v>
       </c>
       <c r="C617" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="618">
       <c r="A618" s="0" t="s">
         <v>375</v>
       </c>
       <c r="B618" s="0" t="s">
-        <v>376</v>
+        <v>369</v>
       </c>
       <c r="C618" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="619">
       <c r="A619" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="B619" s="0" t="s">
-        <v>374</v>
+        <v>369</v>
       </c>
       <c r="C619" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="620">
       <c r="A620" s="0" t="s">
+        <v>377</v>
+      </c>
+      <c r="B620" s="0" t="s">
         <v>378</v>
-      </c>
-[...1 lines deleted...]
-        <v>379</v>
       </c>
       <c r="C620" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="621">
       <c r="A621" s="0" t="s">
+        <v>379</v>
+      </c>
+      <c r="B621" s="0" t="s">
         <v>380</v>
-      </c>
-[...1 lines deleted...]
-        <v>374</v>
       </c>
       <c r="C621" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="622">
       <c r="A622" s="0" t="s">
         <v>381</v>
       </c>
       <c r="B622" s="0" t="s">
-        <v>374</v>
+        <v>382</v>
       </c>
       <c r="C622" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="623">
       <c r="A623" s="0" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="B623" s="0" t="s">
-        <v>383</v>
+        <v>380</v>
       </c>
       <c r="C623" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="624">
       <c r="A624" s="0" t="s">
         <v>384</v>
       </c>
       <c r="B624" s="0" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="C624" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="625">
       <c r="A625" s="0" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="B625" s="0" t="s">
-        <v>387</v>
+        <v>382</v>
       </c>
       <c r="C625" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="626">
       <c r="A626" s="0" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="B626" s="0" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="C626" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="627">
       <c r="A627" s="0" t="s">
-        <v>389</v>
+        <v>387</v>
       </c>
       <c r="B627" s="0" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="C627" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="628">
       <c r="A628" s="0" t="s">
+        <v>389</v>
+      </c>
+      <c r="B628" s="0" t="s">
         <v>390</v>
-      </c>
-[...1 lines deleted...]
-        <v>387</v>
       </c>
       <c r="C628" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="629">
       <c r="A629" s="0" t="s">
         <v>391</v>
       </c>
       <c r="B629" s="0" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="C629" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="630">
       <c r="A630" s="0" t="s">
         <v>360</v>
       </c>
       <c r="B630" s="0" t="s">
         <v>361</v>
       </c>
       <c r="C630" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="631">
       <c r="A631" s="0" t="s">
         <v>362</v>
       </c>
       <c r="B631" s="0" t="s">
         <v>363</v>
       </c>
       <c r="C631" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="632">
       <c r="A632" s="0" t="s">
         <v>364</v>
       </c>
       <c r="B632" s="0" t="s">
         <v>361</v>
       </c>
       <c r="C632" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="633">
       <c r="A633" s="0" t="s">
         <v>365</v>
       </c>
       <c r="B633" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="C633" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="634">
       <c r="A634" s="0" t="s">
+        <v>366</v>
+      </c>
+      <c r="B634" s="0" t="s">
         <v>367</v>
-      </c>
-[...1 lines deleted...]
-        <v>368</v>
       </c>
       <c r="C634" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="635">
       <c r="A635" s="0" t="s">
+        <v>368</v>
+      </c>
+      <c r="B635" s="0" t="s">
         <v>369</v>
-      </c>
-[...1 lines deleted...]
-        <v>366</v>
       </c>
       <c r="C635" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="636">
       <c r="A636" s="0" t="s">
         <v>370</v>
       </c>
       <c r="B636" s="0" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="C636" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="637">
       <c r="A637" s="0" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B637" s="0" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="C637" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="638">
       <c r="A638" s="0" t="s">
         <v>373</v>
       </c>
       <c r="B638" s="0" t="s">
         <v>374</v>
       </c>
       <c r="C638" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="639">
       <c r="A639" s="0" t="s">
         <v>375</v>
       </c>
       <c r="B639" s="0" t="s">
-        <v>376</v>
+        <v>369</v>
       </c>
       <c r="C639" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="640">
       <c r="A640" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="B640" s="0" t="s">
-        <v>374</v>
+        <v>369</v>
       </c>
       <c r="C640" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="641">
       <c r="A641" s="0" t="s">
+        <v>377</v>
+      </c>
+      <c r="B641" s="0" t="s">
         <v>378</v>
-      </c>
-[...1 lines deleted...]
-        <v>379</v>
       </c>
       <c r="C641" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="642">
       <c r="A642" s="0" t="s">
+        <v>379</v>
+      </c>
+      <c r="B642" s="0" t="s">
         <v>380</v>
-      </c>
-[...1 lines deleted...]
-        <v>374</v>
       </c>
       <c r="C642" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="643">
       <c r="A643" s="0" t="s">
         <v>381</v>
       </c>
       <c r="B643" s="0" t="s">
-        <v>374</v>
+        <v>382</v>
       </c>
       <c r="C643" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="644">
       <c r="A644" s="0" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="B644" s="0" t="s">
-        <v>383</v>
+        <v>380</v>
       </c>
       <c r="C644" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="645">
       <c r="A645" s="0" t="s">
         <v>384</v>
       </c>
       <c r="B645" s="0" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="C645" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="646">
       <c r="A646" s="0" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="B646" s="0" t="s">
-        <v>387</v>
+        <v>382</v>
       </c>
       <c r="C646" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="647">
       <c r="A647" s="0" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="B647" s="0" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="C647" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="648">
       <c r="A648" s="0" t="s">
-        <v>389</v>
+        <v>387</v>
       </c>
       <c r="B648" s="0" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="C648" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="649">
       <c r="A649" s="0" t="s">
+        <v>389</v>
+      </c>
+      <c r="B649" s="0" t="s">
         <v>390</v>
-      </c>
-[...1 lines deleted...]
-        <v>387</v>
       </c>
       <c r="C649" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="650">
       <c r="A650" s="0" t="s">
         <v>391</v>
       </c>
       <c r="B650" s="0" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="C650" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="651">
       <c r="A651" s="0" t="s">
         <v>392</v>
       </c>
       <c r="B651" s="0" t="s">
         <v>393</v>
       </c>
       <c r="C651" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="652">
       <c r="A652" s="0" t="s">
         <v>394</v>
       </c>
       <c r="B652" s="0" t="s">
         <v>395</v>
       </c>
       <c r="C652" s="0" t="s">
         <v>119</v>
@@ -9032,95 +9032,95 @@
         <v>22</v>
       </c>
       <c r="B692" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C692" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="693">
       <c r="A693" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B693" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C693" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="694">
       <c r="A694" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B694" s="0" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="C694" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="695">
       <c r="A695" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="B695" s="0" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="C695" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="696">
       <c r="A696" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B696" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C696" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="697">
       <c r="A697" s="0" t="s">
         <v>31</v>
       </c>
       <c r="B697" s="0" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="C697" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="698">
       <c r="A698" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="B698" s="0" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="C698" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="699">
       <c r="A699" s="0" t="s">
         <v>34</v>
       </c>
       <c r="B699" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C699" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="700">
       <c r="A700" s="0" t="s">
         <v>36</v>
       </c>
       <c r="B700" s="0" t="s">
         <v>37</v>
       </c>
       <c r="C700" s="0" t="s">
         <v>119</v>
@@ -9131,84 +9131,84 @@
         <v>38</v>
       </c>
       <c r="B701" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C701" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="702">
       <c r="A702" s="0" t="s">
         <v>40</v>
       </c>
       <c r="B702" s="0" t="s">
         <v>41</v>
       </c>
       <c r="C702" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="703">
       <c r="A703" s="0" t="s">
         <v>42</v>
       </c>
       <c r="B703" s="0" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="C703" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="704">
       <c r="A704" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B704" s="0" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="C704" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="705">
       <c r="A705" s="0" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B705" s="0" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C705" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="706">
       <c r="A706" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B706" s="0" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="C706" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="707">
       <c r="A707" s="0" t="s">
         <v>316</v>
       </c>
       <c r="B707" s="0" t="s">
         <v>317</v>
       </c>
       <c r="C707" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="708">
       <c r="A708" s="0" t="s">
         <v>318</v>
       </c>
       <c r="B708" s="0" t="s">
         <v>319</v>
       </c>
       <c r="C708" s="0" t="s">
         <v>119</v>
@@ -9483,282 +9483,282 @@
         <v>362</v>
       </c>
       <c r="B733" s="0" t="s">
         <v>363</v>
       </c>
       <c r="C733" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="734">
       <c r="A734" s="0" t="s">
         <v>364</v>
       </c>
       <c r="B734" s="0" t="s">
         <v>361</v>
       </c>
       <c r="C734" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="735">
       <c r="A735" s="0" t="s">
         <v>365</v>
       </c>
       <c r="B735" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="C735" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="736">
       <c r="A736" s="0" t="s">
+        <v>366</v>
+      </c>
+      <c r="B736" s="0" t="s">
         <v>367</v>
-      </c>
-[...1 lines deleted...]
-        <v>368</v>
       </c>
       <c r="C736" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="737">
       <c r="A737" s="0" t="s">
+        <v>368</v>
+      </c>
+      <c r="B737" s="0" t="s">
         <v>369</v>
-      </c>
-[...1 lines deleted...]
-        <v>366</v>
       </c>
       <c r="C737" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="738">
       <c r="A738" s="0" t="s">
         <v>370</v>
       </c>
       <c r="B738" s="0" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="C738" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="739">
       <c r="A739" s="0" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B739" s="0" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="C739" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="740">
       <c r="A740" s="0" t="s">
         <v>373</v>
       </c>
       <c r="B740" s="0" t="s">
         <v>374</v>
       </c>
       <c r="C740" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="741">
       <c r="A741" s="0" t="s">
         <v>375</v>
       </c>
       <c r="B741" s="0" t="s">
-        <v>376</v>
+        <v>369</v>
       </c>
       <c r="C741" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="742">
       <c r="A742" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="B742" s="0" t="s">
-        <v>374</v>
+        <v>369</v>
       </c>
       <c r="C742" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="743">
       <c r="A743" s="0" t="s">
+        <v>377</v>
+      </c>
+      <c r="B743" s="0" t="s">
         <v>378</v>
-      </c>
-[...1 lines deleted...]
-        <v>379</v>
       </c>
       <c r="C743" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="744">
       <c r="A744" s="0" t="s">
+        <v>379</v>
+      </c>
+      <c r="B744" s="0" t="s">
         <v>380</v>
-      </c>
-[...1 lines deleted...]
-        <v>374</v>
       </c>
       <c r="C744" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="745">
       <c r="A745" s="0" t="s">
         <v>381</v>
       </c>
       <c r="B745" s="0" t="s">
-        <v>374</v>
+        <v>382</v>
       </c>
       <c r="C745" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="746">
       <c r="A746" s="0" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="B746" s="0" t="s">
-        <v>383</v>
+        <v>380</v>
       </c>
       <c r="C746" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="747">
       <c r="A747" s="0" t="s">
         <v>384</v>
       </c>
       <c r="B747" s="0" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="C747" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="748">
       <c r="A748" s="0" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="B748" s="0" t="s">
-        <v>387</v>
+        <v>382</v>
       </c>
       <c r="C748" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="749">
       <c r="A749" s="0" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="B749" s="0" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="C749" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="750">
       <c r="A750" s="0" t="s">
-        <v>389</v>
+        <v>387</v>
       </c>
       <c r="B750" s="0" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="C750" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="751">
       <c r="A751" s="0" t="s">
+        <v>389</v>
+      </c>
+      <c r="B751" s="0" t="s">
         <v>390</v>
-      </c>
-[...1 lines deleted...]
-        <v>387</v>
       </c>
       <c r="C751" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="752">
       <c r="A752" s="0" t="s">
         <v>391</v>
       </c>
       <c r="B752" s="0" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="C752" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="753">
       <c r="A753" s="0" t="s">
         <v>48</v>
       </c>
       <c r="B753" s="0" t="s">
         <v>49</v>
       </c>
       <c r="C753" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="754">
       <c r="A754" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B754" s="0" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C754" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="755">
       <c r="A755" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="B755" s="0" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="C755" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="756">
       <c r="A756" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B756" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="C756" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="757">
       <c r="A757" s="0" t="s">
         <v>392</v>
       </c>
       <c r="B757" s="0" t="s">
         <v>393</v>
       </c>
       <c r="C757" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="758">
       <c r="A758" s="0" t="s">
         <v>394</v>
       </c>
       <c r="B758" s="0" t="s">
         <v>395</v>
       </c>
       <c r="C758" s="0" t="s">
         <v>119</v>
@@ -10154,95 +10154,95 @@
         <v>22</v>
       </c>
       <c r="B794" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C794" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="795">
       <c r="A795" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B795" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C795" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="796">
       <c r="A796" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B796" s="0" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="C796" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="797">
       <c r="A797" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="B797" s="0" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="C797" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="798">
       <c r="A798" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B798" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C798" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="799">
       <c r="A799" s="0" t="s">
         <v>31</v>
       </c>
       <c r="B799" s="0" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="C799" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="800">
       <c r="A800" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="B800" s="0" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="C800" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="801">
       <c r="A801" s="0" t="s">
         <v>34</v>
       </c>
       <c r="B801" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C801" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="802">
       <c r="A802" s="0" t="s">
         <v>36</v>
       </c>
       <c r="B802" s="0" t="s">
         <v>37</v>
       </c>
       <c r="C802" s="0" t="s">
         <v>119</v>
@@ -10253,84 +10253,84 @@
         <v>38</v>
       </c>
       <c r="B803" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C803" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="804">
       <c r="A804" s="0" t="s">
         <v>40</v>
       </c>
       <c r="B804" s="0" t="s">
         <v>41</v>
       </c>
       <c r="C804" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="805">
       <c r="A805" s="0" t="s">
         <v>42</v>
       </c>
       <c r="B805" s="0" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="C805" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="806">
       <c r="A806" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B806" s="0" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="C806" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="807">
       <c r="A807" s="0" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B807" s="0" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C807" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="808">
       <c r="A808" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B808" s="0" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="C808" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="809">
       <c r="A809" s="0" t="s">
         <v>316</v>
       </c>
       <c r="B809" s="0" t="s">
         <v>317</v>
       </c>
       <c r="C809" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="810">
       <c r="A810" s="0" t="s">
         <v>318</v>
       </c>
       <c r="B810" s="0" t="s">
         <v>319</v>
       </c>
       <c r="C810" s="0" t="s">
         <v>119</v>
@@ -10605,282 +10605,282 @@
         <v>362</v>
       </c>
       <c r="B835" s="0" t="s">
         <v>363</v>
       </c>
       <c r="C835" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="836">
       <c r="A836" s="0" t="s">
         <v>364</v>
       </c>
       <c r="B836" s="0" t="s">
         <v>361</v>
       </c>
       <c r="C836" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="837">
       <c r="A837" s="0" t="s">
         <v>365</v>
       </c>
       <c r="B837" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="C837" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="838">
       <c r="A838" s="0" t="s">
+        <v>366</v>
+      </c>
+      <c r="B838" s="0" t="s">
         <v>367</v>
-      </c>
-[...1 lines deleted...]
-        <v>368</v>
       </c>
       <c r="C838" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="839">
       <c r="A839" s="0" t="s">
+        <v>368</v>
+      </c>
+      <c r="B839" s="0" t="s">
         <v>369</v>
-      </c>
-[...1 lines deleted...]
-        <v>366</v>
       </c>
       <c r="C839" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="840">
       <c r="A840" s="0" t="s">
         <v>370</v>
       </c>
       <c r="B840" s="0" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="C840" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="841">
       <c r="A841" s="0" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B841" s="0" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="C841" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="842">
       <c r="A842" s="0" t="s">
         <v>373</v>
       </c>
       <c r="B842" s="0" t="s">
         <v>374</v>
       </c>
       <c r="C842" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="843">
       <c r="A843" s="0" t="s">
         <v>375</v>
       </c>
       <c r="B843" s="0" t="s">
-        <v>376</v>
+        <v>369</v>
       </c>
       <c r="C843" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="844">
       <c r="A844" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="B844" s="0" t="s">
-        <v>374</v>
+        <v>369</v>
       </c>
       <c r="C844" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="845">
       <c r="A845" s="0" t="s">
+        <v>377</v>
+      </c>
+      <c r="B845" s="0" t="s">
         <v>378</v>
-      </c>
-[...1 lines deleted...]
-        <v>379</v>
       </c>
       <c r="C845" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="846">
       <c r="A846" s="0" t="s">
+        <v>379</v>
+      </c>
+      <c r="B846" s="0" t="s">
         <v>380</v>
-      </c>
-[...1 lines deleted...]
-        <v>374</v>
       </c>
       <c r="C846" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="847">
       <c r="A847" s="0" t="s">
         <v>381</v>
       </c>
       <c r="B847" s="0" t="s">
-        <v>374</v>
+        <v>382</v>
       </c>
       <c r="C847" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="848">
       <c r="A848" s="0" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="B848" s="0" t="s">
-        <v>383</v>
+        <v>380</v>
       </c>
       <c r="C848" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="849">
       <c r="A849" s="0" t="s">
         <v>384</v>
       </c>
       <c r="B849" s="0" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="C849" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="850">
       <c r="A850" s="0" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="B850" s="0" t="s">
-        <v>387</v>
+        <v>382</v>
       </c>
       <c r="C850" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="851">
       <c r="A851" s="0" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="B851" s="0" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="C851" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="852">
       <c r="A852" s="0" t="s">
-        <v>389</v>
+        <v>387</v>
       </c>
       <c r="B852" s="0" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="C852" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="853">
       <c r="A853" s="0" t="s">
+        <v>389</v>
+      </c>
+      <c r="B853" s="0" t="s">
         <v>390</v>
-      </c>
-[...1 lines deleted...]
-        <v>387</v>
       </c>
       <c r="C853" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="854">
       <c r="A854" s="0" t="s">
         <v>391</v>
       </c>
       <c r="B854" s="0" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="C854" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="855">
       <c r="A855" s="0" t="s">
         <v>48</v>
       </c>
       <c r="B855" s="0" t="s">
         <v>49</v>
       </c>
       <c r="C855" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="856">
       <c r="A856" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B856" s="0" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C856" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="857">
       <c r="A857" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="B857" s="0" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="C857" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="858">
       <c r="A858" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B858" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="C858" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="859">
       <c r="A859" s="0" t="s">
         <v>392</v>
       </c>
       <c r="B859" s="0" t="s">
         <v>393</v>
       </c>
       <c r="C859" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="860">
       <c r="A860" s="0" t="s">
         <v>394</v>
       </c>
       <c r="B860" s="0" t="s">
         <v>395</v>
       </c>
       <c r="C860" s="0" t="s">
         <v>119</v>
@@ -11210,95 +11210,95 @@
         <v>22</v>
       </c>
       <c r="B890" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C890" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="891">
       <c r="A891" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B891" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C891" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="892">
       <c r="A892" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B892" s="0" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="C892" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="893">
       <c r="A893" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="B893" s="0" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="C893" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="894">
       <c r="A894" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B894" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C894" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="895">
       <c r="A895" s="0" t="s">
         <v>31</v>
       </c>
       <c r="B895" s="0" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="C895" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="896">
       <c r="A896" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="B896" s="0" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="C896" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="897">
       <c r="A897" s="0" t="s">
         <v>34</v>
       </c>
       <c r="B897" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C897" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="898">
       <c r="A898" s="0" t="s">
         <v>36</v>
       </c>
       <c r="B898" s="0" t="s">
         <v>37</v>
       </c>
       <c r="C898" s="0" t="s">
         <v>119</v>
@@ -11309,84 +11309,84 @@
         <v>38</v>
       </c>
       <c r="B899" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C899" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="900">
       <c r="A900" s="0" t="s">
         <v>40</v>
       </c>
       <c r="B900" s="0" t="s">
         <v>41</v>
       </c>
       <c r="C900" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="901">
       <c r="A901" s="0" t="s">
         <v>42</v>
       </c>
       <c r="B901" s="0" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="C901" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="902">
       <c r="A902" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B902" s="0" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="C902" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="903">
       <c r="A903" s="0" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B903" s="0" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C903" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="904">
       <c r="A904" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B904" s="0" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="C904" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="905">
       <c r="A905" s="0" t="s">
         <v>204</v>
       </c>
       <c r="B905" s="0" t="s">
         <v>205</v>
       </c>
       <c r="C905" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="906">
       <c r="A906" s="0" t="s">
         <v>206</v>
       </c>
       <c r="B906" s="0" t="s">
         <v>207</v>
       </c>
       <c r="C906" s="0" t="s">
         <v>119</v>
@@ -11713,54 +11713,54 @@
     </row>
     <row r="936">
       <c r="A936" s="0" t="s">
         <v>264</v>
       </c>
       <c r="B936" s="0" t="s">
         <v>265</v>
       </c>
       <c r="C936" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="937">
       <c r="A937" s="0" t="s">
         <v>266</v>
       </c>
       <c r="B937" s="0" t="s">
         <v>267</v>
       </c>
       <c r="C937" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="938">
       <c r="A938" s="0" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="B938" s="0" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="C938" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="939">
       <c r="A939" s="0" t="s">
         <v>268</v>
       </c>
       <c r="B939" s="0" t="s">
         <v>269</v>
       </c>
       <c r="C939" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="940">
       <c r="A940" s="0" t="s">
         <v>270</v>
       </c>
       <c r="B940" s="0" t="s">
         <v>271</v>
       </c>
       <c r="C940" s="0" t="s">
         <v>119</v>
@@ -11793,95 +11793,95 @@
         <v>275</v>
       </c>
       <c r="B943" s="0" t="s">
         <v>276</v>
       </c>
       <c r="C943" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="944">
       <c r="A944" s="0" t="s">
         <v>277</v>
       </c>
       <c r="B944" s="0" t="s">
         <v>278</v>
       </c>
       <c r="C944" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="945">
       <c r="A945" s="0" t="s">
         <v>279</v>
       </c>
       <c r="B945" s="0" t="s">
-        <v>280</v>
+        <v>274</v>
       </c>
       <c r="C945" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="946">
       <c r="A946" s="0" t="s">
+        <v>280</v>
+      </c>
+      <c r="B946" s="0" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
       <c r="C946" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="947">
       <c r="A947" s="0" t="s">
+        <v>282</v>
+      </c>
+      <c r="B947" s="0" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
       <c r="C947" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="948">
       <c r="A948" s="0" t="s">
+        <v>284</v>
+      </c>
+      <c r="B948" s="0" t="s">
         <v>285</v>
-      </c>
-[...1 lines deleted...]
-        <v>286</v>
       </c>
       <c r="C948" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="949">
       <c r="A949" s="0" t="s">
+        <v>286</v>
+      </c>
+      <c r="B949" s="0" t="s">
         <v>287</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
       <c r="C949" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="950">
       <c r="A950" s="0" t="s">
         <v>288</v>
       </c>
       <c r="B950" s="0" t="s">
         <v>289</v>
       </c>
       <c r="C950" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="951">
       <c r="A951" s="0" t="s">
         <v>290</v>
       </c>
       <c r="B951" s="0" t="s">
         <v>291</v>
       </c>
       <c r="C951" s="0" t="s">
         <v>119</v>
@@ -12002,95 +12002,95 @@
         <v>22</v>
       </c>
       <c r="B962" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C962" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="963">
       <c r="A963" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B963" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C963" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="964">
       <c r="A964" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B964" s="0" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="C964" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="965">
       <c r="A965" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="B965" s="0" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="C965" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="966">
       <c r="A966" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B966" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C966" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="967">
       <c r="A967" s="0" t="s">
         <v>31</v>
       </c>
       <c r="B967" s="0" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="C967" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="968">
       <c r="A968" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="B968" s="0" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="C968" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="969">
       <c r="A969" s="0" t="s">
         <v>34</v>
       </c>
       <c r="B969" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C969" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="970">
       <c r="A970" s="0" t="s">
         <v>36</v>
       </c>
       <c r="B970" s="0" t="s">
         <v>37</v>
       </c>
       <c r="C970" s="0" t="s">
         <v>119</v>
@@ -12101,84 +12101,84 @@
         <v>38</v>
       </c>
       <c r="B971" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C971" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="972">
       <c r="A972" s="0" t="s">
         <v>40</v>
       </c>
       <c r="B972" s="0" t="s">
         <v>41</v>
       </c>
       <c r="C972" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="973">
       <c r="A973" s="0" t="s">
         <v>42</v>
       </c>
       <c r="B973" s="0" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="C973" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="974">
       <c r="A974" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B974" s="0" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="C974" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="975">
       <c r="A975" s="0" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B975" s="0" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C975" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="976">
       <c r="A976" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B976" s="0" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="C976" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="977">
       <c r="A977" s="0" t="s">
         <v>204</v>
       </c>
       <c r="B977" s="0" t="s">
         <v>205</v>
       </c>
       <c r="C977" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="978">
       <c r="A978" s="0" t="s">
         <v>206</v>
       </c>
       <c r="B978" s="0" t="s">
         <v>207</v>
       </c>
       <c r="C978" s="0" t="s">
         <v>119</v>
@@ -12505,54 +12505,54 @@
     </row>
     <row r="1008">
       <c r="A1008" s="0" t="s">
         <v>264</v>
       </c>
       <c r="B1008" s="0" t="s">
         <v>265</v>
       </c>
       <c r="C1008" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1009">
       <c r="A1009" s="0" t="s">
         <v>266</v>
       </c>
       <c r="B1009" s="0" t="s">
         <v>267</v>
       </c>
       <c r="C1009" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1010">
       <c r="A1010" s="0" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="B1010" s="0" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="C1010" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1011">
       <c r="A1011" s="0" t="s">
         <v>268</v>
       </c>
       <c r="B1011" s="0" t="s">
         <v>269</v>
       </c>
       <c r="C1011" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1012">
       <c r="A1012" s="0" t="s">
         <v>270</v>
       </c>
       <c r="B1012" s="0" t="s">
         <v>271</v>
       </c>
       <c r="C1012" s="0" t="s">
         <v>119</v>
@@ -12585,95 +12585,95 @@
         <v>275</v>
       </c>
       <c r="B1015" s="0" t="s">
         <v>276</v>
       </c>
       <c r="C1015" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1016">
       <c r="A1016" s="0" t="s">
         <v>277</v>
       </c>
       <c r="B1016" s="0" t="s">
         <v>278</v>
       </c>
       <c r="C1016" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1017">
       <c r="A1017" s="0" t="s">
         <v>279</v>
       </c>
       <c r="B1017" s="0" t="s">
-        <v>280</v>
+        <v>274</v>
       </c>
       <c r="C1017" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1018">
       <c r="A1018" s="0" t="s">
+        <v>280</v>
+      </c>
+      <c r="B1018" s="0" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
       <c r="C1018" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1019">
       <c r="A1019" s="0" t="s">
+        <v>282</v>
+      </c>
+      <c r="B1019" s="0" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
       <c r="C1019" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1020">
       <c r="A1020" s="0" t="s">
+        <v>284</v>
+      </c>
+      <c r="B1020" s="0" t="s">
         <v>285</v>
-      </c>
-[...1 lines deleted...]
-        <v>286</v>
       </c>
       <c r="C1020" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1021">
       <c r="A1021" s="0" t="s">
+        <v>286</v>
+      </c>
+      <c r="B1021" s="0" t="s">
         <v>287</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
       <c r="C1021" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1022">
       <c r="A1022" s="0" t="s">
         <v>288</v>
       </c>
       <c r="B1022" s="0" t="s">
         <v>289</v>
       </c>
       <c r="C1022" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1023">
       <c r="A1023" s="0" t="s">
         <v>290</v>
       </c>
       <c r="B1023" s="0" t="s">
         <v>291</v>
       </c>
       <c r="C1023" s="0" t="s">
         <v>119</v>
@@ -12695,161 +12695,161 @@
         <v>170</v>
       </c>
       <c r="B1025" s="0" t="s">
         <v>171</v>
       </c>
       <c r="C1025" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1026">
       <c r="A1026" s="0" t="s">
         <v>172</v>
       </c>
       <c r="B1026" s="0" t="s">
         <v>173</v>
       </c>
       <c r="C1026" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1027">
       <c r="A1027" s="0" t="s">
         <v>174</v>
       </c>
       <c r="B1027" s="0" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="C1027" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1028">
       <c r="A1028" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="B1028" s="0" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="C1028" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1029">
       <c r="A1029" s="0" t="s">
         <v>177</v>
       </c>
       <c r="B1029" s="0" t="s">
         <v>178</v>
       </c>
       <c r="C1029" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1030">
       <c r="A1030" s="0" t="s">
         <v>179</v>
       </c>
       <c r="B1030" s="0" t="s">
         <v>180</v>
       </c>
       <c r="C1030" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1031">
       <c r="A1031" s="0" t="s">
         <v>181</v>
       </c>
       <c r="B1031" s="0" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="C1031" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1032">
       <c r="A1032" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="B1032" s="0" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
       <c r="C1032" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1033">
       <c r="A1033" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="B1033" s="0" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="C1033" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1034">
       <c r="A1034" s="0" t="s">
         <v>186</v>
       </c>
       <c r="B1034" s="0" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="C1034" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1035">
       <c r="A1035" s="0" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="B1035" s="0" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="C1035" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1036">
       <c r="A1036" s="0" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="B1036" s="0" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C1036" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1037">
       <c r="A1037" s="0" t="s">
+        <v>190</v>
+      </c>
+      <c r="B1037" s="0" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
       <c r="C1037" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1038">
       <c r="A1038" s="0" t="s">
         <v>192</v>
       </c>
       <c r="B1038" s="0" t="s">
         <v>193</v>
       </c>
       <c r="C1038" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1039">
       <c r="A1039" s="0" t="s">
         <v>194</v>
       </c>
       <c r="B1039" s="0" t="s">
         <v>195</v>
       </c>
       <c r="C1039" s="0" t="s">
         <v>119</v>
@@ -12926,238 +12926,238 @@
         <v>362</v>
       </c>
       <c r="B1046" s="0" t="s">
         <v>363</v>
       </c>
       <c r="C1046" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1047">
       <c r="A1047" s="0" t="s">
         <v>364</v>
       </c>
       <c r="B1047" s="0" t="s">
         <v>361</v>
       </c>
       <c r="C1047" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1048">
       <c r="A1048" s="0" t="s">
         <v>365</v>
       </c>
       <c r="B1048" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="C1048" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1049">
       <c r="A1049" s="0" t="s">
+        <v>366</v>
+      </c>
+      <c r="B1049" s="0" t="s">
         <v>367</v>
-      </c>
-[...1 lines deleted...]
-        <v>368</v>
       </c>
       <c r="C1049" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1050">
       <c r="A1050" s="0" t="s">
+        <v>368</v>
+      </c>
+      <c r="B1050" s="0" t="s">
         <v>369</v>
-      </c>
-[...1 lines deleted...]
-        <v>366</v>
       </c>
       <c r="C1050" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1051">
       <c r="A1051" s="0" t="s">
         <v>370</v>
       </c>
       <c r="B1051" s="0" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="C1051" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1052">
       <c r="A1052" s="0" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B1052" s="0" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="C1052" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1053">
       <c r="A1053" s="0" t="s">
         <v>373</v>
       </c>
       <c r="B1053" s="0" t="s">
         <v>374</v>
       </c>
       <c r="C1053" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1054">
       <c r="A1054" s="0" t="s">
         <v>375</v>
       </c>
       <c r="B1054" s="0" t="s">
-        <v>376</v>
+        <v>369</v>
       </c>
       <c r="C1054" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1055">
       <c r="A1055" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="B1055" s="0" t="s">
-        <v>374</v>
+        <v>369</v>
       </c>
       <c r="C1055" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1056">
       <c r="A1056" s="0" t="s">
+        <v>377</v>
+      </c>
+      <c r="B1056" s="0" t="s">
         <v>378</v>
-      </c>
-[...1 lines deleted...]
-        <v>379</v>
       </c>
       <c r="C1056" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1057">
       <c r="A1057" s="0" t="s">
+        <v>379</v>
+      </c>
+      <c r="B1057" s="0" t="s">
         <v>380</v>
-      </c>
-[...1 lines deleted...]
-        <v>374</v>
       </c>
       <c r="C1057" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1058">
       <c r="A1058" s="0" t="s">
         <v>381</v>
       </c>
       <c r="B1058" s="0" t="s">
-        <v>374</v>
+        <v>382</v>
       </c>
       <c r="C1058" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1059">
       <c r="A1059" s="0" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="B1059" s="0" t="s">
-        <v>383</v>
+        <v>380</v>
       </c>
       <c r="C1059" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1060">
       <c r="A1060" s="0" t="s">
         <v>384</v>
       </c>
       <c r="B1060" s="0" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="C1060" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1061">
       <c r="A1061" s="0" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="B1061" s="0" t="s">
-        <v>387</v>
+        <v>382</v>
       </c>
       <c r="C1061" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1062">
       <c r="A1062" s="0" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="B1062" s="0" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="C1062" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1063">
       <c r="A1063" s="0" t="s">
-        <v>389</v>
+        <v>387</v>
       </c>
       <c r="B1063" s="0" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="C1063" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1064">
       <c r="A1064" s="0" t="s">
+        <v>389</v>
+      </c>
+      <c r="B1064" s="0" t="s">
         <v>390</v>
-      </c>
-[...1 lines deleted...]
-        <v>387</v>
       </c>
       <c r="C1064" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1065">
       <c r="A1065" s="0" t="s">
         <v>391</v>
       </c>
       <c r="B1065" s="0" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="C1065" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1066">
       <c r="A1066" s="0" t="s">
         <v>300</v>
       </c>
       <c r="B1066" s="0" t="s">
         <v>301</v>
       </c>
       <c r="C1066" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1067">
       <c r="A1067" s="0" t="s">
         <v>302</v>
       </c>
       <c r="B1067" s="0" t="s">
         <v>303</v>
       </c>
       <c r="C1067" s="0" t="s">
         <v>119</v>
@@ -13245,106 +13245,106 @@
         <v>398</v>
       </c>
       <c r="B1075" s="0" t="s">
         <v>395</v>
       </c>
       <c r="C1075" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1076">
       <c r="A1076" s="0" t="s">
         <v>48</v>
       </c>
       <c r="B1076" s="0" t="s">
         <v>49</v>
       </c>
       <c r="C1076" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1077">
       <c r="A1077" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B1077" s="0" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C1077" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1078">
       <c r="A1078" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="B1078" s="0" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="C1078" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1079">
       <c r="A1079" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B1079" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="C1079" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1080">
       <c r="A1080" s="0" t="s">
         <v>311</v>
       </c>
       <c r="B1080" s="0" t="s">
         <v>312</v>
       </c>
       <c r="C1080" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1081">
       <c r="A1081" s="0" t="s">
         <v>313</v>
       </c>
       <c r="B1081" s="0" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="C1081" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1082">
       <c r="A1082" s="0" t="s">
+        <v>315</v>
+      </c>
+      <c r="B1082" s="0" t="s">
         <v>314</v>
-      </c>
-[...1 lines deleted...]
-        <v>315</v>
       </c>
       <c r="C1082" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1083">
       <c r="A1083" s="0" t="s">
         <v>300</v>
       </c>
       <c r="B1083" s="0" t="s">
         <v>301</v>
       </c>
       <c r="C1083" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1084">
       <c r="A1084" s="0" t="s">
         <v>302</v>
       </c>
       <c r="B1084" s="0" t="s">
         <v>303</v>
       </c>
       <c r="C1084" s="0" t="s">
         <v>119</v>
@@ -15687,161 +15687,161 @@
         <v>170</v>
       </c>
       <c r="B1297" s="0" t="s">
         <v>171</v>
       </c>
       <c r="C1297" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1298">
       <c r="A1298" s="0" t="s">
         <v>172</v>
       </c>
       <c r="B1298" s="0" t="s">
         <v>173</v>
       </c>
       <c r="C1298" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1299">
       <c r="A1299" s="0" t="s">
         <v>174</v>
       </c>
       <c r="B1299" s="0" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="C1299" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1300">
       <c r="A1300" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="B1300" s="0" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="C1300" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1301">
       <c r="A1301" s="0" t="s">
         <v>177</v>
       </c>
       <c r="B1301" s="0" t="s">
         <v>178</v>
       </c>
       <c r="C1301" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1302">
       <c r="A1302" s="0" t="s">
         <v>179</v>
       </c>
       <c r="B1302" s="0" t="s">
         <v>180</v>
       </c>
       <c r="C1302" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1303">
       <c r="A1303" s="0" t="s">
         <v>181</v>
       </c>
       <c r="B1303" s="0" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="C1303" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1304">
       <c r="A1304" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="B1304" s="0" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
       <c r="C1304" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1305">
       <c r="A1305" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="B1305" s="0" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="C1305" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1306">
       <c r="A1306" s="0" t="s">
         <v>186</v>
       </c>
       <c r="B1306" s="0" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="C1306" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1307">
       <c r="A1307" s="0" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="B1307" s="0" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="C1307" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1308">
       <c r="A1308" s="0" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="B1308" s="0" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C1308" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1309">
       <c r="A1309" s="0" t="s">
+        <v>190</v>
+      </c>
+      <c r="B1309" s="0" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
       <c r="C1309" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1310">
       <c r="A1310" s="0" t="s">
         <v>192</v>
       </c>
       <c r="B1310" s="0" t="s">
         <v>193</v>
       </c>
       <c r="C1310" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1311">
       <c r="A1311" s="0" t="s">
         <v>194</v>
       </c>
       <c r="B1311" s="0" t="s">
         <v>195</v>
       </c>
       <c r="C1311" s="0" t="s">
         <v>119</v>
@@ -15918,315 +15918,315 @@
         <v>362</v>
       </c>
       <c r="B1318" s="0" t="s">
         <v>363</v>
       </c>
       <c r="C1318" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1319">
       <c r="A1319" s="0" t="s">
         <v>364</v>
       </c>
       <c r="B1319" s="0" t="s">
         <v>361</v>
       </c>
       <c r="C1319" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1320">
       <c r="A1320" s="0" t="s">
         <v>365</v>
       </c>
       <c r="B1320" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="C1320" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1321">
       <c r="A1321" s="0" t="s">
+        <v>366</v>
+      </c>
+      <c r="B1321" s="0" t="s">
         <v>367</v>
-      </c>
-[...1 lines deleted...]
-        <v>368</v>
       </c>
       <c r="C1321" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1322">
       <c r="A1322" s="0" t="s">
+        <v>368</v>
+      </c>
+      <c r="B1322" s="0" t="s">
         <v>369</v>
-      </c>
-[...1 lines deleted...]
-        <v>366</v>
       </c>
       <c r="C1322" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1323">
       <c r="A1323" s="0" t="s">
         <v>370</v>
       </c>
       <c r="B1323" s="0" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="C1323" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1324">
       <c r="A1324" s="0" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B1324" s="0" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="C1324" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1325">
       <c r="A1325" s="0" t="s">
         <v>373</v>
       </c>
       <c r="B1325" s="0" t="s">
         <v>374</v>
       </c>
       <c r="C1325" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1326">
       <c r="A1326" s="0" t="s">
         <v>375</v>
       </c>
       <c r="B1326" s="0" t="s">
-        <v>376</v>
+        <v>369</v>
       </c>
       <c r="C1326" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1327">
       <c r="A1327" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="B1327" s="0" t="s">
-        <v>374</v>
+        <v>369</v>
       </c>
       <c r="C1327" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1328">
       <c r="A1328" s="0" t="s">
+        <v>377</v>
+      </c>
+      <c r="B1328" s="0" t="s">
         <v>378</v>
-      </c>
-[...1 lines deleted...]
-        <v>379</v>
       </c>
       <c r="C1328" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1329">
       <c r="A1329" s="0" t="s">
+        <v>379</v>
+      </c>
+      <c r="B1329" s="0" t="s">
         <v>380</v>
-      </c>
-[...1 lines deleted...]
-        <v>374</v>
       </c>
       <c r="C1329" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1330">
       <c r="A1330" s="0" t="s">
         <v>381</v>
       </c>
       <c r="B1330" s="0" t="s">
-        <v>374</v>
+        <v>382</v>
       </c>
       <c r="C1330" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1331">
       <c r="A1331" s="0" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="B1331" s="0" t="s">
-        <v>383</v>
+        <v>380</v>
       </c>
       <c r="C1331" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1332">
       <c r="A1332" s="0" t="s">
         <v>384</v>
       </c>
       <c r="B1332" s="0" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="C1332" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1333">
       <c r="A1333" s="0" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="B1333" s="0" t="s">
-        <v>387</v>
+        <v>382</v>
       </c>
       <c r="C1333" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1334">
       <c r="A1334" s="0" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="B1334" s="0" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="C1334" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1335">
       <c r="A1335" s="0" t="s">
-        <v>389</v>
+        <v>387</v>
       </c>
       <c r="B1335" s="0" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="C1335" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1336">
       <c r="A1336" s="0" t="s">
+        <v>389</v>
+      </c>
+      <c r="B1336" s="0" t="s">
         <v>390</v>
-      </c>
-[...1 lines deleted...]
-        <v>387</v>
       </c>
       <c r="C1336" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1337">
       <c r="A1337" s="0" t="s">
         <v>391</v>
       </c>
       <c r="B1337" s="0" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="C1337" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1338">
       <c r="A1338" s="0" t="s">
         <v>48</v>
       </c>
       <c r="B1338" s="0" t="s">
         <v>49</v>
       </c>
       <c r="C1338" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1339">
       <c r="A1339" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B1339" s="0" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C1339" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1340">
       <c r="A1340" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="B1340" s="0" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="C1340" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1341">
       <c r="A1341" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B1341" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="C1341" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1342">
       <c r="A1342" s="0" t="s">
         <v>311</v>
       </c>
       <c r="B1342" s="0" t="s">
         <v>312</v>
       </c>
       <c r="C1342" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1343">
       <c r="A1343" s="0" t="s">
         <v>313</v>
       </c>
       <c r="B1343" s="0" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="C1343" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1344">
       <c r="A1344" s="0" t="s">
+        <v>315</v>
+      </c>
+      <c r="B1344" s="0" t="s">
         <v>314</v>
-      </c>
-[...1 lines deleted...]
-        <v>315</v>
       </c>
       <c r="C1344" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1345">
       <c r="A1345" s="0" t="s">
         <v>106</v>
       </c>
       <c r="B1345" s="0" t="s">
         <v>107</v>
       </c>
       <c r="C1345" s="0" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="1346">
       <c r="A1346" s="0" t="s">
         <v>108</v>
       </c>
       <c r="B1346" s="0" t="s">
         <v>109</v>
       </c>
       <c r="C1346" s="0" t="s">
         <v>119</v>