--- v0 (2025-10-20)
+++ v1 (2025-12-20)
@@ -60,140 +60,140 @@
   <si>
     <t>3516T8</t>
   </si>
   <si>
     <t>+2.0P DM ext.</t>
   </si>
   <si>
     <t>3518T8</t>
   </si>
   <si>
     <t>+2.0P Special B</t>
   </si>
   <si>
     <t>4014T8</t>
   </si>
   <si>
     <t>+3.0 DM</t>
   </si>
   <si>
     <t>2014Q8</t>
   </si>
   <si>
     <t>Q20 DM</t>
   </si>
   <si>
+    <t>3014Q8</t>
+  </si>
+  <si>
+    <t>Q30 DM</t>
+  </si>
+  <si>
+    <t>3016Q8</t>
+  </si>
+  <si>
+    <t>Q30 DM ext.</t>
+  </si>
+  <si>
+    <t>3514Q8</t>
+  </si>
+  <si>
+    <t>Q35 DM</t>
+  </si>
+  <si>
+    <t>3516Q8</t>
+  </si>
+  <si>
+    <t>Q35 DM ext.</t>
+  </si>
+  <si>
+    <t>3564Q8</t>
+  </si>
+  <si>
+    <t>4014Q8</t>
+  </si>
+  <si>
+    <t>Q40 DM</t>
+  </si>
+  <si>
+    <t>4016Q8</t>
+  </si>
+  <si>
+    <t>Q40 DM ext.</t>
+  </si>
+  <si>
+    <t>4054Q8</t>
+  </si>
+  <si>
+    <t>2514T8</t>
+  </si>
+  <si>
+    <t>+1.0P DM</t>
+  </si>
+  <si>
+    <t>2014T8</t>
+  </si>
+  <si>
+    <t>+1.0 DM</t>
+  </si>
+  <si>
+    <t>4514T8</t>
+  </si>
+  <si>
+    <t>+3.0P DM</t>
+  </si>
+  <si>
+    <t>4516T8</t>
+  </si>
+  <si>
+    <t>+3.0P DM ext.</t>
+  </si>
+  <si>
     <t>2514Q8</t>
   </si>
   <si>
     <t>Q25 DM</t>
   </si>
   <si>
-    <t>3014Q8</t>
-[...52 lines deleted...]
-  <si>
     <t>4514Q8</t>
   </si>
   <si>
     <t>Q45 DM</t>
   </si>
   <si>
     <t>4516Q8</t>
   </si>
   <si>
     <t>Q45 DM ext.</t>
   </si>
   <si>
     <t>4554Q8</t>
   </si>
   <si>
     <t>4564Q8</t>
   </si>
   <si>
-    <t>4514T8</t>
-[...10 lines deleted...]
-  <si>
     <t>2114Q8</t>
   </si>
   <si>
     <t>Q21 DM</t>
   </si>
   <si>
     <t>2614Q8</t>
   </si>
   <si>
     <t>Q26 DM</t>
   </si>
   <si>
     <t>3114Q8</t>
   </si>
   <si>
     <t>Q31 DM</t>
   </si>
   <si>
     <t>3116Q8</t>
   </si>
   <si>
     <t>Q31 DM ext.</t>
   </si>
   <si>
     <t>3314Q8</t>
@@ -357,314 +357,314 @@
   <si>
     <t>+3.4P DM</t>
   </si>
   <si>
     <t>4916T8</t>
   </si>
   <si>
     <t>+3.4P DM ext.</t>
   </si>
   <si>
     <t>4614Q8</t>
   </si>
   <si>
     <t>Q46 DM</t>
   </si>
   <si>
     <t>4616Q8</t>
   </si>
   <si>
     <t>Q46 DM ext.</t>
   </si>
   <si>
     <t>4654Q8</t>
   </si>
   <si>
+    <t>4614T8</t>
+  </si>
+  <si>
+    <t>+3.1P DM</t>
+  </si>
+  <si>
+    <t>4616T8</t>
+  </si>
+  <si>
+    <t>+3.1P DM ext.</t>
+  </si>
+  <si>
+    <t>4618T8</t>
+  </si>
+  <si>
+    <t>+3.1P Special B</t>
+  </si>
+  <si>
+    <t>4654T8</t>
+  </si>
+  <si>
+    <t>4814T8</t>
+  </si>
+  <si>
+    <t>+3.3P DM</t>
+  </si>
+  <si>
+    <t>4816T8</t>
+  </si>
+  <si>
+    <t>+3.3P DM ext.</t>
+  </si>
+  <si>
+    <t>4816Q8</t>
+  </si>
+  <si>
+    <t>Q48 DM ext.</t>
+  </si>
+  <si>
     <t>4814Q8</t>
   </si>
   <si>
     <t>Q48 DM</t>
   </si>
   <si>
-    <t>4816Q8</t>
-[...4 lines deleted...]
-  <si>
     <t>4912Q8</t>
   </si>
   <si>
     <t>Q49 UM</t>
   </si>
   <si>
     <t>4914Q8</t>
   </si>
   <si>
     <t>Q49 DM</t>
   </si>
   <si>
-    <t>4614T8</t>
-[...31 lines deleted...]
-  <si>
     <t>4518T8</t>
   </si>
   <si>
     <t>+3.0P Special B</t>
   </si>
   <si>
     <t>Hydraulics/5220651 Suspension Man. S/N 7332744 -</t>
   </si>
   <si>
+    <t>5116Q8</t>
+  </si>
+  <si>
+    <t>Q51 DM ext.</t>
+  </si>
+  <si>
+    <t>5616Q8</t>
+  </si>
+  <si>
+    <t>Q56 DM ext.</t>
+  </si>
+  <si>
     <t>5114Q8</t>
   </si>
   <si>
     <t>Q51 DM</t>
   </si>
   <si>
-    <t>5116Q8</t>
-[...4 lines deleted...]
-  <si>
     <t>5154Q8</t>
   </si>
   <si>
+    <t>5612Q8</t>
+  </si>
+  <si>
+    <t>Q56 UM</t>
+  </si>
+  <si>
+    <t>5614Q8</t>
+  </si>
+  <si>
+    <t>Q56 DM</t>
+  </si>
+  <si>
+    <t>5654Q8</t>
+  </si>
+  <si>
+    <t>5856Q8</t>
+  </si>
+  <si>
+    <t>Q58 DM ext.</t>
+  </si>
+  <si>
+    <t>5854Q8</t>
+  </si>
+  <si>
+    <t>Q58 DM</t>
+  </si>
+  <si>
+    <t>5816Q8</t>
+  </si>
+  <si>
+    <t>5814Q8</t>
+  </si>
+  <si>
     <t>6114Q8</t>
   </si>
   <si>
     <t>Q61 DM</t>
   </si>
   <si>
     <t>6116Q8</t>
   </si>
   <si>
     <t>Q61 DM ext.</t>
   </si>
   <si>
-    <t>5612Q8</t>
-[...37 lines deleted...]
-  <si>
     <t>6612Q8</t>
   </si>
   <si>
     <t>Q66 UM</t>
   </si>
   <si>
     <t>6614Q8</t>
   </si>
   <si>
     <t>Q66 DM</t>
   </si>
   <si>
     <t>6616Q8</t>
   </si>
   <si>
     <t>Q66 DM ext.</t>
   </si>
   <si>
     <t>6814Q8</t>
   </si>
   <si>
     <t>Q68 DM</t>
   </si>
   <si>
     <t>6816Q8</t>
   </si>
   <si>
     <t>Q68 DM ext.</t>
   </si>
   <si>
     <t>6854Q8</t>
   </si>
   <si>
     <t>6856Q8</t>
   </si>
   <si>
+    <t>6014Q8</t>
+  </si>
+  <si>
+    <t>Q60 DM</t>
+  </si>
+  <si>
+    <t>6016Q8</t>
+  </si>
+  <si>
+    <t>Q60 DM ext.</t>
+  </si>
+  <si>
+    <t>6044Q8</t>
+  </si>
+  <si>
+    <t>6046Q8</t>
+  </si>
+  <si>
+    <t>5512Q8</t>
+  </si>
+  <si>
+    <t>Q55 UM</t>
+  </si>
+  <si>
+    <t>5514Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM</t>
+  </si>
+  <si>
+    <t>5516Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM ext.</t>
+  </si>
+  <si>
+    <t>5534Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM, DM ext</t>
+  </si>
+  <si>
+    <t>5544Q, 5546Q</t>
+  </si>
+  <si>
+    <t>5554Q8</t>
+  </si>
+  <si>
+    <t>5564Q8</t>
+  </si>
+  <si>
+    <t>6512Q8</t>
+  </si>
+  <si>
+    <t>Q65 UM</t>
+  </si>
+  <si>
+    <t>6514Q8</t>
+  </si>
+  <si>
+    <t>Q65 DM</t>
+  </si>
+  <si>
+    <t>6516Q8</t>
+  </si>
+  <si>
+    <t>Q65 DM ext.</t>
+  </si>
+  <si>
+    <t>6534Q8</t>
+  </si>
+  <si>
+    <t>6544Q8</t>
+  </si>
+  <si>
+    <t>6546Q8</t>
+  </si>
+  <si>
+    <t>6564Q8</t>
+  </si>
+  <si>
     <t>5014Q8</t>
   </si>
   <si>
     <t>Q50 DM</t>
   </si>
   <si>
     <t>5016Q8</t>
   </si>
   <si>
     <t>Q50 DM ext.</t>
   </si>
   <si>
     <t>5054Q8</t>
   </si>
   <si>
-    <t>6014Q8</t>
-[...79 lines deleted...]
-  <si>
     <t>7612Q8</t>
   </si>
   <si>
     <t>Q76 UM</t>
   </si>
   <si>
     <t>7614Q8</t>
   </si>
   <si>
     <t>Q76 DM</t>
   </si>
   <si>
     <t>7616Q8</t>
   </si>
   <si>
     <t>Q76 DM ext.</t>
   </si>
   <si>
     <t>7814Q8</t>
   </si>
   <si>
     <t>Q78 DM</t>
   </si>
   <si>
     <t>7816Q8</t>
@@ -675,83 +675,83 @@
   <si>
     <t>7854Q8</t>
   </si>
   <si>
     <t>7512Q8</t>
   </si>
   <si>
     <t>Q75 UM</t>
   </si>
   <si>
     <t>7514Q8</t>
   </si>
   <si>
     <t>Q75 DM</t>
   </si>
   <si>
     <t>7516Q8</t>
   </si>
   <si>
     <t>Q75 DM ext.</t>
   </si>
   <si>
     <t>7524Q8</t>
   </si>
   <si>
+    <t>8753Q8</t>
+  </si>
+  <si>
+    <t>Q85x DL</t>
+  </si>
+  <si>
+    <t>8513Q8</t>
+  </si>
+  <si>
+    <t>Q85 DL</t>
+  </si>
+  <si>
+    <t>8523Q8</t>
+  </si>
+  <si>
     <t>8713Q8</t>
   </si>
   <si>
-    <t>Q85x DL</t>
-[...11 lines deleted...]
-    <t>8523Q8</t>
+    <t>9810Q8</t>
+  </si>
+  <si>
+    <t>Q98 DXL</t>
   </si>
   <si>
     <t>8813Q8</t>
   </si>
   <si>
     <t>Q88 DL</t>
   </si>
   <si>
     <t>8853Q8</t>
   </si>
   <si>
-    <t>9810Q8</t>
-[...4 lines deleted...]
-  <si>
     <t>5111T8</t>
   </si>
   <si>
     <t>+4.1 US</t>
   </si>
   <si>
     <t>5617T8</t>
   </si>
   <si>
     <t>+4.1P Special S</t>
   </si>
   <si>
     <t>5611T8</t>
   </si>
   <si>
     <t>+4.1P US</t>
   </si>
   <si>
     <t>5011T8</t>
   </si>
   <si>
     <t>+4.0 US</t>
   </si>
   <si>
     <t>5511T8</t>
@@ -987,62 +987,62 @@
   <si>
     <t>7514T8</t>
   </si>
   <si>
     <t>+6.0P DM</t>
   </si>
   <si>
     <t>7516T8</t>
   </si>
   <si>
     <t>+6.0P DM ext.</t>
   </si>
   <si>
     <t>5011Q8</t>
   </si>
   <si>
     <t>Q50 US</t>
   </si>
   <si>
     <t>5511Q8</t>
   </si>
   <si>
     <t>Q55 US</t>
   </si>
   <si>
+    <t>5611Q8</t>
+  </si>
+  <si>
+    <t>Q56 US</t>
+  </si>
+  <si>
     <t>5111Q8</t>
   </si>
   <si>
     <t>Q51 US</t>
   </si>
   <si>
-    <t>5611Q8</t>
-[...4 lines deleted...]
-  <si>
     <t>2111Q8</t>
   </si>
   <si>
     <t>Q21 US</t>
   </si>
   <si>
     <t>2113Q8</t>
   </si>
   <si>
     <t>Q21 DS</t>
   </si>
   <si>
     <t>2611Q8</t>
   </si>
   <si>
     <t>Q26 US</t>
   </si>
   <si>
     <t>2613Q8</t>
   </si>
   <si>
     <t>Q26 DS</t>
   </si>
   <si>
     <t>3111Q8</t>
@@ -1203,132 +1203,132 @@
   <si>
     <t>3517T8</t>
   </si>
   <si>
     <t>+2.0P Special S</t>
   </si>
   <si>
     <t>4011T8</t>
   </si>
   <si>
     <t>+3.0 US</t>
   </si>
   <si>
     <t>2011Q8</t>
   </si>
   <si>
     <t>Q20 US</t>
   </si>
   <si>
     <t>2013Q8</t>
   </si>
   <si>
     <t>Q20 DS</t>
   </si>
   <si>
+    <t>2513Q8</t>
+  </si>
+  <si>
+    <t>Q25 DS</t>
+  </si>
+  <si>
+    <t>3011Q8</t>
+  </si>
+  <si>
+    <t>Q30 US</t>
+  </si>
+  <si>
+    <t>3013Q8</t>
+  </si>
+  <si>
+    <t>Q30 DS</t>
+  </si>
+  <si>
+    <t>3511Q8</t>
+  </si>
+  <si>
+    <t>Q35 US</t>
+  </si>
+  <si>
+    <t>3513Q8</t>
+  </si>
+  <si>
+    <t>Q35 DS</t>
+  </si>
+  <si>
+    <t>4011Q8</t>
+  </si>
+  <si>
+    <t>Q40 US</t>
+  </si>
+  <si>
+    <t>2511T8</t>
+  </si>
+  <si>
+    <t>+1.0P US</t>
+  </si>
+  <si>
+    <t>2513T8</t>
+  </si>
+  <si>
+    <t>+1.0P DS</t>
+  </si>
+  <si>
+    <t>2011T8</t>
+  </si>
+  <si>
+    <t>+1.0 US</t>
+  </si>
+  <si>
+    <t>2013T8</t>
+  </si>
+  <si>
+    <t>+1.0 DS</t>
+  </si>
+  <si>
+    <t>4511T8</t>
+  </si>
+  <si>
+    <t>+3.0P US</t>
+  </si>
+  <si>
+    <t>4517T8</t>
+  </si>
+  <si>
+    <t>+3.0P Special S</t>
+  </si>
+  <si>
     <t>2511Q8</t>
   </si>
   <si>
     <t>Q25 US</t>
   </si>
   <si>
-    <t>2513Q8</t>
-[...58 lines deleted...]
-  <si>
     <t>4511Q8</t>
   </si>
   <si>
     <t>Q45 US</t>
-  </si>
-[...10 lines deleted...]
-    <t>+3.0P Special S</t>
   </si>
   <si>
     <t>8813T8</t>
   </si>
   <si>
     <t>+7.3P DL</t>
   </si>
   <si>
     <t>8853T8</t>
   </si>
   <si>
     <t>9810T8</t>
   </si>
   <si>
     <t>+8.3P DXL</t>
   </si>
   <si>
     <t>8713T8</t>
   </si>
   <si>
     <t>+7.0x DL</t>
   </si>
   <si>
     <t>8753T8</t>
   </si>
@@ -1511,95 +1511,95 @@
         <v>22</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="B14" s="0" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>31</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="B17" s="0" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>34</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>36</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>37</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>5</v>
@@ -1610,84 +1610,84 @@
         <v>38</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>40</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>41</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>42</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>48</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>49</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>51</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>5</v>
@@ -2014,54 +2014,54 @@
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
         <v>108</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>109</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
         <v>110</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>111</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
         <v>112</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>113</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
         <v>114</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>115</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>5</v>
@@ -2094,95 +2094,95 @@
         <v>119</v>
       </c>
       <c r="B64" s="0" t="s">
         <v>120</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
         <v>121</v>
       </c>
       <c r="B65" s="0" t="s">
         <v>122</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
         <v>123</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>124</v>
+        <v>118</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="B67" s="0" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
+        <v>126</v>
+      </c>
+      <c r="B68" s="0" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="B69" s="0" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="B70" s="0" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
         <v>132</v>
       </c>
       <c r="B71" s="0" t="s">
         <v>133</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
         <v>134</v>
       </c>
       <c r="B72" s="0" t="s">
         <v>135</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>5</v>
@@ -2204,161 +2204,161 @@
         <v>139</v>
       </c>
       <c r="B74" s="0" t="s">
         <v>140</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
         <v>141</v>
       </c>
       <c r="B75" s="0" t="s">
         <v>142</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
         <v>143</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="B77" s="0" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
         <v>146</v>
       </c>
       <c r="B78" s="0" t="s">
         <v>147</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
         <v>148</v>
       </c>
       <c r="B79" s="0" t="s">
         <v>149</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
         <v>150</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
+        <v>151</v>
+      </c>
+      <c r="B81" s="0" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
+        <v>153</v>
+      </c>
+      <c r="B82" s="0" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
         <v>155</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="B86" s="0" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
         <v>161</v>
       </c>
       <c r="B87" s="0" t="s">
         <v>162</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
         <v>163</v>
       </c>
       <c r="B88" s="0" t="s">
         <v>164</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>5</v>
@@ -2435,238 +2435,238 @@
         <v>175</v>
       </c>
       <c r="B95" s="0" t="s">
         <v>176</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
         <v>177</v>
       </c>
       <c r="B96" s="0" t="s">
         <v>174</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
         <v>178</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
+        <v>179</v>
+      </c>
+      <c r="B98" s="0" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
+        <v>181</v>
+      </c>
+      <c r="B99" s="0" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
         <v>183</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
         <v>186</v>
       </c>
       <c r="B102" s="0" t="s">
         <v>187</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
         <v>188</v>
       </c>
       <c r="B103" s="0" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B104" s="0" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
+        <v>190</v>
+      </c>
+      <c r="B105" s="0" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
       <c r="C105" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
+        <v>192</v>
+      </c>
+      <c r="B106" s="0" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
         <v>194</v>
       </c>
       <c r="B107" s="0" t="s">
-        <v>187</v>
+        <v>195</v>
       </c>
       <c r="C107" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B108" s="0" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="C108" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
         <v>197</v>
       </c>
       <c r="B109" s="0" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="C109" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="B110" s="0" t="s">
-        <v>200</v>
+        <v>195</v>
       </c>
       <c r="C110" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="B111" s="0" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="B112" s="0" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="C112" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="B113" s="0" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
         <v>204</v>
       </c>
       <c r="B114" s="0" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
         <v>205</v>
       </c>
       <c r="B115" s="0" t="s">
         <v>206</v>
       </c>
       <c r="C115" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
         <v>207</v>
       </c>
       <c r="B116" s="0" t="s">
         <v>208</v>
       </c>
       <c r="C116" s="0" t="s">
         <v>5</v>
@@ -2754,106 +2754,106 @@
         <v>222</v>
       </c>
       <c r="B124" s="0" t="s">
         <v>219</v>
       </c>
       <c r="C124" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
         <v>223</v>
       </c>
       <c r="B125" s="0" t="s">
         <v>224</v>
       </c>
       <c r="C125" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="0" t="s">
         <v>225</v>
       </c>
       <c r="B126" s="0" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="C126" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="0" t="s">
+        <v>227</v>
+      </c>
+      <c r="B127" s="0" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
       <c r="C127" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="0" t="s">
         <v>228</v>
       </c>
       <c r="B128" s="0" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="C128" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="0" t="s">
         <v>229</v>
       </c>
       <c r="B129" s="0" t="s">
         <v>230</v>
       </c>
       <c r="C129" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="0" t="s">
         <v>231</v>
       </c>
       <c r="B130" s="0" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="C130" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="0" t="s">
+        <v>233</v>
+      </c>
+      <c r="B131" s="0" t="s">
         <v>232</v>
-      </c>
-[...1 lines deleted...]
-        <v>233</v>
       </c>
       <c r="C131" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="0" t="s">
         <v>234</v>
       </c>
       <c r="B132" s="0" t="s">
         <v>235</v>
       </c>
       <c r="C132" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="0" t="s">
         <v>236</v>
       </c>
       <c r="B133" s="0" t="s">
         <v>237</v>
       </c>
       <c r="C133" s="0" t="s">
         <v>5</v>