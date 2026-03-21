--- v0 (2025-10-22)
+++ v1 (2026-03-21)
@@ -140,99 +140,99 @@
       <c r="C4" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="5">
       <c r="B5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="B6" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="7">
       <c r="B7" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="8">
       <c r="B8" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="9">
       <c r="B9" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="10">
       <c r="B10" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="11">
       <c r="B11" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="12">
       <c r="B12" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="13">
       <c r="B13" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="14">
       <c r="C14" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15">
       <c r="C15" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16">
       <c r="C16" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17">
       <c r="C17" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18">
       <c r="C18" s="0" t="s">
         <v>6</v>