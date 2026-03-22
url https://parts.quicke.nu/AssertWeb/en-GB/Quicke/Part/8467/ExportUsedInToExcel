--- v0 (2025-10-23)
+++ v1 (2026-03-22)
@@ -768,74 +768,74 @@
   <si>
     <t>Q6 DM</t>
   </si>
   <si>
     <t>101159</t>
   </si>
   <si>
     <t>101158</t>
   </si>
   <si>
     <t>101156</t>
   </si>
   <si>
     <t>101751</t>
   </si>
   <si>
     <t>Q5 DM</t>
   </si>
   <si>
     <t>101149</t>
   </si>
   <si>
     <t>101148</t>
   </si>
   <si>
+    <t>101733</t>
+  </si>
+  <si>
+    <t>Q3 DM</t>
+  </si>
+  <si>
+    <t>101136</t>
+  </si>
+  <si>
+    <t>101138</t>
+  </si>
+  <si>
+    <t>101139</t>
+  </si>
+  <si>
+    <t>101741</t>
+  </si>
+  <si>
+    <t>Q4 DM</t>
+  </si>
+  <si>
     <t>101146</t>
   </si>
   <si>
-    <t>101741</t>
-[...19 lines deleted...]
-  <si>
     <t>Euro/MX/5220361-1 Euro/MX</t>
   </si>
   <si>
     <t xml:space="preserve">Maxi Grapple 210 MK2/ </t>
   </si>
   <si>
     <t xml:space="preserve">Maxi Grapple 240 MK2/ </t>
   </si>
   <si>
     <t xml:space="preserve">Maxi Grapple 260 MK2/ </t>
   </si>
   <si>
     <t xml:space="preserve">Maxi Grapple 210T MK2/ </t>
   </si>
   <si>
     <t xml:space="preserve">Maxi Grapple 240T MK2/ </t>
   </si>
   <si>
     <t xml:space="preserve">Maxi Grapple 260T MK2/ </t>
   </si>
   <si>
     <t>2114Q8</t>
   </si>
   <si>
     <t>Q21 DM</t>
@@ -900,155 +900,155 @@
   <si>
     <t>Q39 DM</t>
   </si>
   <si>
     <t>3916Q8</t>
   </si>
   <si>
     <t>Q39 DM ext.</t>
   </si>
   <si>
     <t>4114Q8</t>
   </si>
   <si>
     <t>Q41 DM</t>
   </si>
   <si>
     <t>4154Q8</t>
   </si>
   <si>
     <t>4916Q8</t>
   </si>
   <si>
     <t>Q49 DM ext.</t>
   </si>
   <si>
+    <t>5116Q8</t>
+  </si>
+  <si>
+    <t>Q51 DM ext.</t>
+  </si>
+  <si>
+    <t>4614Q8</t>
+  </si>
+  <si>
+    <t>Q46 DM</t>
+  </si>
+  <si>
+    <t>4616Q8</t>
+  </si>
+  <si>
+    <t>Q46 DM ext.</t>
+  </si>
+  <si>
+    <t>4654Q8</t>
+  </si>
+  <si>
+    <t>5616Q8</t>
+  </si>
+  <si>
+    <t>Q56 DM ext.</t>
+  </si>
+  <si>
+    <t>4816Q8</t>
+  </si>
+  <si>
+    <t>Q48 DM ext.</t>
+  </si>
+  <si>
+    <t>4814Q8</t>
+  </si>
+  <si>
+    <t>Q48 DM</t>
+  </si>
+  <si>
+    <t>4912Q8</t>
+  </si>
+  <si>
+    <t>Q49 UM</t>
+  </si>
+  <si>
+    <t>4914Q8</t>
+  </si>
+  <si>
+    <t>Q49 DM</t>
+  </si>
+  <si>
     <t>5114Q8</t>
   </si>
   <si>
     <t>Q51 DM</t>
   </si>
   <si>
-    <t>5116Q8</t>
-[...4 lines deleted...]
-  <si>
     <t>5154Q8</t>
   </si>
   <si>
+    <t>5612Q8</t>
+  </si>
+  <si>
+    <t>Q56 UM</t>
+  </si>
+  <si>
+    <t>5614Q8</t>
+  </si>
+  <si>
+    <t>Q56 DM</t>
+  </si>
+  <si>
+    <t>5654Q8</t>
+  </si>
+  <si>
+    <t>5856Q8</t>
+  </si>
+  <si>
+    <t>Q58 DM ext.</t>
+  </si>
+  <si>
+    <t>5854Q8</t>
+  </si>
+  <si>
+    <t>Q58 DM</t>
+  </si>
+  <si>
+    <t>5816Q8</t>
+  </si>
+  <si>
+    <t>5814Q8</t>
+  </si>
+  <si>
     <t>6114Q8</t>
   </si>
   <si>
     <t>Q61 DM</t>
   </si>
   <si>
     <t>6116Q8</t>
   </si>
   <si>
     <t>Q61 DM ext.</t>
   </si>
   <si>
-    <t>4614Q8</t>
-[...76 lines deleted...]
-  <si>
     <t>6612Q8</t>
   </si>
   <si>
     <t>Q66 UM</t>
   </si>
   <si>
     <t>6614Q8</t>
   </si>
   <si>
     <t>Q66 DM</t>
   </si>
   <si>
     <t>6616Q8</t>
   </si>
   <si>
     <t>Q66 DM ext.</t>
   </si>
   <si>
     <t>6814Q8</t>
   </si>
   <si>
     <t>Q68 DM</t>
   </si>
   <si>
     <t>6816Q8</t>
@@ -1080,264 +1080,264 @@
   <si>
     <t>Q76 DM ext.</t>
   </si>
   <si>
     <t>7814Q8</t>
   </si>
   <si>
     <t>Q78 DM</t>
   </si>
   <si>
     <t>7816Q8</t>
   </si>
   <si>
     <t>Q78 DM Ext.</t>
   </si>
   <si>
     <t>7854Q8</t>
   </si>
   <si>
     <t>2014Q8</t>
   </si>
   <si>
     <t>Q20 DM</t>
   </si>
   <si>
+    <t>3014Q8</t>
+  </si>
+  <si>
+    <t>Q30 DM</t>
+  </si>
+  <si>
+    <t>3016Q8</t>
+  </si>
+  <si>
+    <t>Q30 DM ext.</t>
+  </si>
+  <si>
+    <t>3514Q8</t>
+  </si>
+  <si>
+    <t>Q35 DM</t>
+  </si>
+  <si>
+    <t>3516Q8</t>
+  </si>
+  <si>
+    <t>Q35 DM ext.</t>
+  </si>
+  <si>
+    <t>3564Q8</t>
+  </si>
+  <si>
+    <t>4014Q8</t>
+  </si>
+  <si>
+    <t>Q40 DM</t>
+  </si>
+  <si>
+    <t>4016Q8</t>
+  </si>
+  <si>
+    <t>Q40 DM ext.</t>
+  </si>
+  <si>
+    <t>4054Q8</t>
+  </si>
+  <si>
+    <t>6014Q8</t>
+  </si>
+  <si>
+    <t>Q60 DM</t>
+  </si>
+  <si>
+    <t>6016Q8</t>
+  </si>
+  <si>
+    <t>Q60 DM ext.</t>
+  </si>
+  <si>
+    <t>6044Q8</t>
+  </si>
+  <si>
+    <t>6046Q8</t>
+  </si>
+  <si>
+    <t>5512Q8</t>
+  </si>
+  <si>
+    <t>Q55 UM</t>
+  </si>
+  <si>
+    <t>5514Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM</t>
+  </si>
+  <si>
+    <t>5516Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM ext.</t>
+  </si>
+  <si>
+    <t>Q55 DM, DM ext</t>
+  </si>
+  <si>
+    <t>5544Q, 5546Q</t>
+  </si>
+  <si>
+    <t>5554Q8</t>
+  </si>
+  <si>
+    <t>5564Q8</t>
+  </si>
+  <si>
+    <t>6512Q8</t>
+  </si>
+  <si>
+    <t>Q65 UM</t>
+  </si>
+  <si>
+    <t>6514Q8</t>
+  </si>
+  <si>
+    <t>Q65 DM</t>
+  </si>
+  <si>
+    <t>6516Q8</t>
+  </si>
+  <si>
+    <t>Q65 DM ext.</t>
+  </si>
+  <si>
+    <t>6534Q8</t>
+  </si>
+  <si>
+    <t>6544Q8</t>
+  </si>
+  <si>
+    <t>6546Q8</t>
+  </si>
+  <si>
+    <t>6564Q8</t>
+  </si>
+  <si>
     <t>2514Q8</t>
   </si>
   <si>
     <t>Q25 DM</t>
   </si>
   <si>
-    <t>3014Q8</t>
-[...38 lines deleted...]
-    <t>4054Q8</t>
+    <t>4514Q8</t>
+  </si>
+  <si>
+    <t>Q45 DM</t>
+  </si>
+  <si>
+    <t>4516Q8</t>
+  </si>
+  <si>
+    <t>Q45 DM ext.</t>
+  </si>
+  <si>
+    <t>4554Q8</t>
+  </si>
+  <si>
+    <t>4564Q8</t>
   </si>
   <si>
     <t>5014Q8</t>
   </si>
   <si>
     <t>Q50 DM</t>
   </si>
   <si>
     <t>5016Q8</t>
   </si>
   <si>
     <t>Q50 DM ext.</t>
   </si>
   <si>
     <t>5054Q8</t>
   </si>
   <si>
-    <t>6014Q8</t>
-[...94 lines deleted...]
-  <si>
     <t>7512Q8</t>
   </si>
   <si>
     <t>Q75 UM</t>
   </si>
   <si>
     <t>7514Q8</t>
   </si>
   <si>
     <t>Q75 DM</t>
   </si>
   <si>
     <t>7516Q8</t>
   </si>
   <si>
     <t>Q75 DM ext.</t>
   </si>
   <si>
     <t>7524Q8</t>
   </si>
   <si>
+    <t>501741</t>
+  </si>
+  <si>
+    <t>N4 DM</t>
+  </si>
+  <si>
     <t>501146</t>
   </si>
   <si>
     <t>N4S DM</t>
   </si>
   <si>
+    <t>501751</t>
+  </si>
+  <si>
+    <t>N5 DM</t>
+  </si>
+  <si>
     <t>501156</t>
   </si>
   <si>
     <t>N5S DM</t>
   </si>
   <si>
     <t>501158</t>
   </si>
   <si>
     <t>N5M DM</t>
   </si>
   <si>
     <t>501166</t>
   </si>
   <si>
     <t>N6S DM</t>
-  </si>
-[...10 lines deleted...]
-    <t>N5 DM</t>
   </si>
   <si>
     <t>501761</t>
   </si>
   <si>
     <t>N6 DM</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
@@ -3710,106 +3710,106 @@
         <v>252</v>
       </c>
       <c r="B218" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C218" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="0" t="s">
         <v>253</v>
       </c>
       <c r="B219" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C219" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="0" t="s">
         <v>254</v>
       </c>
       <c r="B220" s="0" t="s">
-        <v>25</v>
+        <v>255</v>
       </c>
       <c r="C220" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="0" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B221" s="0" t="s">
-        <v>256</v>
+        <v>31</v>
       </c>
       <c r="C221" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="0" t="s">
         <v>257</v>
       </c>
       <c r="B222" s="0" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C222" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="0" t="s">
         <v>258</v>
       </c>
       <c r="B223" s="0" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C223" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="0" t="s">
         <v>259</v>
       </c>
       <c r="B224" s="0" t="s">
-        <v>31</v>
+        <v>260</v>
       </c>
       <c r="C224" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="0" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="B225" s="0" t="s">
-        <v>261</v>
+        <v>25</v>
       </c>
       <c r="C225" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B226" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C226" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B227" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C227" s="0" t="s">
         <v>5</v>
@@ -4942,106 +4942,106 @@
         <v>252</v>
       </c>
       <c r="B330" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C330" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="0" t="s">
         <v>253</v>
       </c>
       <c r="B331" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C331" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="0" t="s">
         <v>254</v>
       </c>
       <c r="B332" s="0" t="s">
-        <v>25</v>
+        <v>255</v>
       </c>
       <c r="C332" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="0" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B333" s="0" t="s">
-        <v>256</v>
+        <v>31</v>
       </c>
       <c r="C333" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="0" t="s">
         <v>257</v>
       </c>
       <c r="B334" s="0" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C334" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="0" t="s">
         <v>258</v>
       </c>
       <c r="B335" s="0" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C335" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="0" t="s">
         <v>259</v>
       </c>
       <c r="B336" s="0" t="s">
-        <v>31</v>
+        <v>260</v>
       </c>
       <c r="C336" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="0" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="B337" s="0" t="s">
-        <v>261</v>
+        <v>25</v>
       </c>
       <c r="C337" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="0" t="s">
         <v>238</v>
       </c>
       <c r="B338" s="0" t="s">
         <v>239</v>
       </c>
       <c r="C338" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="0" t="s">
         <v>240</v>
       </c>
       <c r="B339" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C339" s="0" t="s">
         <v>5</v>
@@ -5151,106 +5151,106 @@
         <v>252</v>
       </c>
       <c r="B349" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C349" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="0" t="s">
         <v>253</v>
       </c>
       <c r="B350" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C350" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="0" t="s">
         <v>254</v>
       </c>
       <c r="B351" s="0" t="s">
-        <v>25</v>
+        <v>255</v>
       </c>
       <c r="C351" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="0" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B352" s="0" t="s">
-        <v>256</v>
+        <v>31</v>
       </c>
       <c r="C352" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="0" t="s">
         <v>257</v>
       </c>
       <c r="B353" s="0" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C353" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="0" t="s">
         <v>258</v>
       </c>
       <c r="B354" s="0" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C354" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="0" t="s">
         <v>259</v>
       </c>
       <c r="B355" s="0" t="s">
-        <v>31</v>
+        <v>260</v>
       </c>
       <c r="C355" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="0" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="B356" s="0" t="s">
-        <v>261</v>
+        <v>25</v>
       </c>
       <c r="C356" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="0" t="s">
         <v>238</v>
       </c>
       <c r="B357" s="0" t="s">
         <v>239</v>
       </c>
       <c r="C357" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="0" t="s">
         <v>240</v>
       </c>
       <c r="B358" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C358" s="0" t="s">
         <v>5</v>
@@ -5360,106 +5360,106 @@
         <v>252</v>
       </c>
       <c r="B368" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C368" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" s="0" t="s">
         <v>253</v>
       </c>
       <c r="B369" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C369" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" s="0" t="s">
         <v>254</v>
       </c>
       <c r="B370" s="0" t="s">
-        <v>25</v>
+        <v>255</v>
       </c>
       <c r="C370" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" s="0" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B371" s="0" t="s">
-        <v>256</v>
+        <v>31</v>
       </c>
       <c r="C371" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" s="0" t="s">
         <v>257</v>
       </c>
       <c r="B372" s="0" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C372" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" s="0" t="s">
         <v>258</v>
       </c>
       <c r="B373" s="0" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C373" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="0" t="s">
         <v>259</v>
       </c>
       <c r="B374" s="0" t="s">
-        <v>31</v>
+        <v>260</v>
       </c>
       <c r="C374" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="0" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="B375" s="0" t="s">
-        <v>261</v>
+        <v>25</v>
       </c>
       <c r="C375" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="376">
       <c r="B376" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C376" s="0" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="377">
       <c r="B377" s="0" t="s">
         <v>83</v>
       </c>
       <c r="C377" s="0" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="378">
       <c r="B378" s="0" t="s">
         <v>85</v>
       </c>
@@ -5945,238 +5945,238 @@
         <v>298</v>
       </c>
       <c r="B425" s="0" t="s">
         <v>299</v>
       </c>
       <c r="C425" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="0" t="s">
         <v>300</v>
       </c>
       <c r="B426" s="0" t="s">
         <v>301</v>
       </c>
       <c r="C426" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="0" t="s">
         <v>302</v>
       </c>
       <c r="B427" s="0" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="C427" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" s="0" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B428" s="0" t="s">
-        <v>304</v>
+        <v>301</v>
       </c>
       <c r="C428" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="0" t="s">
         <v>305</v>
       </c>
       <c r="B429" s="0" t="s">
         <v>306</v>
       </c>
       <c r="C429" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="0" t="s">
         <v>307</v>
       </c>
       <c r="B430" s="0" t="s">
         <v>308</v>
       </c>
       <c r="C430" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="0" t="s">
         <v>309</v>
       </c>
       <c r="B431" s="0" t="s">
         <v>310</v>
       </c>
       <c r="C431" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="0" t="s">
         <v>311</v>
       </c>
       <c r="B432" s="0" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="C432" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="0" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="B433" s="0" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="C433" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="0" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="B434" s="0" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C434" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="0" t="s">
+        <v>317</v>
+      </c>
+      <c r="B435" s="0" t="s">
         <v>316</v>
-      </c>
-[...1 lines deleted...]
-        <v>317</v>
       </c>
       <c r="C435" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" s="0" t="s">
         <v>318</v>
       </c>
       <c r="B436" s="0" t="s">
         <v>319</v>
       </c>
       <c r="C436" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="0" t="s">
         <v>320</v>
       </c>
       <c r="B437" s="0" t="s">
         <v>321</v>
       </c>
       <c r="C437" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="0" t="s">
         <v>322</v>
       </c>
       <c r="B438" s="0" t="s">
-        <v>323</v>
+        <v>321</v>
       </c>
       <c r="C438" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="0" t="s">
+        <v>323</v>
+      </c>
+      <c r="B439" s="0" t="s">
         <v>324</v>
-      </c>
-[...1 lines deleted...]
-        <v>325</v>
       </c>
       <c r="C439" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="0" t="s">
+        <v>325</v>
+      </c>
+      <c r="B440" s="0" t="s">
         <v>326</v>
-      </c>
-[...1 lines deleted...]
-        <v>323</v>
       </c>
       <c r="C440" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" s="0" t="s">
         <v>327</v>
       </c>
       <c r="B441" s="0" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="C441" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="0" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="B442" s="0" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
       <c r="C442" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="0" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
       <c r="B443" s="0" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="C443" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" s="0" t="s">
+        <v>331</v>
+      </c>
+      <c r="B444" s="0" t="s">
         <v>332</v>
-      </c>
-[...1 lines deleted...]
-        <v>330</v>
       </c>
       <c r="C444" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="0" t="s">
         <v>333</v>
       </c>
       <c r="B445" s="0" t="s">
         <v>334</v>
       </c>
       <c r="C445" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="0" t="s">
         <v>335</v>
       </c>
       <c r="B446" s="0" t="s">
         <v>336</v>
       </c>
       <c r="C446" s="0" t="s">
         <v>5</v>
@@ -6341,359 +6341,359 @@
         <v>362</v>
       </c>
       <c r="B461" s="0" t="s">
         <v>363</v>
       </c>
       <c r="C461" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" s="0" t="s">
         <v>364</v>
       </c>
       <c r="B462" s="0" t="s">
         <v>365</v>
       </c>
       <c r="C462" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="0" t="s">
         <v>366</v>
       </c>
       <c r="B463" s="0" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="C463" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" s="0" t="s">
+        <v>367</v>
+      </c>
+      <c r="B464" s="0" t="s">
         <v>368</v>
-      </c>
-[...1 lines deleted...]
-        <v>365</v>
       </c>
       <c r="C464" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="0" t="s">
         <v>369</v>
       </c>
       <c r="B465" s="0" t="s">
         <v>370</v>
       </c>
       <c r="C465" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="0" t="s">
         <v>371</v>
       </c>
       <c r="B466" s="0" t="s">
-        <v>372</v>
+        <v>368</v>
       </c>
       <c r="C466" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="0" t="s">
+        <v>372</v>
+      </c>
+      <c r="B467" s="0" t="s">
         <v>373</v>
-      </c>
-[...1 lines deleted...]
-        <v>370</v>
       </c>
       <c r="C467" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="0" t="s">
         <v>374</v>
       </c>
       <c r="B468" s="0" t="s">
         <v>375</v>
       </c>
       <c r="C468" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="0" t="s">
         <v>376</v>
       </c>
       <c r="B469" s="0" t="s">
-        <v>377</v>
+        <v>373</v>
       </c>
       <c r="C469" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="0" t="s">
-        <v>378</v>
+        <v>377</v>
       </c>
       <c r="B470" s="0" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="C470" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="0" t="s">
+        <v>378</v>
+      </c>
+      <c r="B471" s="0" t="s">
         <v>379</v>
-      </c>
-[...1 lines deleted...]
-        <v>380</v>
       </c>
       <c r="C471" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="0" t="s">
+        <v>380</v>
+      </c>
+      <c r="B472" s="0" t="s">
         <v>381</v>
-      </c>
-[...1 lines deleted...]
-        <v>382</v>
       </c>
       <c r="C472" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" s="0" t="s">
+        <v>382</v>
+      </c>
+      <c r="B473" s="0" t="s">
         <v>383</v>
-      </c>
-[...1 lines deleted...]
-        <v>380</v>
       </c>
       <c r="C473" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="0" t="s">
         <v>384</v>
       </c>
       <c r="B474" s="0" t="s">
-        <v>380</v>
+        <v>385</v>
       </c>
       <c r="C474" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="0" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="B475" s="0" t="s">
-        <v>386</v>
+        <v>381</v>
       </c>
       <c r="C475" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" s="0" t="s">
         <v>387</v>
       </c>
       <c r="B476" s="0" t="s">
-        <v>388</v>
+        <v>381</v>
       </c>
       <c r="C476" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="0" t="s">
+        <v>388</v>
+      </c>
+      <c r="B477" s="0" t="s">
         <v>389</v>
-      </c>
-[...1 lines deleted...]
-        <v>386</v>
       </c>
       <c r="C477" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="0" t="s">
         <v>390</v>
       </c>
       <c r="B478" s="0" t="s">
-        <v>386</v>
+        <v>391</v>
       </c>
       <c r="C478" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="0" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="B479" s="0" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="C479" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" s="0" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="B480" s="0" t="s">
-        <v>394</v>
+        <v>391</v>
       </c>
       <c r="C480" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="0" t="s">
         <v>395</v>
       </c>
       <c r="B481" s="0" t="s">
-        <v>396</v>
+        <v>391</v>
       </c>
       <c r="C481" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" s="0" t="s">
-        <v>397</v>
+        <v>396</v>
       </c>
       <c r="B482" s="0" t="s">
-        <v>398</v>
+        <v>393</v>
       </c>
       <c r="C482" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" s="0" t="s">
-        <v>399</v>
+        <v>397</v>
       </c>
       <c r="B483" s="0" t="s">
-        <v>394</v>
+        <v>391</v>
       </c>
       <c r="C483" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" s="0" t="s">
-        <v>400</v>
+        <v>398</v>
       </c>
       <c r="B484" s="0" t="s">
-        <v>394</v>
+        <v>399</v>
       </c>
       <c r="C484" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" s="0" t="s">
+        <v>400</v>
+      </c>
+      <c r="B485" s="0" t="s">
         <v>401</v>
-      </c>
-[...1 lines deleted...]
-        <v>402</v>
       </c>
       <c r="C485" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" s="0" t="s">
+        <v>402</v>
+      </c>
+      <c r="B486" s="0" t="s">
         <v>403</v>
-      </c>
-[...1 lines deleted...]
-        <v>404</v>
       </c>
       <c r="C486" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" s="0" t="s">
-        <v>405</v>
+        <v>404</v>
       </c>
       <c r="B487" s="0" t="s">
-        <v>406</v>
+        <v>401</v>
       </c>
       <c r="C487" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" s="0" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="B488" s="0" t="s">
-        <v>404</v>
+        <v>401</v>
       </c>
       <c r="C488" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="489">
       <c r="A489" s="0" t="s">
-        <v>408</v>
+        <v>406</v>
       </c>
       <c r="B489" s="0" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C489" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" s="0" t="s">
+        <v>408</v>
+      </c>
+      <c r="B490" s="0" t="s">
         <v>409</v>
-      </c>
-[...1 lines deleted...]
-        <v>406</v>
       </c>
       <c r="C490" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" s="0" t="s">
         <v>410</v>
       </c>
       <c r="B491" s="0" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C491" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" s="0" t="s">
         <v>411</v>
       </c>
       <c r="B492" s="0" t="s">
         <v>412</v>
       </c>
       <c r="C492" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="493">
       <c r="A493" s="0" t="s">
         <v>413</v>
       </c>
       <c r="B493" s="0" t="s">
         <v>414</v>
       </c>
       <c r="C493" s="0" t="s">
         <v>5</v>
@@ -6968,238 +6968,238 @@
         <v>298</v>
       </c>
       <c r="B518" s="0" t="s">
         <v>299</v>
       </c>
       <c r="C518" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="519">
       <c r="A519" s="0" t="s">
         <v>300</v>
       </c>
       <c r="B519" s="0" t="s">
         <v>301</v>
       </c>
       <c r="C519" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="520">
       <c r="A520" s="0" t="s">
         <v>302</v>
       </c>
       <c r="B520" s="0" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="C520" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="521">
       <c r="A521" s="0" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B521" s="0" t="s">
-        <v>304</v>
+        <v>301</v>
       </c>
       <c r="C521" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="522">
       <c r="A522" s="0" t="s">
         <v>305</v>
       </c>
       <c r="B522" s="0" t="s">
         <v>306</v>
       </c>
       <c r="C522" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="523">
       <c r="A523" s="0" t="s">
         <v>307</v>
       </c>
       <c r="B523" s="0" t="s">
         <v>308</v>
       </c>
       <c r="C523" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="524">
       <c r="A524" s="0" t="s">
         <v>309</v>
       </c>
       <c r="B524" s="0" t="s">
         <v>310</v>
       </c>
       <c r="C524" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="525">
       <c r="A525" s="0" t="s">
         <v>311</v>
       </c>
       <c r="B525" s="0" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="C525" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="526">
       <c r="A526" s="0" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="B526" s="0" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="C526" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="527">
       <c r="A527" s="0" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="B527" s="0" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C527" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="528">
       <c r="A528" s="0" t="s">
+        <v>317</v>
+      </c>
+      <c r="B528" s="0" t="s">
         <v>316</v>
-      </c>
-[...1 lines deleted...]
-        <v>317</v>
       </c>
       <c r="C528" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="529">
       <c r="A529" s="0" t="s">
         <v>318</v>
       </c>
       <c r="B529" s="0" t="s">
         <v>319</v>
       </c>
       <c r="C529" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="530">
       <c r="A530" s="0" t="s">
         <v>320</v>
       </c>
       <c r="B530" s="0" t="s">
         <v>321</v>
       </c>
       <c r="C530" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="531">
       <c r="A531" s="0" t="s">
         <v>322</v>
       </c>
       <c r="B531" s="0" t="s">
-        <v>323</v>
+        <v>321</v>
       </c>
       <c r="C531" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="532">
       <c r="A532" s="0" t="s">
+        <v>323</v>
+      </c>
+      <c r="B532" s="0" t="s">
         <v>324</v>
-      </c>
-[...1 lines deleted...]
-        <v>325</v>
       </c>
       <c r="C532" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="533">
       <c r="A533" s="0" t="s">
+        <v>325</v>
+      </c>
+      <c r="B533" s="0" t="s">
         <v>326</v>
-      </c>
-[...1 lines deleted...]
-        <v>323</v>
       </c>
       <c r="C533" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="534">
       <c r="A534" s="0" t="s">
         <v>327</v>
       </c>
       <c r="B534" s="0" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="C534" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="535">
       <c r="A535" s="0" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="B535" s="0" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
       <c r="C535" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="536">
       <c r="A536" s="0" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
       <c r="B536" s="0" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="C536" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="537">
       <c r="A537" s="0" t="s">
+        <v>331</v>
+      </c>
+      <c r="B537" s="0" t="s">
         <v>332</v>
-      </c>
-[...1 lines deleted...]
-        <v>330</v>
       </c>
       <c r="C537" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="538">
       <c r="A538" s="0" t="s">
         <v>333</v>
       </c>
       <c r="B538" s="0" t="s">
         <v>334</v>
       </c>
       <c r="C538" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="539">
       <c r="A539" s="0" t="s">
         <v>335</v>
       </c>
       <c r="B539" s="0" t="s">
         <v>336</v>
       </c>
       <c r="C539" s="0" t="s">
         <v>5</v>
@@ -7364,359 +7364,359 @@
         <v>362</v>
       </c>
       <c r="B554" s="0" t="s">
         <v>363</v>
       </c>
       <c r="C554" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="555">
       <c r="A555" s="0" t="s">
         <v>364</v>
       </c>
       <c r="B555" s="0" t="s">
         <v>365</v>
       </c>
       <c r="C555" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="556">
       <c r="A556" s="0" t="s">
         <v>366</v>
       </c>
       <c r="B556" s="0" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="C556" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="557">
       <c r="A557" s="0" t="s">
+        <v>367</v>
+      </c>
+      <c r="B557" s="0" t="s">
         <v>368</v>
-      </c>
-[...1 lines deleted...]
-        <v>365</v>
       </c>
       <c r="C557" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="558">
       <c r="A558" s="0" t="s">
         <v>369</v>
       </c>
       <c r="B558" s="0" t="s">
         <v>370</v>
       </c>
       <c r="C558" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="559">
       <c r="A559" s="0" t="s">
         <v>371</v>
       </c>
       <c r="B559" s="0" t="s">
-        <v>372</v>
+        <v>368</v>
       </c>
       <c r="C559" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="560">
       <c r="A560" s="0" t="s">
+        <v>372</v>
+      </c>
+      <c r="B560" s="0" t="s">
         <v>373</v>
-      </c>
-[...1 lines deleted...]
-        <v>370</v>
       </c>
       <c r="C560" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="561">
       <c r="A561" s="0" t="s">
         <v>374</v>
       </c>
       <c r="B561" s="0" t="s">
         <v>375</v>
       </c>
       <c r="C561" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="562">
       <c r="A562" s="0" t="s">
         <v>376</v>
       </c>
       <c r="B562" s="0" t="s">
-        <v>377</v>
+        <v>373</v>
       </c>
       <c r="C562" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="563">
       <c r="A563" s="0" t="s">
-        <v>378</v>
+        <v>377</v>
       </c>
       <c r="B563" s="0" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="C563" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="564">
       <c r="A564" s="0" t="s">
+        <v>378</v>
+      </c>
+      <c r="B564" s="0" t="s">
         <v>379</v>
-      </c>
-[...1 lines deleted...]
-        <v>380</v>
       </c>
       <c r="C564" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="565">
       <c r="A565" s="0" t="s">
+        <v>380</v>
+      </c>
+      <c r="B565" s="0" t="s">
         <v>381</v>
-      </c>
-[...1 lines deleted...]
-        <v>382</v>
       </c>
       <c r="C565" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="566">
       <c r="A566" s="0" t="s">
+        <v>382</v>
+      </c>
+      <c r="B566" s="0" t="s">
         <v>383</v>
-      </c>
-[...1 lines deleted...]
-        <v>380</v>
       </c>
       <c r="C566" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="567">
       <c r="A567" s="0" t="s">
         <v>384</v>
       </c>
       <c r="B567" s="0" t="s">
-        <v>380</v>
+        <v>385</v>
       </c>
       <c r="C567" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="568">
       <c r="A568" s="0" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="B568" s="0" t="s">
-        <v>386</v>
+        <v>381</v>
       </c>
       <c r="C568" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="569">
       <c r="A569" s="0" t="s">
         <v>387</v>
       </c>
       <c r="B569" s="0" t="s">
-        <v>388</v>
+        <v>381</v>
       </c>
       <c r="C569" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="570">
       <c r="A570" s="0" t="s">
+        <v>388</v>
+      </c>
+      <c r="B570" s="0" t="s">
         <v>389</v>
-      </c>
-[...1 lines deleted...]
-        <v>386</v>
       </c>
       <c r="C570" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="571">
       <c r="A571" s="0" t="s">
         <v>390</v>
       </c>
       <c r="B571" s="0" t="s">
-        <v>386</v>
+        <v>391</v>
       </c>
       <c r="C571" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="572">
       <c r="A572" s="0" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="B572" s="0" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="C572" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="573">
       <c r="A573" s="0" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="B573" s="0" t="s">
-        <v>394</v>
+        <v>391</v>
       </c>
       <c r="C573" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="574">
       <c r="A574" s="0" t="s">
         <v>395</v>
       </c>
       <c r="B574" s="0" t="s">
-        <v>396</v>
+        <v>391</v>
       </c>
       <c r="C574" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="575">
       <c r="A575" s="0" t="s">
-        <v>397</v>
+        <v>396</v>
       </c>
       <c r="B575" s="0" t="s">
-        <v>398</v>
+        <v>393</v>
       </c>
       <c r="C575" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="576">
       <c r="A576" s="0" t="s">
-        <v>399</v>
+        <v>397</v>
       </c>
       <c r="B576" s="0" t="s">
-        <v>394</v>
+        <v>391</v>
       </c>
       <c r="C576" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="577">
       <c r="A577" s="0" t="s">
-        <v>400</v>
+        <v>398</v>
       </c>
       <c r="B577" s="0" t="s">
-        <v>394</v>
+        <v>399</v>
       </c>
       <c r="C577" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="578">
       <c r="A578" s="0" t="s">
+        <v>400</v>
+      </c>
+      <c r="B578" s="0" t="s">
         <v>401</v>
-      </c>
-[...1 lines deleted...]
-        <v>402</v>
       </c>
       <c r="C578" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="579">
       <c r="A579" s="0" t="s">
+        <v>402</v>
+      </c>
+      <c r="B579" s="0" t="s">
         <v>403</v>
-      </c>
-[...1 lines deleted...]
-        <v>404</v>
       </c>
       <c r="C579" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="580">
       <c r="A580" s="0" t="s">
-        <v>405</v>
+        <v>404</v>
       </c>
       <c r="B580" s="0" t="s">
-        <v>406</v>
+        <v>401</v>
       </c>
       <c r="C580" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="581">
       <c r="A581" s="0" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="B581" s="0" t="s">
-        <v>404</v>
+        <v>401</v>
       </c>
       <c r="C581" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="582">
       <c r="A582" s="0" t="s">
-        <v>408</v>
+        <v>406</v>
       </c>
       <c r="B582" s="0" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C582" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="583">
       <c r="A583" s="0" t="s">
+        <v>408</v>
+      </c>
+      <c r="B583" s="0" t="s">
         <v>409</v>
-      </c>
-[...1 lines deleted...]
-        <v>406</v>
       </c>
       <c r="C583" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="584">
       <c r="A584" s="0" t="s">
         <v>410</v>
       </c>
       <c r="B584" s="0" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C584" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="585">
       <c r="A585" s="0" t="s">
         <v>411</v>
       </c>
       <c r="B585" s="0" t="s">
         <v>412</v>
       </c>
       <c r="C585" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="586">
       <c r="A586" s="0" t="s">
         <v>413</v>
       </c>
       <c r="B586" s="0" t="s">
         <v>414</v>
       </c>
       <c r="C586" s="0" t="s">
         <v>5</v>