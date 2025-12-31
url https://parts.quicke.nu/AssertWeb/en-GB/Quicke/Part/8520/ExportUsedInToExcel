--- v0 (2025-10-31)
+++ v1 (2025-12-31)
@@ -4,51 +4,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Part" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="83" uniqueCount="83">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="87" uniqueCount="87">
   <si>
     <t>Product No</t>
   </si>
   <si>
     <t>Product name</t>
   </si>
   <si>
     <t>Path</t>
   </si>
   <si>
     <t>Manure &amp; Silage Implements</t>
   </si>
   <si>
     <t xml:space="preserve">220XL/ </t>
   </si>
   <si>
     <t xml:space="preserve">240XL/ </t>
   </si>
   <si>
     <t xml:space="preserve">260XL/ </t>
   </si>
   <si>
     <t xml:space="preserve">280XL/ </t>
   </si>
   <si>
@@ -250,50 +250,62 @@
     <t xml:space="preserve">Powergrab L+/ </t>
   </si>
   <si>
     <t xml:space="preserve">Powergrab XL+/ </t>
   </si>
   <si>
     <t xml:space="preserve">Silocut L+ 175/ </t>
   </si>
   <si>
     <t xml:space="preserve">Silocut L+ 200/ </t>
   </si>
   <si>
     <t xml:space="preserve">Multigrab S+ 140/ </t>
   </si>
   <si>
     <t xml:space="preserve">Multigrab S+ 160/ </t>
   </si>
   <si>
     <t xml:space="preserve">Multigrab S+ 180/ </t>
   </si>
   <si>
     <t xml:space="preserve">Multifork S+/ </t>
   </si>
   <si>
     <t xml:space="preserve">Multigrab S+ 120/ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">90S+/ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">100S+/ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">120S+/ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">140S+/ </t>
   </si>
   <si>
     <t xml:space="preserve">/ </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
@@ -301,51 +313,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:C338"/>
+  <dimension ref="A1:C346"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="11.3395004272461" customWidth="1"/>
     <col min="2" max="2" width="26.8952083587646" customWidth="1"/>
     <col min="3" max="3" width="18.9807758331299" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2">
       <c r="B2" s="0" t="s">
         <v>3</v>
       </c>
@@ -1716,843 +1728,895 @@
     <row r="173">
       <c r="B173" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C173" s="0" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="174">
       <c r="B174" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C174" s="0" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="175">
       <c r="B175" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C175" s="0" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="176">
+      <c r="B176" s="0" t="s">
+        <v>3</v>
+      </c>
       <c r="C176" s="0" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="177">
+      <c r="B177" s="0" t="s">
+        <v>3</v>
+      </c>
       <c r="C177" s="0" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="178">
+      <c r="B178" s="0" t="s">
+        <v>3</v>
+      </c>
       <c r="C178" s="0" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
     </row>
     <row r="179">
+      <c r="B179" s="0" t="s">
+        <v>3</v>
+      </c>
       <c r="C179" s="0" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
     </row>
     <row r="180">
       <c r="C180" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="181">
       <c r="C181" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="182">
       <c r="C182" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="183">
       <c r="C183" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="184">
       <c r="C184" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="185">
       <c r="C185" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="186">
       <c r="C186" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="187">
       <c r="C187" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="188">
       <c r="C188" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="189">
       <c r="C189" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="190">
       <c r="C190" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="191">
       <c r="C191" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="192">
       <c r="C192" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="193">
       <c r="C193" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="194">
       <c r="C194" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="195">
       <c r="C195" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="196">
       <c r="C196" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="197">
       <c r="C197" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="198">
       <c r="C198" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="199">
       <c r="C199" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="200">
       <c r="C200" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="201">
       <c r="C201" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="202">
       <c r="C202" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="203">
       <c r="C203" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="204">
       <c r="C204" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="205">
       <c r="C205" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="206">
       <c r="C206" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="207">
       <c r="C207" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="208">
       <c r="C208" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="209">
       <c r="C209" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="210">
       <c r="C210" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="211">
       <c r="C211" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="212">
       <c r="C212" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="213">
       <c r="C213" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="214">
       <c r="C214" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="215">
       <c r="C215" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="216">
       <c r="C216" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="217">
       <c r="C217" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="218">
       <c r="C218" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="219">
       <c r="C219" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="220">
       <c r="C220" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="221">
       <c r="C221" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="222">
       <c r="C222" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="223">
       <c r="C223" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="224">
       <c r="C224" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="225">
       <c r="C225" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="226">
       <c r="C226" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="227">
       <c r="C227" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="228">
       <c r="C228" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="229">
       <c r="C229" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="230">
       <c r="C230" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="231">
       <c r="C231" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="232">
       <c r="C232" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="233">
       <c r="C233" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="234">
       <c r="C234" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="235">
       <c r="C235" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="236">
       <c r="C236" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="237">
       <c r="C237" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="238">
       <c r="C238" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="239">
       <c r="C239" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="240">
       <c r="C240" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="241">
       <c r="C241" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="242">
       <c r="C242" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="243">
       <c r="C243" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="244">
       <c r="C244" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="245">
       <c r="C245" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="246">
       <c r="C246" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="247">
       <c r="C247" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="248">
       <c r="C248" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="249">
       <c r="C249" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="250">
       <c r="C250" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="251">
       <c r="C251" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="252">
       <c r="C252" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="253">
       <c r="C253" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="254">
       <c r="C254" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="255">
       <c r="C255" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="256">
       <c r="C256" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="257">
       <c r="C257" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="258">
       <c r="C258" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="259">
       <c r="C259" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="260">
       <c r="C260" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="261">
       <c r="C261" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="262">
       <c r="C262" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="263">
       <c r="C263" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="264">
       <c r="C264" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="265">
       <c r="C265" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="266">
       <c r="C266" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="267">
       <c r="C267" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="268">
       <c r="C268" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="269">
       <c r="C269" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="270">
       <c r="C270" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="271">
       <c r="C271" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="272">
       <c r="C272" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="273">
       <c r="C273" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="274">
       <c r="C274" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="275">
       <c r="C275" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="276">
       <c r="C276" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="277">
       <c r="C277" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="278">
       <c r="C278" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="279">
       <c r="C279" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="280">
       <c r="C280" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="281">
       <c r="C281" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="282">
       <c r="C282" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="283">
       <c r="C283" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="284">
       <c r="C284" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="285">
       <c r="C285" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="286">
       <c r="C286" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="287">
       <c r="C287" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="288">
       <c r="C288" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="289">
       <c r="C289" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="290">
       <c r="C290" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="291">
       <c r="C291" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="292">
       <c r="C292" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="293">
       <c r="C293" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="294">
       <c r="C294" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="295">
       <c r="C295" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="296">
       <c r="C296" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="297">
       <c r="C297" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="298">
       <c r="C298" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="299">
       <c r="C299" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="300">
       <c r="C300" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="301">
       <c r="C301" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="302">
       <c r="C302" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="303">
       <c r="C303" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="304">
       <c r="C304" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="305">
       <c r="C305" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="306">
       <c r="C306" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="307">
       <c r="C307" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="308">
       <c r="C308" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="309">
       <c r="C309" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="310">
       <c r="C310" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="311">
       <c r="C311" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="312">
       <c r="C312" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="313">
       <c r="C313" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="314">
       <c r="C314" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="315">
       <c r="C315" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="316">
       <c r="C316" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="317">
       <c r="C317" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="318">
       <c r="C318" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="319">
       <c r="C319" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="320">
       <c r="C320" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="321">
       <c r="C321" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="322">
       <c r="C322" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="323">
       <c r="C323" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="324">
       <c r="C324" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="325">
       <c r="C325" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="326">
       <c r="C326" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="327">
       <c r="C327" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="328">
       <c r="C328" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="329">
       <c r="C329" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="330">
       <c r="C330" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="331">
       <c r="C331" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="332">
       <c r="C332" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="333">
       <c r="C333" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="334">
       <c r="C334" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="335">
       <c r="C335" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="336">
       <c r="C336" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="337">
       <c r="C337" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="338">
       <c r="C338" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
+      </c>
+    </row>
+    <row r="339">
+      <c r="C339" s="0" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="340">
+      <c r="C340" s="0" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="341">
+      <c r="C341" s="0" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="342">
+      <c r="C342" s="0" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="343">
+      <c r="C343" s="0" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="344">
+      <c r="C344" s="0" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="345">
+      <c r="C345" s="0" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="346">
+      <c r="C346" s="0" t="s">
+        <v>86</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>