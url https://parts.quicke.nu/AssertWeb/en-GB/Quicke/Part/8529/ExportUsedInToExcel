--- v0 (2025-10-18)
+++ v1 (2025-12-20)
@@ -60,140 +60,140 @@
   <si>
     <t>3516T8</t>
   </si>
   <si>
     <t>+2.0P DM ext.</t>
   </si>
   <si>
     <t>3518T8</t>
   </si>
   <si>
     <t>+2.0P Special B</t>
   </si>
   <si>
     <t>4014T8</t>
   </si>
   <si>
     <t>+3.0 DM</t>
   </si>
   <si>
     <t>2014Q8</t>
   </si>
   <si>
     <t>Q20 DM</t>
   </si>
   <si>
+    <t>3014Q8</t>
+  </si>
+  <si>
+    <t>Q30 DM</t>
+  </si>
+  <si>
+    <t>3016Q8</t>
+  </si>
+  <si>
+    <t>Q30 DM ext.</t>
+  </si>
+  <si>
+    <t>3514Q8</t>
+  </si>
+  <si>
+    <t>Q35 DM</t>
+  </si>
+  <si>
+    <t>3516Q8</t>
+  </si>
+  <si>
+    <t>Q35 DM ext.</t>
+  </si>
+  <si>
+    <t>3564Q8</t>
+  </si>
+  <si>
+    <t>4014Q8</t>
+  </si>
+  <si>
+    <t>Q40 DM</t>
+  </si>
+  <si>
+    <t>4016Q8</t>
+  </si>
+  <si>
+    <t>Q40 DM ext.</t>
+  </si>
+  <si>
+    <t>4054Q8</t>
+  </si>
+  <si>
+    <t>2514T8</t>
+  </si>
+  <si>
+    <t>+1.0P DM</t>
+  </si>
+  <si>
+    <t>2014T8</t>
+  </si>
+  <si>
+    <t>+1.0 DM</t>
+  </si>
+  <si>
+    <t>4514T8</t>
+  </si>
+  <si>
+    <t>+3.0P DM</t>
+  </si>
+  <si>
+    <t>4516T8</t>
+  </si>
+  <si>
+    <t>+3.0P DM ext.</t>
+  </si>
+  <si>
     <t>2514Q8</t>
   </si>
   <si>
     <t>Q25 DM</t>
   </si>
   <si>
-    <t>3014Q8</t>
-[...52 lines deleted...]
-  <si>
     <t>4514Q8</t>
   </si>
   <si>
     <t>Q45 DM</t>
   </si>
   <si>
     <t>4516Q8</t>
   </si>
   <si>
     <t>Q45 DM ext.</t>
   </si>
   <si>
     <t>4554Q8</t>
   </si>
   <si>
     <t>4564Q8</t>
   </si>
   <si>
-    <t>4514T8</t>
-[...10 lines deleted...]
-  <si>
     <t>2114Q8</t>
   </si>
   <si>
     <t>Q21 DM</t>
   </si>
   <si>
     <t>2614Q8</t>
   </si>
   <si>
     <t>Q26 DM</t>
   </si>
   <si>
     <t>3114Q8</t>
   </si>
   <si>
     <t>Q31 DM</t>
   </si>
   <si>
     <t>3116Q8</t>
   </si>
   <si>
     <t>Q31 DM ext.</t>
   </si>
   <si>
     <t>3314Q8</t>
@@ -357,314 +357,314 @@
   <si>
     <t>+3.4P DM</t>
   </si>
   <si>
     <t>4916T8</t>
   </si>
   <si>
     <t>+3.4P DM ext.</t>
   </si>
   <si>
     <t>4614Q8</t>
   </si>
   <si>
     <t>Q46 DM</t>
   </si>
   <si>
     <t>4616Q8</t>
   </si>
   <si>
     <t>Q46 DM ext.</t>
   </si>
   <si>
     <t>4654Q8</t>
   </si>
   <si>
+    <t>4614T8</t>
+  </si>
+  <si>
+    <t>+3.1P DM</t>
+  </si>
+  <si>
+    <t>4616T8</t>
+  </si>
+  <si>
+    <t>+3.1P DM ext.</t>
+  </si>
+  <si>
+    <t>4618T8</t>
+  </si>
+  <si>
+    <t>+3.1P Special B</t>
+  </si>
+  <si>
+    <t>4654T8</t>
+  </si>
+  <si>
+    <t>4814T8</t>
+  </si>
+  <si>
+    <t>+3.3P DM</t>
+  </si>
+  <si>
+    <t>4816T8</t>
+  </si>
+  <si>
+    <t>+3.3P DM ext.</t>
+  </si>
+  <si>
+    <t>4816Q8</t>
+  </si>
+  <si>
+    <t>Q48 DM ext.</t>
+  </si>
+  <si>
     <t>4814Q8</t>
   </si>
   <si>
     <t>Q48 DM</t>
   </si>
   <si>
-    <t>4816Q8</t>
-[...4 lines deleted...]
-  <si>
     <t>4912Q8</t>
   </si>
   <si>
     <t>Q49 UM</t>
   </si>
   <si>
     <t>4914Q8</t>
   </si>
   <si>
     <t>Q49 DM</t>
   </si>
   <si>
-    <t>4614T8</t>
-[...31 lines deleted...]
-  <si>
     <t>4518T8</t>
   </si>
   <si>
     <t>+3.0P Special B</t>
   </si>
   <si>
     <t>Hydraulics/5220651 Suspension Man. S/N 7332744 -</t>
   </si>
   <si>
+    <t>5116Q8</t>
+  </si>
+  <si>
+    <t>Q51 DM ext.</t>
+  </si>
+  <si>
+    <t>5616Q8</t>
+  </si>
+  <si>
+    <t>Q56 DM ext.</t>
+  </si>
+  <si>
     <t>5114Q8</t>
   </si>
   <si>
     <t>Q51 DM</t>
   </si>
   <si>
-    <t>5116Q8</t>
-[...4 lines deleted...]
-  <si>
     <t>5154Q8</t>
   </si>
   <si>
+    <t>5612Q8</t>
+  </si>
+  <si>
+    <t>Q56 UM</t>
+  </si>
+  <si>
+    <t>5614Q8</t>
+  </si>
+  <si>
+    <t>Q56 DM</t>
+  </si>
+  <si>
+    <t>5654Q8</t>
+  </si>
+  <si>
+    <t>5856Q8</t>
+  </si>
+  <si>
+    <t>Q58 DM ext.</t>
+  </si>
+  <si>
+    <t>5854Q8</t>
+  </si>
+  <si>
+    <t>Q58 DM</t>
+  </si>
+  <si>
+    <t>5816Q8</t>
+  </si>
+  <si>
+    <t>5814Q8</t>
+  </si>
+  <si>
     <t>6114Q8</t>
   </si>
   <si>
     <t>Q61 DM</t>
   </si>
   <si>
     <t>6116Q8</t>
   </si>
   <si>
     <t>Q61 DM ext.</t>
   </si>
   <si>
-    <t>5612Q8</t>
-[...37 lines deleted...]
-  <si>
     <t>6612Q8</t>
   </si>
   <si>
     <t>Q66 UM</t>
   </si>
   <si>
     <t>6614Q8</t>
   </si>
   <si>
     <t>Q66 DM</t>
   </si>
   <si>
     <t>6616Q8</t>
   </si>
   <si>
     <t>Q66 DM ext.</t>
   </si>
   <si>
     <t>6814Q8</t>
   </si>
   <si>
     <t>Q68 DM</t>
   </si>
   <si>
     <t>6816Q8</t>
   </si>
   <si>
     <t>Q68 DM ext.</t>
   </si>
   <si>
     <t>6854Q8</t>
   </si>
   <si>
     <t>6856Q8</t>
   </si>
   <si>
+    <t>6014Q8</t>
+  </si>
+  <si>
+    <t>Q60 DM</t>
+  </si>
+  <si>
+    <t>6016Q8</t>
+  </si>
+  <si>
+    <t>Q60 DM ext.</t>
+  </si>
+  <si>
+    <t>6044Q8</t>
+  </si>
+  <si>
+    <t>6046Q8</t>
+  </si>
+  <si>
+    <t>5512Q8</t>
+  </si>
+  <si>
+    <t>Q55 UM</t>
+  </si>
+  <si>
+    <t>5514Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM</t>
+  </si>
+  <si>
+    <t>5516Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM ext.</t>
+  </si>
+  <si>
+    <t>5534Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM, DM ext</t>
+  </si>
+  <si>
+    <t>5544Q, 5546Q</t>
+  </si>
+  <si>
+    <t>5554Q8</t>
+  </si>
+  <si>
+    <t>5564Q8</t>
+  </si>
+  <si>
+    <t>6512Q8</t>
+  </si>
+  <si>
+    <t>Q65 UM</t>
+  </si>
+  <si>
+    <t>6514Q8</t>
+  </si>
+  <si>
+    <t>Q65 DM</t>
+  </si>
+  <si>
+    <t>6516Q8</t>
+  </si>
+  <si>
+    <t>Q65 DM ext.</t>
+  </si>
+  <si>
+    <t>6534Q8</t>
+  </si>
+  <si>
+    <t>6544Q8</t>
+  </si>
+  <si>
+    <t>6546Q8</t>
+  </si>
+  <si>
+    <t>6564Q8</t>
+  </si>
+  <si>
     <t>5014Q8</t>
   </si>
   <si>
     <t>Q50 DM</t>
   </si>
   <si>
     <t>5016Q8</t>
   </si>
   <si>
     <t>Q50 DM ext.</t>
   </si>
   <si>
     <t>5054Q8</t>
   </si>
   <si>
-    <t>6014Q8</t>
-[...79 lines deleted...]
-  <si>
     <t>7612Q8</t>
   </si>
   <si>
     <t>Q76 UM</t>
   </si>
   <si>
     <t>7614Q8</t>
   </si>
   <si>
     <t>Q76 DM</t>
   </si>
   <si>
     <t>7616Q8</t>
   </si>
   <si>
     <t>Q76 DM ext.</t>
   </si>
   <si>
     <t>7814Q8</t>
   </si>
   <si>
     <t>Q78 DM</t>
   </si>
   <si>
     <t>7816Q8</t>
@@ -675,83 +675,83 @@
   <si>
     <t>7854Q8</t>
   </si>
   <si>
     <t>7512Q8</t>
   </si>
   <si>
     <t>Q75 UM</t>
   </si>
   <si>
     <t>7514Q8</t>
   </si>
   <si>
     <t>Q75 DM</t>
   </si>
   <si>
     <t>7516Q8</t>
   </si>
   <si>
     <t>Q75 DM ext.</t>
   </si>
   <si>
     <t>7524Q8</t>
   </si>
   <si>
+    <t>8753Q8</t>
+  </si>
+  <si>
+    <t>Q85x DL</t>
+  </si>
+  <si>
+    <t>8513Q8</t>
+  </si>
+  <si>
+    <t>Q85 DL</t>
+  </si>
+  <si>
+    <t>8523Q8</t>
+  </si>
+  <si>
     <t>8713Q8</t>
   </si>
   <si>
-    <t>Q85x DL</t>
-[...11 lines deleted...]
-    <t>8523Q8</t>
+    <t>9810Q8</t>
+  </si>
+  <si>
+    <t>Q98 DXL</t>
   </si>
   <si>
     <t>8813Q8</t>
   </si>
   <si>
     <t>Q88 DL</t>
   </si>
   <si>
     <t>8853Q8</t>
   </si>
   <si>
-    <t>9810Q8</t>
-[...4 lines deleted...]
-  <si>
     <t>Hydraulics/5220661 Suspension El. S/N 7332744 -</t>
   </si>
   <si>
     <t>Hydraulics/5220663 Suspension El. LCS S/N 7332744 -</t>
   </si>
   <si>
     <t>5016T8</t>
   </si>
   <si>
     <t>+4.0 DM ext.</t>
   </si>
   <si>
     <t>6014T8</t>
   </si>
   <si>
     <t>+5.0 DM</t>
   </si>
   <si>
     <t>6016T8</t>
   </si>
   <si>
     <t>+5.0 DM ext.</t>
   </si>
   <si>
     <t>6044T8</t>
@@ -993,62 +993,62 @@
   <si>
     <t>7514T8</t>
   </si>
   <si>
     <t>+6.0P DM</t>
   </si>
   <si>
     <t>7516T8</t>
   </si>
   <si>
     <t>+6.0P DM ext.</t>
   </si>
   <si>
     <t>5011Q8</t>
   </si>
   <si>
     <t>Q50 US</t>
   </si>
   <si>
     <t>5511Q8</t>
   </si>
   <si>
     <t>Q55 US</t>
   </si>
   <si>
+    <t>5611Q8</t>
+  </si>
+  <si>
+    <t>Q56 US</t>
+  </si>
+  <si>
     <t>5111Q8</t>
   </si>
   <si>
     <t>Q51 US</t>
   </si>
   <si>
-    <t>5611Q8</t>
-[...4 lines deleted...]
-  <si>
     <t>2111Q8</t>
   </si>
   <si>
     <t>Q21 US</t>
   </si>
   <si>
     <t>2113Q8</t>
   </si>
   <si>
     <t>Q21 DS</t>
   </si>
   <si>
     <t>2611Q8</t>
   </si>
   <si>
     <t>Q26 US</t>
   </si>
   <si>
     <t>2613Q8</t>
   </si>
   <si>
     <t>Q26 DS</t>
   </si>
   <si>
     <t>3111Q8</t>
@@ -1209,132 +1209,132 @@
   <si>
     <t>3517T8</t>
   </si>
   <si>
     <t>+2.0P Special S</t>
   </si>
   <si>
     <t>4011T8</t>
   </si>
   <si>
     <t>+3.0 US</t>
   </si>
   <si>
     <t>2011Q8</t>
   </si>
   <si>
     <t>Q20 US</t>
   </si>
   <si>
     <t>2013Q8</t>
   </si>
   <si>
     <t>Q20 DS</t>
   </si>
   <si>
+    <t>2513Q8</t>
+  </si>
+  <si>
+    <t>Q25 DS</t>
+  </si>
+  <si>
+    <t>3011Q8</t>
+  </si>
+  <si>
+    <t>Q30 US</t>
+  </si>
+  <si>
+    <t>3013Q8</t>
+  </si>
+  <si>
+    <t>Q30 DS</t>
+  </si>
+  <si>
+    <t>3511Q8</t>
+  </si>
+  <si>
+    <t>Q35 US</t>
+  </si>
+  <si>
+    <t>3513Q8</t>
+  </si>
+  <si>
+    <t>Q35 DS</t>
+  </si>
+  <si>
+    <t>4011Q8</t>
+  </si>
+  <si>
+    <t>Q40 US</t>
+  </si>
+  <si>
+    <t>2511T8</t>
+  </si>
+  <si>
+    <t>+1.0P US</t>
+  </si>
+  <si>
+    <t>2513T8</t>
+  </si>
+  <si>
+    <t>+1.0P DS</t>
+  </si>
+  <si>
+    <t>2011T8</t>
+  </si>
+  <si>
+    <t>+1.0 US</t>
+  </si>
+  <si>
+    <t>2013T8</t>
+  </si>
+  <si>
+    <t>+1.0 DS</t>
+  </si>
+  <si>
+    <t>4511T8</t>
+  </si>
+  <si>
+    <t>+3.0P US</t>
+  </si>
+  <si>
+    <t>4517T8</t>
+  </si>
+  <si>
+    <t>+3.0P Special S</t>
+  </si>
+  <si>
     <t>2511Q8</t>
   </si>
   <si>
     <t>Q25 US</t>
   </si>
   <si>
-    <t>2513Q8</t>
-[...58 lines deleted...]
-  <si>
     <t>4511Q8</t>
   </si>
   <si>
     <t>Q45 US</t>
-  </si>
-[...10 lines deleted...]
-    <t>+3.0P Special S</t>
   </si>
   <si>
     <t xml:space="preserve">Maintenance kits/ </t>
   </si>
   <si>
     <t>8813T8</t>
   </si>
   <si>
     <t>+7.3P DL</t>
   </si>
   <si>
     <t>8853T8</t>
   </si>
   <si>
     <t>9810T8</t>
   </si>
   <si>
     <t>+8.3P DXL</t>
   </si>
   <si>
     <t>8713T8</t>
   </si>
   <si>
     <t>+7.0x DL</t>
   </si>
@@ -1520,95 +1520,95 @@
         <v>22</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="B14" s="0" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>31</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="B17" s="0" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>34</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>36</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>37</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>5</v>
@@ -1619,84 +1619,84 @@
         <v>38</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>40</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>41</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>42</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>48</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>49</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>51</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>5</v>
@@ -2023,54 +2023,54 @@
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
         <v>108</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>109</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
         <v>110</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>111</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
         <v>112</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>113</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
         <v>114</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>115</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>5</v>
@@ -2103,95 +2103,95 @@
         <v>119</v>
       </c>
       <c r="B64" s="0" t="s">
         <v>120</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
         <v>121</v>
       </c>
       <c r="B65" s="0" t="s">
         <v>122</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
         <v>123</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>124</v>
+        <v>118</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="B67" s="0" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
+        <v>126</v>
+      </c>
+      <c r="B68" s="0" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="B69" s="0" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="B70" s="0" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
         <v>132</v>
       </c>
       <c r="B71" s="0" t="s">
         <v>133</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
         <v>134</v>
       </c>
       <c r="B72" s="0" t="s">
         <v>135</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>5</v>
@@ -2213,161 +2213,161 @@
         <v>139</v>
       </c>
       <c r="B74" s="0" t="s">
         <v>140</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
         <v>141</v>
       </c>
       <c r="B75" s="0" t="s">
         <v>142</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
         <v>143</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="B77" s="0" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
         <v>146</v>
       </c>
       <c r="B78" s="0" t="s">
         <v>147</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
         <v>148</v>
       </c>
       <c r="B79" s="0" t="s">
         <v>149</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
         <v>150</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
+        <v>151</v>
+      </c>
+      <c r="B81" s="0" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
+        <v>153</v>
+      </c>
+      <c r="B82" s="0" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
         <v>155</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="B86" s="0" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
         <v>161</v>
       </c>
       <c r="B87" s="0" t="s">
         <v>162</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
         <v>163</v>
       </c>
       <c r="B88" s="0" t="s">
         <v>164</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>5</v>
@@ -2444,238 +2444,238 @@
         <v>175</v>
       </c>
       <c r="B95" s="0" t="s">
         <v>176</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
         <v>177</v>
       </c>
       <c r="B96" s="0" t="s">
         <v>174</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
         <v>178</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
+        <v>179</v>
+      </c>
+      <c r="B98" s="0" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
+        <v>181</v>
+      </c>
+      <c r="B99" s="0" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
         <v>183</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
         <v>186</v>
       </c>
       <c r="B102" s="0" t="s">
         <v>187</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
         <v>188</v>
       </c>
       <c r="B103" s="0" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B104" s="0" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
+        <v>190</v>
+      </c>
+      <c r="B105" s="0" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
       <c r="C105" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
+        <v>192</v>
+      </c>
+      <c r="B106" s="0" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
         <v>194</v>
       </c>
       <c r="B107" s="0" t="s">
-        <v>187</v>
+        <v>195</v>
       </c>
       <c r="C107" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B108" s="0" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="C108" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
         <v>197</v>
       </c>
       <c r="B109" s="0" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="C109" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="B110" s="0" t="s">
-        <v>200</v>
+        <v>195</v>
       </c>
       <c r="C110" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="B111" s="0" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="B112" s="0" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="C112" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="B113" s="0" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
         <v>204</v>
       </c>
       <c r="B114" s="0" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
         <v>205</v>
       </c>
       <c r="B115" s="0" t="s">
         <v>206</v>
       </c>
       <c r="C115" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
         <v>207</v>
       </c>
       <c r="B116" s="0" t="s">
         <v>208</v>
       </c>
       <c r="C116" s="0" t="s">
         <v>5</v>
@@ -2763,106 +2763,106 @@
         <v>222</v>
       </c>
       <c r="B124" s="0" t="s">
         <v>219</v>
       </c>
       <c r="C124" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
         <v>223</v>
       </c>
       <c r="B125" s="0" t="s">
         <v>224</v>
       </c>
       <c r="C125" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="0" t="s">
         <v>225</v>
       </c>
       <c r="B126" s="0" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="C126" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="0" t="s">
+        <v>227</v>
+      </c>
+      <c r="B127" s="0" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
       <c r="C127" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="0" t="s">
         <v>228</v>
       </c>
       <c r="B128" s="0" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="C128" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="0" t="s">
         <v>229</v>
       </c>
       <c r="B129" s="0" t="s">
         <v>230</v>
       </c>
       <c r="C129" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="0" t="s">
         <v>231</v>
       </c>
       <c r="B130" s="0" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="C130" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="0" t="s">
+        <v>233</v>
+      </c>
+      <c r="B131" s="0" t="s">
         <v>232</v>
-      </c>
-[...1 lines deleted...]
-        <v>233</v>
       </c>
       <c r="C131" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B132" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C132" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B133" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C133" s="0" t="s">
         <v>5</v>
@@ -2950,95 +2950,95 @@
         <v>22</v>
       </c>
       <c r="B141" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C141" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B142" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C142" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B143" s="0" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="C143" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="B144" s="0" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="C144" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B145" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C145" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="0" t="s">
         <v>31</v>
       </c>
       <c r="B146" s="0" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="C146" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="B147" s="0" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="C147" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="0" t="s">
         <v>34</v>
       </c>
       <c r="B148" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C148" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="0" t="s">
         <v>36</v>
       </c>
       <c r="B149" s="0" t="s">
         <v>37</v>
       </c>
       <c r="C149" s="0" t="s">
         <v>5</v>
@@ -3049,84 +3049,84 @@
         <v>38</v>
       </c>
       <c r="B150" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C150" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="s">
         <v>40</v>
       </c>
       <c r="B151" s="0" t="s">
         <v>41</v>
       </c>
       <c r="C151" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="s">
         <v>42</v>
       </c>
       <c r="B152" s="0" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="C152" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B153" s="0" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="C153" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B154" s="0" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C154" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B155" s="0" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="C155" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="0" t="s">
         <v>48</v>
       </c>
       <c r="B156" s="0" t="s">
         <v>49</v>
       </c>
       <c r="C156" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B157" s="0" t="s">
         <v>51</v>
       </c>
       <c r="C157" s="0" t="s">
         <v>5</v>
@@ -3453,54 +3453,54 @@
     </row>
     <row r="187">
       <c r="A187" s="0" t="s">
         <v>108</v>
       </c>
       <c r="B187" s="0" t="s">
         <v>109</v>
       </c>
       <c r="C187" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="0" t="s">
         <v>110</v>
       </c>
       <c r="B188" s="0" t="s">
         <v>111</v>
       </c>
       <c r="C188" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="0" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="B189" s="0" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="C189" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="0" t="s">
         <v>112</v>
       </c>
       <c r="B190" s="0" t="s">
         <v>113</v>
       </c>
       <c r="C190" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="0" t="s">
         <v>114</v>
       </c>
       <c r="B191" s="0" t="s">
         <v>115</v>
       </c>
       <c r="C191" s="0" t="s">
         <v>5</v>
@@ -3533,95 +3533,95 @@
         <v>119</v>
       </c>
       <c r="B194" s="0" t="s">
         <v>120</v>
       </c>
       <c r="C194" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="0" t="s">
         <v>121</v>
       </c>
       <c r="B195" s="0" t="s">
         <v>122</v>
       </c>
       <c r="C195" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="0" t="s">
         <v>123</v>
       </c>
       <c r="B196" s="0" t="s">
-        <v>124</v>
+        <v>118</v>
       </c>
       <c r="C196" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="B197" s="0" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="C197" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="0" t="s">
+        <v>126</v>
+      </c>
+      <c r="B198" s="0" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="C198" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="B199" s="0" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="C199" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="B200" s="0" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="C200" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="0" t="s">
         <v>132</v>
       </c>
       <c r="B201" s="0" t="s">
         <v>133</v>
       </c>
       <c r="C201" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="0" t="s">
         <v>134</v>
       </c>
       <c r="B202" s="0" t="s">
         <v>135</v>
       </c>
       <c r="C202" s="0" t="s">
         <v>5</v>
@@ -3742,95 +3742,95 @@
         <v>22</v>
       </c>
       <c r="B213" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C213" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B214" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C214" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B215" s="0" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="C215" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="B216" s="0" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="C216" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B217" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C217" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="0" t="s">
         <v>31</v>
       </c>
       <c r="B218" s="0" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="C218" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="B219" s="0" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="C219" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="0" t="s">
         <v>34</v>
       </c>
       <c r="B220" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C220" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="0" t="s">
         <v>36</v>
       </c>
       <c r="B221" s="0" t="s">
         <v>37</v>
       </c>
       <c r="C221" s="0" t="s">
         <v>5</v>
@@ -3841,84 +3841,84 @@
         <v>38</v>
       </c>
       <c r="B222" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C222" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="0" t="s">
         <v>40</v>
       </c>
       <c r="B223" s="0" t="s">
         <v>41</v>
       </c>
       <c r="C223" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="0" t="s">
         <v>42</v>
       </c>
       <c r="B224" s="0" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="C224" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B225" s="0" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="C225" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="0" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B226" s="0" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C226" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B227" s="0" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="C227" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="0" t="s">
         <v>48</v>
       </c>
       <c r="B228" s="0" t="s">
         <v>49</v>
       </c>
       <c r="C228" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B229" s="0" t="s">
         <v>51</v>
       </c>
       <c r="C229" s="0" t="s">
         <v>5</v>
@@ -4245,54 +4245,54 @@
     </row>
     <row r="259">
       <c r="A259" s="0" t="s">
         <v>108</v>
       </c>
       <c r="B259" s="0" t="s">
         <v>109</v>
       </c>
       <c r="C259" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="0" t="s">
         <v>110</v>
       </c>
       <c r="B260" s="0" t="s">
         <v>111</v>
       </c>
       <c r="C260" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="0" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="B261" s="0" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="C261" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="0" t="s">
         <v>112</v>
       </c>
       <c r="B262" s="0" t="s">
         <v>113</v>
       </c>
       <c r="C262" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="0" t="s">
         <v>114</v>
       </c>
       <c r="B263" s="0" t="s">
         <v>115</v>
       </c>
       <c r="C263" s="0" t="s">
         <v>5</v>
@@ -4325,95 +4325,95 @@
         <v>119</v>
       </c>
       <c r="B266" s="0" t="s">
         <v>120</v>
       </c>
       <c r="C266" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="0" t="s">
         <v>121</v>
       </c>
       <c r="B267" s="0" t="s">
         <v>122</v>
       </c>
       <c r="C267" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="0" t="s">
         <v>123</v>
       </c>
       <c r="B268" s="0" t="s">
-        <v>124</v>
+        <v>118</v>
       </c>
       <c r="C268" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="B269" s="0" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="C269" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="0" t="s">
+        <v>126</v>
+      </c>
+      <c r="B270" s="0" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="C270" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="B271" s="0" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="C271" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="B272" s="0" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="C272" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="0" t="s">
         <v>132</v>
       </c>
       <c r="B273" s="0" t="s">
         <v>133</v>
       </c>
       <c r="C273" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="0" t="s">
         <v>134</v>
       </c>
       <c r="B274" s="0" t="s">
         <v>135</v>
       </c>
       <c r="C274" s="0" t="s">
         <v>5</v>
@@ -4435,161 +4435,161 @@
         <v>139</v>
       </c>
       <c r="B276" s="0" t="s">
         <v>140</v>
       </c>
       <c r="C276" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="0" t="s">
         <v>141</v>
       </c>
       <c r="B277" s="0" t="s">
         <v>142</v>
       </c>
       <c r="C277" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="0" t="s">
         <v>143</v>
       </c>
       <c r="B278" s="0" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="C278" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="B279" s="0" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
       <c r="C279" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="0" t="s">
         <v>146</v>
       </c>
       <c r="B280" s="0" t="s">
         <v>147</v>
       </c>
       <c r="C280" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="0" t="s">
         <v>148</v>
       </c>
       <c r="B281" s="0" t="s">
         <v>149</v>
       </c>
       <c r="C281" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="0" t="s">
         <v>150</v>
       </c>
       <c r="B282" s="0" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="C282" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="0" t="s">
+        <v>151</v>
+      </c>
+      <c r="B283" s="0" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
       <c r="C283" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="0" t="s">
+        <v>153</v>
+      </c>
+      <c r="B284" s="0" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
       <c r="C284" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="0" t="s">
         <v>155</v>
       </c>
       <c r="B285" s="0" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="C285" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="0" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="B286" s="0" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="C286" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="0" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="B287" s="0" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="C287" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="B288" s="0" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="C288" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="0" t="s">
         <v>161</v>
       </c>
       <c r="B289" s="0" t="s">
         <v>162</v>
       </c>
       <c r="C289" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="0" t="s">
         <v>163</v>
       </c>
       <c r="B290" s="0" t="s">
         <v>164</v>
       </c>
       <c r="C290" s="0" t="s">
         <v>5</v>
@@ -4666,238 +4666,238 @@
         <v>175</v>
       </c>
       <c r="B297" s="0" t="s">
         <v>176</v>
       </c>
       <c r="C297" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="0" t="s">
         <v>177</v>
       </c>
       <c r="B298" s="0" t="s">
         <v>174</v>
       </c>
       <c r="C298" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="0" t="s">
         <v>178</v>
       </c>
       <c r="B299" s="0" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="C299" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="0" t="s">
+        <v>179</v>
+      </c>
+      <c r="B300" s="0" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="C300" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="0" t="s">
+        <v>181</v>
+      </c>
+      <c r="B301" s="0" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="C301" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="0" t="s">
         <v>183</v>
       </c>
       <c r="B302" s="0" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="C302" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="0" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B303" s="0" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="C303" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="0" t="s">
         <v>186</v>
       </c>
       <c r="B304" s="0" t="s">
         <v>187</v>
       </c>
       <c r="C304" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="0" t="s">
         <v>188</v>
       </c>
       <c r="B305" s="0" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
       <c r="C305" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="0" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B306" s="0" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="C306" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="0" t="s">
+        <v>190</v>
+      </c>
+      <c r="B307" s="0" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
       <c r="C307" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="0" t="s">
+        <v>192</v>
+      </c>
+      <c r="B308" s="0" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
       <c r="C308" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="0" t="s">
         <v>194</v>
       </c>
       <c r="B309" s="0" t="s">
-        <v>187</v>
+        <v>195</v>
       </c>
       <c r="C309" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="0" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B310" s="0" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="C310" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="0" t="s">
         <v>197</v>
       </c>
       <c r="B311" s="0" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="C311" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="0" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="B312" s="0" t="s">
-        <v>200</v>
+        <v>195</v>
       </c>
       <c r="C312" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="0" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="B313" s="0" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="C313" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="0" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="B314" s="0" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="C314" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="B315" s="0" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
       <c r="C315" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="0" t="s">
         <v>204</v>
       </c>
       <c r="B316" s="0" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="C316" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="0" t="s">
         <v>205</v>
       </c>
       <c r="B317" s="0" t="s">
         <v>206</v>
       </c>
       <c r="C317" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="0" t="s">
         <v>207</v>
       </c>
       <c r="B318" s="0" t="s">
         <v>208</v>
       </c>
       <c r="C318" s="0" t="s">
         <v>5</v>
@@ -4985,106 +4985,106 @@
         <v>222</v>
       </c>
       <c r="B326" s="0" t="s">
         <v>219</v>
       </c>
       <c r="C326" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="0" t="s">
         <v>223</v>
       </c>
       <c r="B327" s="0" t="s">
         <v>224</v>
       </c>
       <c r="C327" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="0" t="s">
         <v>225</v>
       </c>
       <c r="B328" s="0" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="C328" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="0" t="s">
+        <v>227</v>
+      </c>
+      <c r="B329" s="0" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
       <c r="C329" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="0" t="s">
         <v>228</v>
       </c>
       <c r="B330" s="0" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="C330" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="0" t="s">
         <v>229</v>
       </c>
       <c r="B331" s="0" t="s">
         <v>230</v>
       </c>
       <c r="C331" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="0" t="s">
         <v>231</v>
       </c>
       <c r="B332" s="0" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="C332" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="0" t="s">
+        <v>233</v>
+      </c>
+      <c r="B333" s="0" t="s">
         <v>232</v>
-      </c>
-[...1 lines deleted...]
-        <v>233</v>
       </c>
       <c r="C333" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="0" t="s">
         <v>205</v>
       </c>
       <c r="B334" s="0" t="s">
         <v>206</v>
       </c>
       <c r="C334" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="0" t="s">
         <v>207</v>
       </c>
       <c r="B335" s="0" t="s">
         <v>208</v>
       </c>
       <c r="C335" s="0" t="s">
         <v>5</v>
@@ -8549,161 +8549,161 @@
         <v>139</v>
       </c>
       <c r="B650" s="0" t="s">
         <v>140</v>
       </c>
       <c r="C650" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="651">
       <c r="A651" s="0" t="s">
         <v>141</v>
       </c>
       <c r="B651" s="0" t="s">
         <v>142</v>
       </c>
       <c r="C651" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="652">
       <c r="A652" s="0" t="s">
         <v>143</v>
       </c>
       <c r="B652" s="0" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="C652" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="653">
       <c r="A653" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="B653" s="0" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
       <c r="C653" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="654">
       <c r="A654" s="0" t="s">
         <v>146</v>
       </c>
       <c r="B654" s="0" t="s">
         <v>147</v>
       </c>
       <c r="C654" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="655">
       <c r="A655" s="0" t="s">
         <v>148</v>
       </c>
       <c r="B655" s="0" t="s">
         <v>149</v>
       </c>
       <c r="C655" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="656">
       <c r="A656" s="0" t="s">
         <v>150</v>
       </c>
       <c r="B656" s="0" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="C656" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="657">
       <c r="A657" s="0" t="s">
+        <v>151</v>
+      </c>
+      <c r="B657" s="0" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
       <c r="C657" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="658">
       <c r="A658" s="0" t="s">
+        <v>153</v>
+      </c>
+      <c r="B658" s="0" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
       <c r="C658" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="659">
       <c r="A659" s="0" t="s">
         <v>155</v>
       </c>
       <c r="B659" s="0" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="C659" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="660">
       <c r="A660" s="0" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="B660" s="0" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="C660" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="661">
       <c r="A661" s="0" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="B661" s="0" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="C661" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="662">
       <c r="A662" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="B662" s="0" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="C662" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="663">
       <c r="A663" s="0" t="s">
         <v>161</v>
       </c>
       <c r="B663" s="0" t="s">
         <v>162</v>
       </c>
       <c r="C663" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="664">
       <c r="A664" s="0" t="s">
         <v>163</v>
       </c>
       <c r="B664" s="0" t="s">
         <v>164</v>
       </c>
       <c r="C664" s="0" t="s">
         <v>5</v>
@@ -8780,579 +8780,579 @@
         <v>175</v>
       </c>
       <c r="B671" s="0" t="s">
         <v>176</v>
       </c>
       <c r="C671" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="672">
       <c r="A672" s="0" t="s">
         <v>177</v>
       </c>
       <c r="B672" s="0" t="s">
         <v>174</v>
       </c>
       <c r="C672" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="673">
       <c r="A673" s="0" t="s">
         <v>178</v>
       </c>
       <c r="B673" s="0" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="C673" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="674">
       <c r="A674" s="0" t="s">
+        <v>179</v>
+      </c>
+      <c r="B674" s="0" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="C674" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="675">
       <c r="A675" s="0" t="s">
+        <v>181</v>
+      </c>
+      <c r="B675" s="0" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="C675" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="676">
       <c r="A676" s="0" t="s">
         <v>183</v>
       </c>
       <c r="B676" s="0" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="C676" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="677">
       <c r="A677" s="0" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B677" s="0" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="C677" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="678">
       <c r="A678" s="0" t="s">
         <v>186</v>
       </c>
       <c r="B678" s="0" t="s">
         <v>187</v>
       </c>
       <c r="C678" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="679">
       <c r="A679" s="0" t="s">
         <v>188</v>
       </c>
       <c r="B679" s="0" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
       <c r="C679" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="680">
       <c r="A680" s="0" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B680" s="0" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="C680" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="681">
       <c r="A681" s="0" t="s">
+        <v>190</v>
+      </c>
+      <c r="B681" s="0" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
       <c r="C681" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="682">
       <c r="A682" s="0" t="s">
+        <v>192</v>
+      </c>
+      <c r="B682" s="0" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
       <c r="C682" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="683">
       <c r="A683" s="0" t="s">
         <v>194</v>
       </c>
       <c r="B683" s="0" t="s">
-        <v>187</v>
+        <v>195</v>
       </c>
       <c r="C683" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="684">
       <c r="A684" s="0" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B684" s="0" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="C684" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="685">
       <c r="A685" s="0" t="s">
         <v>197</v>
       </c>
       <c r="B685" s="0" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="C685" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="686">
       <c r="A686" s="0" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="B686" s="0" t="s">
-        <v>200</v>
+        <v>195</v>
       </c>
       <c r="C686" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="687">
       <c r="A687" s="0" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="B687" s="0" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="C687" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="688">
       <c r="A688" s="0" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="B688" s="0" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="C688" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="689">
       <c r="A689" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="B689" s="0" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
       <c r="C689" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="690">
       <c r="A690" s="0" t="s">
         <v>204</v>
       </c>
       <c r="B690" s="0" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="C690" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="691">
       <c r="A691" s="0" t="s">
         <v>229</v>
       </c>
       <c r="B691" s="0" t="s">
         <v>230</v>
       </c>
       <c r="C691" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="692">
       <c r="A692" s="0" t="s">
-        <v>231</v>
+        <v>223</v>
       </c>
       <c r="B692" s="0" t="s">
-        <v>230</v>
+        <v>224</v>
       </c>
       <c r="C692" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="693">
       <c r="A693" s="0" t="s">
-        <v>232</v>
+        <v>430</v>
       </c>
       <c r="B693" s="0" t="s">
-        <v>233</v>
+        <v>431</v>
       </c>
       <c r="C693" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="694">
       <c r="A694" s="0" t="s">
-        <v>223</v>
+        <v>432</v>
       </c>
       <c r="B694" s="0" t="s">
-        <v>224</v>
+        <v>431</v>
       </c>
       <c r="C694" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="695">
       <c r="A695" s="0" t="s">
-        <v>225</v>
+        <v>433</v>
       </c>
       <c r="B695" s="0" t="s">
-        <v>224</v>
+        <v>434</v>
       </c>
       <c r="C695" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="696">
       <c r="A696" s="0" t="s">
-        <v>430</v>
+        <v>435</v>
       </c>
       <c r="B696" s="0" t="s">
-        <v>431</v>
+        <v>436</v>
       </c>
       <c r="C696" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="697">
       <c r="A697" s="0" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B697" s="0" t="s">
-        <v>431</v>
+        <v>436</v>
       </c>
       <c r="C697" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="698">
       <c r="A698" s="0" t="s">
-        <v>433</v>
+        <v>319</v>
       </c>
       <c r="B698" s="0" t="s">
-        <v>434</v>
+        <v>320</v>
       </c>
       <c r="C698" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="699">
       <c r="A699" s="0" t="s">
-        <v>435</v>
+        <v>321</v>
       </c>
       <c r="B699" s="0" t="s">
-        <v>436</v>
+        <v>322</v>
       </c>
       <c r="C699" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="700">
       <c r="A700" s="0" t="s">
-        <v>437</v>
+        <v>323</v>
       </c>
       <c r="B700" s="0" t="s">
-        <v>436</v>
+        <v>324</v>
       </c>
       <c r="C700" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="701">
       <c r="A701" s="0" t="s">
-        <v>205</v>
+        <v>438</v>
       </c>
       <c r="B701" s="0" t="s">
-        <v>206</v>
+        <v>439</v>
       </c>
       <c r="C701" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="702">
       <c r="A702" s="0" t="s">
-        <v>207</v>
+        <v>310</v>
       </c>
       <c r="B702" s="0" t="s">
-        <v>208</v>
+        <v>311</v>
       </c>
       <c r="C702" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="703">
       <c r="A703" s="0" t="s">
-        <v>209</v>
+        <v>312</v>
       </c>
       <c r="B703" s="0" t="s">
-        <v>210</v>
+        <v>313</v>
       </c>
       <c r="C703" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="704">
       <c r="A704" s="0" t="s">
-        <v>211</v>
+        <v>314</v>
       </c>
       <c r="B704" s="0" t="s">
-        <v>212</v>
+        <v>315</v>
       </c>
       <c r="C704" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="705">
       <c r="A705" s="0" t="s">
-        <v>213</v>
+        <v>316</v>
       </c>
       <c r="B705" s="0" t="s">
-        <v>214</v>
+        <v>317</v>
       </c>
       <c r="C705" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="706">
       <c r="A706" s="0" t="s">
-        <v>215</v>
+        <v>318</v>
       </c>
       <c r="B706" s="0" t="s">
-        <v>212</v>
+        <v>317</v>
       </c>
       <c r="C706" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="707">
       <c r="A707" s="0" t="s">
-        <v>216</v>
+        <v>205</v>
       </c>
       <c r="B707" s="0" t="s">
-        <v>217</v>
+        <v>206</v>
       </c>
       <c r="C707" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="708">
       <c r="A708" s="0" t="s">
-        <v>218</v>
+        <v>207</v>
       </c>
       <c r="B708" s="0" t="s">
-        <v>219</v>
+        <v>208</v>
       </c>
       <c r="C708" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="709">
       <c r="A709" s="0" t="s">
-        <v>220</v>
+        <v>209</v>
       </c>
       <c r="B709" s="0" t="s">
-        <v>221</v>
+        <v>210</v>
       </c>
       <c r="C709" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="710">
       <c r="A710" s="0" t="s">
-        <v>222</v>
+        <v>211</v>
       </c>
       <c r="B710" s="0" t="s">
-        <v>219</v>
+        <v>212</v>
       </c>
       <c r="C710" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="711">
       <c r="A711" s="0" t="s">
-        <v>226</v>
+        <v>213</v>
       </c>
       <c r="B711" s="0" t="s">
-        <v>227</v>
+        <v>214</v>
       </c>
       <c r="C711" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="712">
       <c r="A712" s="0" t="s">
-        <v>228</v>
+        <v>215</v>
       </c>
       <c r="B712" s="0" t="s">
-        <v>227</v>
+        <v>212</v>
       </c>
       <c r="C712" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="713">
       <c r="A713" s="0" t="s">
-        <v>319</v>
+        <v>231</v>
       </c>
       <c r="B713" s="0" t="s">
-        <v>320</v>
+        <v>232</v>
       </c>
       <c r="C713" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="714">
       <c r="A714" s="0" t="s">
-        <v>321</v>
+        <v>233</v>
       </c>
       <c r="B714" s="0" t="s">
-        <v>322</v>
+        <v>232</v>
       </c>
       <c r="C714" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="715">
       <c r="A715" s="0" t="s">
-        <v>323</v>
+        <v>216</v>
       </c>
       <c r="B715" s="0" t="s">
-        <v>324</v>
+        <v>217</v>
       </c>
       <c r="C715" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="716">
       <c r="A716" s="0" t="s">
-        <v>438</v>
+        <v>218</v>
       </c>
       <c r="B716" s="0" t="s">
-        <v>439</v>
+        <v>219</v>
       </c>
       <c r="C716" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="717">
       <c r="A717" s="0" t="s">
-        <v>310</v>
+        <v>220</v>
       </c>
       <c r="B717" s="0" t="s">
-        <v>311</v>
+        <v>221</v>
       </c>
       <c r="C717" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="718">
       <c r="A718" s="0" t="s">
-        <v>312</v>
+        <v>222</v>
       </c>
       <c r="B718" s="0" t="s">
-        <v>313</v>
+        <v>219</v>
       </c>
       <c r="C718" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="719">
       <c r="A719" s="0" t="s">
-        <v>314</v>
+        <v>225</v>
       </c>
       <c r="B719" s="0" t="s">
-        <v>315</v>
+        <v>226</v>
       </c>
       <c r="C719" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="720">
       <c r="A720" s="0" t="s">
-        <v>316</v>
+        <v>227</v>
       </c>
       <c r="B720" s="0" t="s">
-        <v>317</v>
+        <v>226</v>
       </c>
       <c r="C720" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="721">
       <c r="A721" s="0" t="s">
-        <v>318</v>
+        <v>228</v>
       </c>
       <c r="B721" s="0" t="s">
-        <v>317</v>
+        <v>224</v>
       </c>
       <c r="C721" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="722">
       <c r="A722" s="0" t="s">
         <v>385</v>
       </c>
       <c r="B722" s="0" t="s">
         <v>386</v>
       </c>
       <c r="C722" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="723">
       <c r="A723" s="0" t="s">
         <v>387</v>
       </c>
       <c r="B723" s="0" t="s">
         <v>388</v>
       </c>
       <c r="C723" s="0" t="s">
         <v>429</v>
@@ -9745,1957 +9745,1957 @@
     </row>
     <row r="759">
       <c r="A759" s="0" t="s">
         <v>74</v>
       </c>
       <c r="B759" s="0" t="s">
         <v>73</v>
       </c>
       <c r="C759" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="760">
       <c r="A760" s="0" t="s">
         <v>75</v>
       </c>
       <c r="B760" s="0" t="s">
         <v>76</v>
       </c>
       <c r="C760" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="761">
       <c r="A761" s="0" t="s">
-        <v>329</v>
+        <v>139</v>
       </c>
       <c r="B761" s="0" t="s">
-        <v>330</v>
+        <v>140</v>
       </c>
       <c r="C761" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="762">
       <c r="A762" s="0" t="s">
-        <v>139</v>
+        <v>397</v>
       </c>
       <c r="B762" s="0" t="s">
-        <v>140</v>
+        <v>398</v>
       </c>
       <c r="C762" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="763">
       <c r="A763" s="0" t="s">
-        <v>141</v>
+        <v>399</v>
       </c>
       <c r="B763" s="0" t="s">
-        <v>142</v>
+        <v>400</v>
       </c>
       <c r="C763" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="764">
       <c r="A764" s="0" t="s">
-        <v>143</v>
+        <v>16</v>
       </c>
       <c r="B764" s="0" t="s">
-        <v>140</v>
+        <v>17</v>
       </c>
       <c r="C764" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="765">
       <c r="A765" s="0" t="s">
-        <v>144</v>
+        <v>401</v>
       </c>
       <c r="B765" s="0" t="s">
-        <v>145</v>
+        <v>402</v>
       </c>
       <c r="C765" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="766">
       <c r="A766" s="0" t="s">
-        <v>146</v>
+        <v>403</v>
       </c>
       <c r="B766" s="0" t="s">
-        <v>147</v>
+        <v>404</v>
       </c>
       <c r="C766" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="767">
       <c r="A767" s="0" t="s">
-        <v>397</v>
+        <v>405</v>
       </c>
       <c r="B767" s="0" t="s">
-        <v>398</v>
+        <v>406</v>
       </c>
       <c r="C767" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="768">
       <c r="A768" s="0" t="s">
-        <v>399</v>
+        <v>18</v>
       </c>
       <c r="B768" s="0" t="s">
-        <v>400</v>
+        <v>19</v>
       </c>
       <c r="C768" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="769">
       <c r="A769" s="0" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B769" s="0" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="C769" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="770">
       <c r="A770" s="0" t="s">
-        <v>401</v>
+        <v>407</v>
       </c>
       <c r="B770" s="0" t="s">
-        <v>402</v>
+        <v>408</v>
       </c>
       <c r="C770" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="771">
       <c r="A771" s="0" t="s">
-        <v>403</v>
+        <v>409</v>
       </c>
       <c r="B771" s="0" t="s">
-        <v>404</v>
+        <v>410</v>
       </c>
       <c r="C771" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="772">
       <c r="A772" s="0" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B772" s="0" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="C772" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="773">
       <c r="A773" s="0" t="s">
-        <v>405</v>
+        <v>24</v>
       </c>
       <c r="B773" s="0" t="s">
-        <v>406</v>
+        <v>25</v>
       </c>
       <c r="C773" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="774">
       <c r="A774" s="0" t="s">
-        <v>407</v>
+        <v>26</v>
       </c>
       <c r="B774" s="0" t="s">
-        <v>408</v>
+        <v>23</v>
       </c>
       <c r="C774" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="775">
       <c r="A775" s="0" t="s">
-        <v>20</v>
+        <v>411</v>
       </c>
       <c r="B775" s="0" t="s">
-        <v>21</v>
+        <v>412</v>
       </c>
       <c r="C775" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="776">
       <c r="A776" s="0" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="B776" s="0" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="C776" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="777">
       <c r="A777" s="0" t="s">
-        <v>409</v>
+        <v>29</v>
       </c>
       <c r="B777" s="0" t="s">
-        <v>410</v>
+        <v>30</v>
       </c>
       <c r="C777" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="778">
       <c r="A778" s="0" t="s">
-        <v>411</v>
+        <v>31</v>
       </c>
       <c r="B778" s="0" t="s">
-        <v>412</v>
+        <v>28</v>
       </c>
       <c r="C778" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="779">
       <c r="A779" s="0" t="s">
-        <v>24</v>
+        <v>325</v>
       </c>
       <c r="B779" s="0" t="s">
-        <v>25</v>
+        <v>326</v>
       </c>
       <c r="C779" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="780">
       <c r="A780" s="0" t="s">
-        <v>26</v>
+        <v>173</v>
       </c>
       <c r="B780" s="0" t="s">
-        <v>27</v>
+        <v>174</v>
       </c>
       <c r="C780" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="781">
       <c r="A781" s="0" t="s">
-        <v>28</v>
+        <v>175</v>
       </c>
       <c r="B781" s="0" t="s">
-        <v>25</v>
+        <v>176</v>
       </c>
       <c r="C781" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="782">
       <c r="A782" s="0" t="s">
-        <v>413</v>
+        <v>177</v>
       </c>
       <c r="B782" s="0" t="s">
-        <v>414</v>
+        <v>174</v>
       </c>
       <c r="C782" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="783">
       <c r="A783" s="0" t="s">
-        <v>29</v>
+        <v>178</v>
       </c>
       <c r="B783" s="0" t="s">
-        <v>30</v>
+        <v>174</v>
       </c>
       <c r="C783" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="784">
       <c r="A784" s="0" t="s">
-        <v>31</v>
+        <v>355</v>
       </c>
       <c r="B784" s="0" t="s">
-        <v>32</v>
+        <v>356</v>
       </c>
       <c r="C784" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="785">
       <c r="A785" s="0" t="s">
-        <v>33</v>
+        <v>357</v>
       </c>
       <c r="B785" s="0" t="s">
-        <v>30</v>
+        <v>358</v>
       </c>
       <c r="C785" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="786">
       <c r="A786" s="0" t="s">
-        <v>325</v>
+        <v>77</v>
       </c>
       <c r="B786" s="0" t="s">
-        <v>326</v>
+        <v>78</v>
       </c>
       <c r="C786" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="787">
       <c r="A787" s="0" t="s">
-        <v>173</v>
+        <v>359</v>
       </c>
       <c r="B787" s="0" t="s">
-        <v>174</v>
+        <v>360</v>
       </c>
       <c r="C787" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="788">
       <c r="A788" s="0" t="s">
-        <v>175</v>
+        <v>361</v>
       </c>
       <c r="B788" s="0" t="s">
-        <v>176</v>
+        <v>362</v>
       </c>
       <c r="C788" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="789">
       <c r="A789" s="0" t="s">
-        <v>177</v>
+        <v>79</v>
       </c>
       <c r="B789" s="0" t="s">
-        <v>174</v>
+        <v>80</v>
       </c>
       <c r="C789" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="790">
       <c r="A790" s="0" t="s">
-        <v>178</v>
+        <v>363</v>
       </c>
       <c r="B790" s="0" t="s">
-        <v>179</v>
+        <v>364</v>
       </c>
       <c r="C790" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="791">
       <c r="A791" s="0" t="s">
-        <v>180</v>
+        <v>365</v>
       </c>
       <c r="B791" s="0" t="s">
-        <v>181</v>
+        <v>366</v>
       </c>
       <c r="C791" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="792">
       <c r="A792" s="0" t="s">
-        <v>182</v>
+        <v>81</v>
       </c>
       <c r="B792" s="0" t="s">
-        <v>179</v>
+        <v>82</v>
       </c>
       <c r="C792" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="793">
       <c r="A793" s="0" t="s">
-        <v>183</v>
+        <v>83</v>
       </c>
       <c r="B793" s="0" t="s">
-        <v>179</v>
+        <v>84</v>
       </c>
       <c r="C793" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="794">
       <c r="A794" s="0" t="s">
-        <v>355</v>
+        <v>367</v>
       </c>
       <c r="B794" s="0" t="s">
-        <v>356</v>
+        <v>368</v>
       </c>
       <c r="C794" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="795">
       <c r="A795" s="0" t="s">
-        <v>357</v>
+        <v>85</v>
       </c>
       <c r="B795" s="0" t="s">
-        <v>358</v>
+        <v>86</v>
       </c>
       <c r="C795" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="796">
       <c r="A796" s="0" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="B796" s="0" t="s">
-        <v>78</v>
+        <v>88</v>
       </c>
       <c r="C796" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="797">
       <c r="A797" s="0" t="s">
-        <v>359</v>
+        <v>369</v>
       </c>
       <c r="B797" s="0" t="s">
-        <v>360</v>
+        <v>370</v>
       </c>
       <c r="C797" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="798">
       <c r="A798" s="0" t="s">
-        <v>361</v>
+        <v>371</v>
       </c>
       <c r="B798" s="0" t="s">
-        <v>362</v>
+        <v>372</v>
       </c>
       <c r="C798" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="799">
       <c r="A799" s="0" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="B799" s="0" t="s">
-        <v>80</v>
+        <v>90</v>
       </c>
       <c r="C799" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="800">
       <c r="A800" s="0" t="s">
-        <v>363</v>
+        <v>91</v>
       </c>
       <c r="B800" s="0" t="s">
-        <v>364</v>
+        <v>92</v>
       </c>
       <c r="C800" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="801">
       <c r="A801" s="0" t="s">
-        <v>365</v>
+        <v>373</v>
       </c>
       <c r="B801" s="0" t="s">
-        <v>366</v>
+        <v>374</v>
       </c>
       <c r="C801" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="802">
       <c r="A802" s="0" t="s">
-        <v>81</v>
+        <v>93</v>
       </c>
       <c r="B802" s="0" t="s">
-        <v>82</v>
+        <v>94</v>
       </c>
       <c r="C802" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="803">
       <c r="A803" s="0" t="s">
-        <v>83</v>
+        <v>375</v>
       </c>
       <c r="B803" s="0" t="s">
-        <v>84</v>
+        <v>376</v>
       </c>
       <c r="C803" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="804">
       <c r="A804" s="0" t="s">
-        <v>367</v>
+        <v>95</v>
       </c>
       <c r="B804" s="0" t="s">
-        <v>368</v>
+        <v>96</v>
       </c>
       <c r="C804" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="805">
       <c r="A805" s="0" t="s">
-        <v>85</v>
+        <v>97</v>
       </c>
       <c r="B805" s="0" t="s">
-        <v>86</v>
+        <v>98</v>
       </c>
       <c r="C805" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="806">
       <c r="A806" s="0" t="s">
-        <v>87</v>
+        <v>99</v>
       </c>
       <c r="B806" s="0" t="s">
-        <v>88</v>
+        <v>100</v>
       </c>
       <c r="C806" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="807">
       <c r="A807" s="0" t="s">
-        <v>369</v>
+        <v>101</v>
       </c>
       <c r="B807" s="0" t="s">
-        <v>370</v>
+        <v>102</v>
       </c>
       <c r="C807" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="808">
       <c r="A808" s="0" t="s">
-        <v>371</v>
+        <v>377</v>
       </c>
       <c r="B808" s="0" t="s">
-        <v>372</v>
+        <v>378</v>
       </c>
       <c r="C808" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="809">
       <c r="A809" s="0" t="s">
-        <v>89</v>
+        <v>103</v>
       </c>
       <c r="B809" s="0" t="s">
-        <v>90</v>
+        <v>104</v>
       </c>
       <c r="C809" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="810">
       <c r="A810" s="0" t="s">
-        <v>91</v>
+        <v>105</v>
       </c>
       <c r="B810" s="0" t="s">
-        <v>92</v>
+        <v>104</v>
       </c>
       <c r="C810" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="811">
       <c r="A811" s="0" t="s">
-        <v>373</v>
+        <v>106</v>
       </c>
       <c r="B811" s="0" t="s">
-        <v>374</v>
+        <v>107</v>
       </c>
       <c r="C811" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="812">
       <c r="A812" s="0" t="s">
-        <v>93</v>
+        <v>108</v>
       </c>
       <c r="B812" s="0" t="s">
-        <v>94</v>
+        <v>109</v>
       </c>
       <c r="C812" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="813">
       <c r="A813" s="0" t="s">
-        <v>375</v>
+        <v>110</v>
       </c>
       <c r="B813" s="0" t="s">
-        <v>376</v>
+        <v>111</v>
       </c>
       <c r="C813" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="814">
       <c r="A814" s="0" t="s">
-        <v>95</v>
+        <v>298</v>
       </c>
       <c r="B814" s="0" t="s">
-        <v>96</v>
+        <v>299</v>
       </c>
       <c r="C814" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="815">
       <c r="A815" s="0" t="s">
-        <v>97</v>
+        <v>262</v>
       </c>
       <c r="B815" s="0" t="s">
-        <v>98</v>
+        <v>263</v>
       </c>
       <c r="C815" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="816">
       <c r="A816" s="0" t="s">
-        <v>99</v>
+        <v>264</v>
       </c>
       <c r="B816" s="0" t="s">
-        <v>100</v>
+        <v>265</v>
       </c>
       <c r="C816" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="817">
       <c r="A817" s="0" t="s">
-        <v>101</v>
+        <v>266</v>
       </c>
       <c r="B817" s="0" t="s">
-        <v>102</v>
+        <v>263</v>
       </c>
       <c r="C817" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="818">
       <c r="A818" s="0" t="s">
-        <v>377</v>
+        <v>267</v>
       </c>
       <c r="B818" s="0" t="s">
-        <v>378</v>
+        <v>268</v>
       </c>
       <c r="C818" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="819">
       <c r="A819" s="0" t="s">
-        <v>103</v>
+        <v>269</v>
       </c>
       <c r="B819" s="0" t="s">
-        <v>104</v>
+        <v>270</v>
       </c>
       <c r="C819" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="820">
       <c r="A820" s="0" t="s">
-        <v>105</v>
+        <v>413</v>
       </c>
       <c r="B820" s="0" t="s">
-        <v>104</v>
+        <v>414</v>
       </c>
       <c r="C820" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="821">
       <c r="A821" s="0" t="s">
-        <v>106</v>
+        <v>415</v>
       </c>
       <c r="B821" s="0" t="s">
-        <v>107</v>
+        <v>416</v>
       </c>
       <c r="C821" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="822">
       <c r="A822" s="0" t="s">
-        <v>108</v>
+        <v>32</v>
       </c>
       <c r="B822" s="0" t="s">
-        <v>109</v>
+        <v>33</v>
       </c>
       <c r="C822" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="823">
       <c r="A823" s="0" t="s">
-        <v>110</v>
+        <v>417</v>
       </c>
       <c r="B823" s="0" t="s">
-        <v>111</v>
+        <v>418</v>
       </c>
       <c r="C823" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="824">
       <c r="A824" s="0" t="s">
-        <v>298</v>
+        <v>419</v>
       </c>
       <c r="B824" s="0" t="s">
-        <v>299</v>
+        <v>420</v>
       </c>
       <c r="C824" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="825">
       <c r="A825" s="0" t="s">
-        <v>262</v>
+        <v>34</v>
       </c>
       <c r="B825" s="0" t="s">
-        <v>263</v>
+        <v>35</v>
       </c>
       <c r="C825" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="826">
       <c r="A826" s="0" t="s">
-        <v>264</v>
+        <v>238</v>
       </c>
       <c r="B826" s="0" t="s">
-        <v>265</v>
+        <v>239</v>
       </c>
       <c r="C826" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="827">
       <c r="A827" s="0" t="s">
-        <v>266</v>
+        <v>240</v>
       </c>
       <c r="B827" s="0" t="s">
-        <v>263</v>
+        <v>241</v>
       </c>
       <c r="C827" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="828">
       <c r="A828" s="0" t="s">
-        <v>267</v>
+        <v>242</v>
       </c>
       <c r="B828" s="0" t="s">
-        <v>268</v>
+        <v>239</v>
       </c>
       <c r="C828" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="829">
       <c r="A829" s="0" t="s">
-        <v>269</v>
+        <v>243</v>
       </c>
       <c r="B829" s="0" t="s">
-        <v>270</v>
+        <v>239</v>
       </c>
       <c r="C829" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="830">
       <c r="A830" s="0" t="s">
-        <v>415</v>
+        <v>304</v>
       </c>
       <c r="B830" s="0" t="s">
-        <v>416</v>
+        <v>305</v>
       </c>
       <c r="C830" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="831">
       <c r="A831" s="0" t="s">
-        <v>417</v>
+        <v>244</v>
       </c>
       <c r="B831" s="0" t="s">
-        <v>418</v>
+        <v>245</v>
       </c>
       <c r="C831" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="832">
       <c r="A832" s="0" t="s">
-        <v>34</v>
+        <v>379</v>
       </c>
       <c r="B832" s="0" t="s">
-        <v>35</v>
+        <v>380</v>
       </c>
       <c r="C832" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="833">
       <c r="A833" s="0" t="s">
-        <v>419</v>
+        <v>112</v>
       </c>
       <c r="B833" s="0" t="s">
-        <v>420</v>
+        <v>113</v>
       </c>
       <c r="C833" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="834">
       <c r="A834" s="0" t="s">
-        <v>421</v>
+        <v>114</v>
       </c>
       <c r="B834" s="0" t="s">
-        <v>422</v>
+        <v>115</v>
       </c>
       <c r="C834" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="835">
       <c r="A835" s="0" t="s">
-        <v>36</v>
+        <v>116</v>
       </c>
       <c r="B835" s="0" t="s">
-        <v>37</v>
+        <v>113</v>
       </c>
       <c r="C835" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="836">
       <c r="A836" s="0" t="s">
-        <v>238</v>
+        <v>329</v>
       </c>
       <c r="B836" s="0" t="s">
-        <v>239</v>
+        <v>330</v>
       </c>
       <c r="C836" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="837">
       <c r="A837" s="0" t="s">
-        <v>240</v>
+        <v>141</v>
       </c>
       <c r="B837" s="0" t="s">
-        <v>241</v>
+        <v>142</v>
       </c>
       <c r="C837" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="838">
       <c r="A838" s="0" t="s">
-        <v>242</v>
+        <v>327</v>
       </c>
       <c r="B838" s="0" t="s">
-        <v>239</v>
+        <v>328</v>
       </c>
       <c r="C838" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="839">
       <c r="A839" s="0" t="s">
-        <v>243</v>
+        <v>179</v>
       </c>
       <c r="B839" s="0" t="s">
-        <v>239</v>
+        <v>180</v>
       </c>
       <c r="C839" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="840">
       <c r="A840" s="0" t="s">
-        <v>304</v>
+        <v>181</v>
       </c>
       <c r="B840" s="0" t="s">
-        <v>305</v>
+        <v>182</v>
       </c>
       <c r="C840" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="841">
       <c r="A841" s="0" t="s">
-        <v>244</v>
+        <v>183</v>
       </c>
       <c r="B841" s="0" t="s">
-        <v>245</v>
+        <v>184</v>
       </c>
       <c r="C841" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="842">
       <c r="A842" s="0" t="s">
-        <v>379</v>
+        <v>185</v>
       </c>
       <c r="B842" s="0" t="s">
-        <v>380</v>
+        <v>182</v>
       </c>
       <c r="C842" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="843">
       <c r="A843" s="0" t="s">
-        <v>112</v>
+        <v>186</v>
       </c>
       <c r="B843" s="0" t="s">
-        <v>113</v>
+        <v>187</v>
       </c>
       <c r="C843" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="844">
       <c r="A844" s="0" t="s">
-        <v>114</v>
+        <v>188</v>
       </c>
       <c r="B844" s="0" t="s">
-        <v>115</v>
+        <v>182</v>
       </c>
       <c r="C844" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="845">
       <c r="A845" s="0" t="s">
-        <v>116</v>
+        <v>189</v>
       </c>
       <c r="B845" s="0" t="s">
-        <v>113</v>
+        <v>182</v>
       </c>
       <c r="C845" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="846">
       <c r="A846" s="0" t="s">
-        <v>117</v>
+        <v>190</v>
       </c>
       <c r="B846" s="0" t="s">
-        <v>118</v>
+        <v>191</v>
       </c>
       <c r="C846" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="847">
       <c r="A847" s="0" t="s">
-        <v>119</v>
+        <v>192</v>
       </c>
       <c r="B847" s="0" t="s">
-        <v>120</v>
+        <v>193</v>
       </c>
       <c r="C847" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="848">
       <c r="A848" s="0" t="s">
-        <v>121</v>
+        <v>194</v>
       </c>
       <c r="B848" s="0" t="s">
-        <v>122</v>
+        <v>195</v>
       </c>
       <c r="C848" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="849">
       <c r="A849" s="0" t="s">
-        <v>123</v>
+        <v>196</v>
       </c>
       <c r="B849" s="0" t="s">
-        <v>124</v>
+        <v>193</v>
       </c>
       <c r="C849" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="850">
       <c r="A850" s="0" t="s">
-        <v>331</v>
+        <v>197</v>
       </c>
       <c r="B850" s="0" t="s">
-        <v>332</v>
+        <v>193</v>
       </c>
       <c r="C850" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="851">
       <c r="A851" s="0" t="s">
-        <v>148</v>
+        <v>198</v>
       </c>
       <c r="B851" s="0" t="s">
-        <v>149</v>
+        <v>195</v>
       </c>
       <c r="C851" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="852">
       <c r="A852" s="0" t="s">
-        <v>150</v>
+        <v>199</v>
       </c>
       <c r="B852" s="0" t="s">
-        <v>151</v>
+        <v>193</v>
       </c>
       <c r="C852" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="853">
       <c r="A853" s="0" t="s">
-        <v>152</v>
+        <v>421</v>
       </c>
       <c r="B853" s="0" t="s">
-        <v>153</v>
+        <v>422</v>
       </c>
       <c r="C853" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="854">
       <c r="A854" s="0" t="s">
-        <v>154</v>
+        <v>36</v>
       </c>
       <c r="B854" s="0" t="s">
-        <v>151</v>
+        <v>37</v>
       </c>
       <c r="C854" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="855">
       <c r="A855" s="0" t="s">
-        <v>155</v>
+        <v>38</v>
       </c>
       <c r="B855" s="0" t="s">
-        <v>156</v>
+        <v>39</v>
       </c>
       <c r="C855" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="856">
       <c r="A856" s="0" t="s">
-        <v>157</v>
+        <v>423</v>
       </c>
       <c r="B856" s="0" t="s">
-        <v>158</v>
+        <v>424</v>
       </c>
       <c r="C856" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="857">
       <c r="A857" s="0" t="s">
-        <v>159</v>
+        <v>136</v>
       </c>
       <c r="B857" s="0" t="s">
-        <v>156</v>
+        <v>137</v>
       </c>
       <c r="C857" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="858">
       <c r="A858" s="0" t="s">
-        <v>160</v>
+        <v>306</v>
       </c>
       <c r="B858" s="0" t="s">
-        <v>158</v>
+        <v>307</v>
       </c>
       <c r="C858" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="859">
       <c r="A859" s="0" t="s">
-        <v>161</v>
+        <v>246</v>
       </c>
       <c r="B859" s="0" t="s">
-        <v>162</v>
+        <v>247</v>
       </c>
       <c r="C859" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="860">
       <c r="A860" s="0" t="s">
-        <v>163</v>
+        <v>248</v>
       </c>
       <c r="B860" s="0" t="s">
-        <v>164</v>
+        <v>249</v>
       </c>
       <c r="C860" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="861">
       <c r="A861" s="0" t="s">
-        <v>165</v>
+        <v>250</v>
       </c>
       <c r="B861" s="0" t="s">
-        <v>166</v>
+        <v>251</v>
       </c>
       <c r="C861" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="862">
       <c r="A862" s="0" t="s">
-        <v>167</v>
+        <v>308</v>
       </c>
       <c r="B862" s="0" t="s">
-        <v>168</v>
+        <v>309</v>
       </c>
       <c r="C862" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="863">
       <c r="A863" s="0" t="s">
-        <v>169</v>
+        <v>252</v>
       </c>
       <c r="B863" s="0" t="s">
-        <v>170</v>
+        <v>253</v>
       </c>
       <c r="C863" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="864">
       <c r="A864" s="0" t="s">
-        <v>171</v>
+        <v>254</v>
       </c>
       <c r="B864" s="0" t="s">
-        <v>168</v>
+        <v>255</v>
       </c>
       <c r="C864" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="865">
       <c r="A865" s="0" t="s">
-        <v>172</v>
+        <v>256</v>
       </c>
       <c r="B865" s="0" t="s">
-        <v>170</v>
+        <v>257</v>
       </c>
       <c r="C865" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="866">
       <c r="A866" s="0" t="s">
-        <v>423</v>
+        <v>258</v>
       </c>
       <c r="B866" s="0" t="s">
-        <v>424</v>
+        <v>259</v>
       </c>
       <c r="C866" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="867">
       <c r="A867" s="0" t="s">
-        <v>38</v>
+        <v>260</v>
       </c>
       <c r="B867" s="0" t="s">
-        <v>39</v>
+        <v>257</v>
       </c>
       <c r="C867" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="868">
       <c r="A868" s="0" t="s">
-        <v>40</v>
+        <v>261</v>
       </c>
       <c r="B868" s="0" t="s">
-        <v>41</v>
+        <v>259</v>
       </c>
       <c r="C868" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="869">
       <c r="A869" s="0" t="s">
-        <v>42</v>
+        <v>381</v>
       </c>
       <c r="B869" s="0" t="s">
-        <v>39</v>
+        <v>382</v>
       </c>
       <c r="C869" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="870">
       <c r="A870" s="0" t="s">
-        <v>43</v>
+        <v>117</v>
       </c>
       <c r="B870" s="0" t="s">
-        <v>39</v>
+        <v>118</v>
       </c>
       <c r="C870" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="871">
       <c r="A871" s="0" t="s">
-        <v>327</v>
+        <v>119</v>
       </c>
       <c r="B871" s="0" t="s">
-        <v>328</v>
+        <v>120</v>
       </c>
       <c r="C871" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="872">
       <c r="A872" s="0" t="s">
-        <v>184</v>
+        <v>383</v>
       </c>
       <c r="B872" s="0" t="s">
-        <v>185</v>
+        <v>384</v>
       </c>
       <c r="C872" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="873">
       <c r="A873" s="0" t="s">
-        <v>186</v>
+        <v>121</v>
       </c>
       <c r="B873" s="0" t="s">
-        <v>187</v>
+        <v>122</v>
       </c>
       <c r="C873" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="874">
       <c r="A874" s="0" t="s">
-        <v>188</v>
+        <v>123</v>
       </c>
       <c r="B874" s="0" t="s">
-        <v>189</v>
+        <v>118</v>
       </c>
       <c r="C874" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="875">
       <c r="A875" s="0" t="s">
-        <v>190</v>
+        <v>124</v>
       </c>
       <c r="B875" s="0" t="s">
-        <v>187</v>
+        <v>125</v>
       </c>
       <c r="C875" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="876">
       <c r="A876" s="0" t="s">
-        <v>191</v>
+        <v>126</v>
       </c>
       <c r="B876" s="0" t="s">
-        <v>192</v>
+        <v>127</v>
       </c>
       <c r="C876" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="877">
       <c r="A877" s="0" t="s">
-        <v>193</v>
+        <v>271</v>
       </c>
       <c r="B877" s="0" t="s">
-        <v>187</v>
+        <v>272</v>
       </c>
       <c r="C877" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="878">
       <c r="A878" s="0" t="s">
-        <v>194</v>
+        <v>273</v>
       </c>
       <c r="B878" s="0" t="s">
-        <v>187</v>
+        <v>274</v>
       </c>
       <c r="C878" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="879">
       <c r="A879" s="0" t="s">
-        <v>195</v>
+        <v>275</v>
       </c>
       <c r="B879" s="0" t="s">
-        <v>196</v>
+        <v>276</v>
       </c>
       <c r="C879" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="880">
       <c r="A880" s="0" t="s">
-        <v>197</v>
+        <v>300</v>
       </c>
       <c r="B880" s="0" t="s">
-        <v>198</v>
+        <v>301</v>
       </c>
       <c r="C880" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="881">
       <c r="A881" s="0" t="s">
-        <v>199</v>
+        <v>277</v>
       </c>
       <c r="B881" s="0" t="s">
-        <v>200</v>
+        <v>278</v>
       </c>
       <c r="C881" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="882">
       <c r="A882" s="0" t="s">
-        <v>201</v>
+        <v>279</v>
       </c>
       <c r="B882" s="0" t="s">
-        <v>198</v>
+        <v>274</v>
       </c>
       <c r="C882" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="883">
       <c r="A883" s="0" t="s">
-        <v>202</v>
+        <v>280</v>
       </c>
       <c r="B883" s="0" t="s">
-        <v>198</v>
+        <v>281</v>
       </c>
       <c r="C883" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="884">
       <c r="A884" s="0" t="s">
-        <v>203</v>
+        <v>282</v>
       </c>
       <c r="B884" s="0" t="s">
-        <v>200</v>
+        <v>283</v>
       </c>
       <c r="C884" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="885">
       <c r="A885" s="0" t="s">
-        <v>204</v>
+        <v>284</v>
       </c>
       <c r="B885" s="0" t="s">
-        <v>198</v>
+        <v>281</v>
       </c>
       <c r="C885" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="886">
       <c r="A886" s="0" t="s">
-        <v>425</v>
+        <v>285</v>
       </c>
       <c r="B886" s="0" t="s">
-        <v>426</v>
+        <v>283</v>
       </c>
       <c r="C886" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="887">
       <c r="A887" s="0" t="s">
-        <v>44</v>
+        <v>286</v>
       </c>
       <c r="B887" s="0" t="s">
-        <v>45</v>
+        <v>287</v>
       </c>
       <c r="C887" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="888">
       <c r="A888" s="0" t="s">
-        <v>46</v>
+        <v>288</v>
       </c>
       <c r="B888" s="0" t="s">
-        <v>47</v>
+        <v>289</v>
       </c>
       <c r="C888" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="889">
       <c r="A889" s="0" t="s">
-        <v>427</v>
+        <v>290</v>
       </c>
       <c r="B889" s="0" t="s">
-        <v>428</v>
+        <v>291</v>
       </c>
       <c r="C889" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="890">
       <c r="A890" s="0" t="s">
-        <v>136</v>
+        <v>292</v>
       </c>
       <c r="B890" s="0" t="s">
-        <v>137</v>
+        <v>293</v>
       </c>
       <c r="C890" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="891">
       <c r="A891" s="0" t="s">
-        <v>306</v>
+        <v>294</v>
       </c>
       <c r="B891" s="0" t="s">
-        <v>307</v>
+        <v>295</v>
       </c>
       <c r="C891" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="892">
       <c r="A892" s="0" t="s">
-        <v>246</v>
+        <v>296</v>
       </c>
       <c r="B892" s="0" t="s">
-        <v>247</v>
+        <v>293</v>
       </c>
       <c r="C892" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="893">
       <c r="A893" s="0" t="s">
-        <v>248</v>
+        <v>297</v>
       </c>
       <c r="B893" s="0" t="s">
-        <v>249</v>
+        <v>295</v>
       </c>
       <c r="C893" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="894">
       <c r="A894" s="0" t="s">
-        <v>250</v>
+        <v>302</v>
       </c>
       <c r="B894" s="0" t="s">
-        <v>251</v>
+        <v>303</v>
       </c>
       <c r="C894" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="895">
       <c r="A895" s="0" t="s">
-        <v>308</v>
+        <v>128</v>
       </c>
       <c r="B895" s="0" t="s">
-        <v>309</v>
+        <v>129</v>
       </c>
       <c r="C895" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="896">
       <c r="A896" s="0" t="s">
-        <v>252</v>
+        <v>130</v>
       </c>
       <c r="B896" s="0" t="s">
-        <v>253</v>
+        <v>131</v>
       </c>
       <c r="C896" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="897">
       <c r="A897" s="0" t="s">
-        <v>254</v>
+        <v>132</v>
       </c>
       <c r="B897" s="0" t="s">
-        <v>255</v>
+        <v>133</v>
       </c>
       <c r="C897" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="898">
       <c r="A898" s="0" t="s">
-        <v>256</v>
+        <v>134</v>
       </c>
       <c r="B898" s="0" t="s">
-        <v>257</v>
+        <v>135</v>
       </c>
       <c r="C898" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="899">
       <c r="A899" s="0" t="s">
-        <v>258</v>
+        <v>331</v>
       </c>
       <c r="B899" s="0" t="s">
-        <v>259</v>
+        <v>332</v>
       </c>
       <c r="C899" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="900">
       <c r="A900" s="0" t="s">
-        <v>260</v>
+        <v>143</v>
       </c>
       <c r="B900" s="0" t="s">
-        <v>257</v>
+        <v>144</v>
       </c>
       <c r="C900" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="901">
       <c r="A901" s="0" t="s">
-        <v>261</v>
+        <v>145</v>
       </c>
       <c r="B901" s="0" t="s">
-        <v>259</v>
+        <v>144</v>
       </c>
       <c r="C901" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="902">
       <c r="A902" s="0" t="s">
-        <v>381</v>
+        <v>146</v>
       </c>
       <c r="B902" s="0" t="s">
-        <v>382</v>
+        <v>147</v>
       </c>
       <c r="C902" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="903">
       <c r="A903" s="0" t="s">
-        <v>125</v>
+        <v>148</v>
       </c>
       <c r="B903" s="0" t="s">
-        <v>126</v>
+        <v>149</v>
       </c>
       <c r="C903" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="904">
       <c r="A904" s="0" t="s">
-        <v>127</v>
+        <v>150</v>
       </c>
       <c r="B904" s="0" t="s">
-        <v>128</v>
+        <v>149</v>
       </c>
       <c r="C904" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="905">
       <c r="A905" s="0" t="s">
-        <v>383</v>
+        <v>151</v>
       </c>
       <c r="B905" s="0" t="s">
-        <v>384</v>
+        <v>152</v>
       </c>
       <c r="C905" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="906">
       <c r="A906" s="0" t="s">
-        <v>129</v>
+        <v>153</v>
       </c>
       <c r="B906" s="0" t="s">
-        <v>130</v>
+        <v>154</v>
       </c>
       <c r="C906" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="907">
       <c r="A907" s="0" t="s">
-        <v>131</v>
+        <v>155</v>
       </c>
       <c r="B907" s="0" t="s">
-        <v>126</v>
+        <v>152</v>
       </c>
       <c r="C907" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="908">
       <c r="A908" s="0" t="s">
-        <v>132</v>
+        <v>156</v>
       </c>
       <c r="B908" s="0" t="s">
-        <v>133</v>
+        <v>154</v>
       </c>
       <c r="C908" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="909">
       <c r="A909" s="0" t="s">
-        <v>134</v>
+        <v>157</v>
       </c>
       <c r="B909" s="0" t="s">
-        <v>135</v>
+        <v>158</v>
       </c>
       <c r="C909" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="910">
       <c r="A910" s="0" t="s">
-        <v>271</v>
+        <v>159</v>
       </c>
       <c r="B910" s="0" t="s">
-        <v>272</v>
+        <v>160</v>
       </c>
       <c r="C910" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="911">
       <c r="A911" s="0" t="s">
-        <v>273</v>
+        <v>161</v>
       </c>
       <c r="B911" s="0" t="s">
-        <v>274</v>
+        <v>162</v>
       </c>
       <c r="C911" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="912">
       <c r="A912" s="0" t="s">
-        <v>275</v>
+        <v>163</v>
       </c>
       <c r="B912" s="0" t="s">
-        <v>276</v>
+        <v>164</v>
       </c>
       <c r="C912" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="913">
       <c r="A913" s="0" t="s">
-        <v>300</v>
+        <v>165</v>
       </c>
       <c r="B913" s="0" t="s">
-        <v>301</v>
+        <v>166</v>
       </c>
       <c r="C913" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="914">
       <c r="A914" s="0" t="s">
-        <v>277</v>
+        <v>167</v>
       </c>
       <c r="B914" s="0" t="s">
-        <v>278</v>
+        <v>168</v>
       </c>
       <c r="C914" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="915">
       <c r="A915" s="0" t="s">
-        <v>279</v>
+        <v>169</v>
       </c>
       <c r="B915" s="0" t="s">
-        <v>274</v>
+        <v>170</v>
       </c>
       <c r="C915" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="916">
       <c r="A916" s="0" t="s">
-        <v>280</v>
+        <v>171</v>
       </c>
       <c r="B916" s="0" t="s">
-        <v>281</v>
+        <v>168</v>
       </c>
       <c r="C916" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="917">
       <c r="A917" s="0" t="s">
-        <v>282</v>
+        <v>172</v>
       </c>
       <c r="B917" s="0" t="s">
-        <v>283</v>
+        <v>170</v>
       </c>
       <c r="C917" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="918">
       <c r="A918" s="0" t="s">
-        <v>284</v>
+        <v>425</v>
       </c>
       <c r="B918" s="0" t="s">
-        <v>281</v>
+        <v>426</v>
       </c>
       <c r="C918" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="919">
       <c r="A919" s="0" t="s">
-        <v>285</v>
+        <v>40</v>
       </c>
       <c r="B919" s="0" t="s">
-        <v>283</v>
+        <v>41</v>
       </c>
       <c r="C919" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="920">
       <c r="A920" s="0" t="s">
-        <v>286</v>
+        <v>427</v>
       </c>
       <c r="B920" s="0" t="s">
-        <v>287</v>
+        <v>428</v>
       </c>
       <c r="C920" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="921">
       <c r="A921" s="0" t="s">
-        <v>288</v>
+        <v>42</v>
       </c>
       <c r="B921" s="0" t="s">
-        <v>289</v>
+        <v>43</v>
       </c>
       <c r="C921" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="922">
       <c r="A922" s="0" t="s">
-        <v>290</v>
+        <v>44</v>
       </c>
       <c r="B922" s="0" t="s">
-        <v>291</v>
+        <v>45</v>
       </c>
       <c r="C922" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="923">
       <c r="A923" s="0" t="s">
-        <v>292</v>
+        <v>46</v>
       </c>
       <c r="B923" s="0" t="s">
-        <v>293</v>
+        <v>43</v>
       </c>
       <c r="C923" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="924">
       <c r="A924" s="0" t="s">
-        <v>294</v>
+        <v>47</v>
       </c>
       <c r="B924" s="0" t="s">
-        <v>295</v>
+        <v>43</v>
       </c>
       <c r="C924" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="925">
       <c r="A925" s="0" t="s">
-        <v>296</v>
+        <v>200</v>
       </c>
       <c r="B925" s="0" t="s">
-        <v>293</v>
+        <v>201</v>
       </c>
       <c r="C925" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="926">
       <c r="A926" s="0" t="s">
-        <v>297</v>
+        <v>202</v>
       </c>
       <c r="B926" s="0" t="s">
-        <v>295</v>
+        <v>203</v>
       </c>
       <c r="C926" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="927">
       <c r="A927" s="0" t="s">
-        <v>302</v>
+        <v>204</v>
       </c>
       <c r="B927" s="0" t="s">
-        <v>303</v>
+        <v>201</v>
       </c>
       <c r="C927" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="928">
       <c r="A928" s="0" t="s">
         <v>223</v>
       </c>
       <c r="B928" s="0" t="s">
         <v>224</v>
       </c>
       <c r="C928" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="929">
       <c r="A929" s="0" t="s">
         <v>225</v>
       </c>
       <c r="B929" s="0" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="C929" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="930">
       <c r="A930" s="0" t="s">
+        <v>227</v>
+      </c>
+      <c r="B930" s="0" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
       <c r="C930" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="931">
       <c r="A931" s="0" t="s">
         <v>228</v>
       </c>
       <c r="B931" s="0" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="C931" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="932">
       <c r="A932" s="0" t="s">
         <v>229</v>
       </c>
       <c r="B932" s="0" t="s">
         <v>230</v>
       </c>
       <c r="C932" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="933">
       <c r="A933" s="0" t="s">
         <v>231</v>
       </c>
       <c r="B933" s="0" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="C933" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="934">
       <c r="A934" s="0" t="s">
+        <v>233</v>
+      </c>
+      <c r="B934" s="0" t="s">
         <v>232</v>
-      </c>
-[...1 lines deleted...]
-        <v>233</v>
       </c>
       <c r="C934" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="935">
       <c r="A935" s="0" t="s">
         <v>430</v>
       </c>
       <c r="B935" s="0" t="s">
         <v>431</v>
       </c>
       <c r="C935" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="936">
       <c r="A936" s="0" t="s">
         <v>432</v>
       </c>
       <c r="B936" s="0" t="s">
         <v>431</v>
       </c>
       <c r="C936" s="0" t="s">
         <v>5</v>
@@ -12077,1605 +12077,1605 @@
     </row>
     <row r="971">
       <c r="A971" s="0" t="s">
         <v>75</v>
       </c>
       <c r="B971" s="0" t="s">
         <v>76</v>
       </c>
       <c r="C971" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="972">
       <c r="A972" s="0" t="s">
         <v>401</v>
       </c>
       <c r="B972" s="0" t="s">
         <v>402</v>
       </c>
       <c r="C972" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="973">
       <c r="A973" s="0" t="s">
-        <v>403</v>
+        <v>407</v>
       </c>
       <c r="B973" s="0" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="C973" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="974">
       <c r="A974" s="0" t="s">
-        <v>18</v>
+        <v>409</v>
       </c>
       <c r="B974" s="0" t="s">
-        <v>19</v>
+        <v>410</v>
       </c>
       <c r="C974" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="975">
       <c r="A975" s="0" t="s">
-        <v>409</v>
+        <v>22</v>
       </c>
       <c r="B975" s="0" t="s">
-        <v>410</v>
+        <v>23</v>
       </c>
       <c r="C975" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="976">
       <c r="A976" s="0" t="s">
-        <v>411</v>
+        <v>24</v>
       </c>
       <c r="B976" s="0" t="s">
-        <v>412</v>
+        <v>25</v>
       </c>
       <c r="C976" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="977">
       <c r="A977" s="0" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B977" s="0" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="C977" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="978">
       <c r="A978" s="0" t="s">
-        <v>26</v>
+        <v>359</v>
       </c>
       <c r="B978" s="0" t="s">
-        <v>27</v>
+        <v>360</v>
       </c>
       <c r="C978" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="979">
       <c r="A979" s="0" t="s">
-        <v>28</v>
+        <v>361</v>
       </c>
       <c r="B979" s="0" t="s">
-        <v>25</v>
+        <v>362</v>
       </c>
       <c r="C979" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="980">
       <c r="A980" s="0" t="s">
-        <v>359</v>
+        <v>79</v>
       </c>
       <c r="B980" s="0" t="s">
-        <v>360</v>
+        <v>80</v>
       </c>
       <c r="C980" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="981">
       <c r="A981" s="0" t="s">
-        <v>361</v>
+        <v>369</v>
       </c>
       <c r="B981" s="0" t="s">
-        <v>362</v>
+        <v>370</v>
       </c>
       <c r="C981" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="982">
       <c r="A982" s="0" t="s">
-        <v>79</v>
+        <v>371</v>
       </c>
       <c r="B982" s="0" t="s">
-        <v>80</v>
+        <v>372</v>
       </c>
       <c r="C982" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="983">
       <c r="A983" s="0" t="s">
-        <v>369</v>
+        <v>89</v>
       </c>
       <c r="B983" s="0" t="s">
-        <v>370</v>
+        <v>90</v>
       </c>
       <c r="C983" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="984">
       <c r="A984" s="0" t="s">
-        <v>371</v>
+        <v>91</v>
       </c>
       <c r="B984" s="0" t="s">
-        <v>372</v>
+        <v>92</v>
       </c>
       <c r="C984" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="985">
       <c r="A985" s="0" t="s">
-        <v>89</v>
+        <v>373</v>
       </c>
       <c r="B985" s="0" t="s">
-        <v>90</v>
+        <v>374</v>
       </c>
       <c r="C985" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="986">
       <c r="A986" s="0" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B986" s="0" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="C986" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="987">
       <c r="A987" s="0" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="B987" s="0" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="C987" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="988">
       <c r="A988" s="0" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="B988" s="0" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="C988" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="989">
       <c r="A989" s="0" t="s">
-        <v>375</v>
+        <v>97</v>
       </c>
       <c r="B989" s="0" t="s">
-        <v>376</v>
+        <v>98</v>
       </c>
       <c r="C989" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="990">
       <c r="A990" s="0" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="B990" s="0" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="C990" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="991">
       <c r="A991" s="0" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="B991" s="0" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="C991" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="992">
       <c r="A992" s="0" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="B992" s="0" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="C992" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="993">
       <c r="A993" s="0" t="s">
-        <v>101</v>
+        <v>108</v>
       </c>
       <c r="B993" s="0" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="C993" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="994">
       <c r="A994" s="0" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="B994" s="0" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="C994" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="995">
       <c r="A995" s="0" t="s">
-        <v>108</v>
+        <v>413</v>
       </c>
       <c r="B995" s="0" t="s">
-        <v>109</v>
+        <v>414</v>
       </c>
       <c r="C995" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="996">
       <c r="A996" s="0" t="s">
-        <v>110</v>
+        <v>415</v>
       </c>
       <c r="B996" s="0" t="s">
-        <v>111</v>
+        <v>416</v>
       </c>
       <c r="C996" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="997">
       <c r="A997" s="0" t="s">
-        <v>415</v>
+        <v>32</v>
       </c>
       <c r="B997" s="0" t="s">
-        <v>416</v>
+        <v>33</v>
       </c>
       <c r="C997" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="998">
       <c r="A998" s="0" t="s">
-        <v>417</v>
+        <v>379</v>
       </c>
       <c r="B998" s="0" t="s">
-        <v>418</v>
+        <v>380</v>
       </c>
       <c r="C998" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="999">
       <c r="A999" s="0" t="s">
-        <v>34</v>
+        <v>112</v>
       </c>
       <c r="B999" s="0" t="s">
-        <v>35</v>
+        <v>113</v>
       </c>
       <c r="C999" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1000">
       <c r="A1000" s="0" t="s">
-        <v>379</v>
+        <v>114</v>
       </c>
       <c r="B1000" s="0" t="s">
-        <v>380</v>
+        <v>115</v>
       </c>
       <c r="C1000" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1001">
       <c r="A1001" s="0" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="B1001" s="0" t="s">
         <v>113</v>
       </c>
       <c r="C1001" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1002">
       <c r="A1002" s="0" t="s">
-        <v>114</v>
+        <v>421</v>
       </c>
       <c r="B1002" s="0" t="s">
-        <v>115</v>
+        <v>422</v>
       </c>
       <c r="C1002" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1003">
       <c r="A1003" s="0" t="s">
-        <v>116</v>
+        <v>36</v>
       </c>
       <c r="B1003" s="0" t="s">
-        <v>113</v>
+        <v>37</v>
       </c>
       <c r="C1003" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1004">
       <c r="A1004" s="0" t="s">
-        <v>117</v>
+        <v>38</v>
       </c>
       <c r="B1004" s="0" t="s">
-        <v>118</v>
+        <v>39</v>
       </c>
       <c r="C1004" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1005">
       <c r="A1005" s="0" t="s">
-        <v>119</v>
+        <v>423</v>
       </c>
       <c r="B1005" s="0" t="s">
-        <v>120</v>
+        <v>424</v>
       </c>
       <c r="C1005" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1006">
       <c r="A1006" s="0" t="s">
-        <v>121</v>
+        <v>136</v>
       </c>
       <c r="B1006" s="0" t="s">
-        <v>122</v>
+        <v>137</v>
       </c>
       <c r="C1006" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1007">
       <c r="A1007" s="0" t="s">
-        <v>123</v>
+        <v>381</v>
       </c>
       <c r="B1007" s="0" t="s">
-        <v>124</v>
+        <v>382</v>
       </c>
       <c r="C1007" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1008">
       <c r="A1008" s="0" t="s">
-        <v>423</v>
+        <v>117</v>
       </c>
       <c r="B1008" s="0" t="s">
-        <v>424</v>
+        <v>118</v>
       </c>
       <c r="C1008" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1009">
       <c r="A1009" s="0" t="s">
-        <v>38</v>
+        <v>119</v>
       </c>
       <c r="B1009" s="0" t="s">
-        <v>39</v>
+        <v>120</v>
       </c>
       <c r="C1009" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1010">
       <c r="A1010" s="0" t="s">
-        <v>40</v>
+        <v>383</v>
       </c>
       <c r="B1010" s="0" t="s">
-        <v>41</v>
+        <v>384</v>
       </c>
       <c r="C1010" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1011">
       <c r="A1011" s="0" t="s">
-        <v>42</v>
+        <v>121</v>
       </c>
       <c r="B1011" s="0" t="s">
-        <v>39</v>
+        <v>122</v>
       </c>
       <c r="C1011" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1012">
       <c r="A1012" s="0" t="s">
-        <v>43</v>
+        <v>123</v>
       </c>
       <c r="B1012" s="0" t="s">
-        <v>39</v>
+        <v>118</v>
       </c>
       <c r="C1012" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1013">
       <c r="A1013" s="0" t="s">
-        <v>425</v>
+        <v>124</v>
       </c>
       <c r="B1013" s="0" t="s">
-        <v>426</v>
+        <v>125</v>
       </c>
       <c r="C1013" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1014">
       <c r="A1014" s="0" t="s">
-        <v>44</v>
+        <v>126</v>
       </c>
       <c r="B1014" s="0" t="s">
-        <v>45</v>
+        <v>127</v>
       </c>
       <c r="C1014" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1015">
       <c r="A1015" s="0" t="s">
-        <v>46</v>
+        <v>128</v>
       </c>
       <c r="B1015" s="0" t="s">
-        <v>47</v>
+        <v>129</v>
       </c>
       <c r="C1015" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1016">
       <c r="A1016" s="0" t="s">
-        <v>427</v>
+        <v>130</v>
       </c>
       <c r="B1016" s="0" t="s">
-        <v>428</v>
+        <v>131</v>
       </c>
       <c r="C1016" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1017">
       <c r="A1017" s="0" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="B1017" s="0" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="C1017" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1018">
       <c r="A1018" s="0" t="s">
-        <v>381</v>
+        <v>134</v>
       </c>
       <c r="B1018" s="0" t="s">
-        <v>382</v>
+        <v>135</v>
       </c>
       <c r="C1018" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1019">
       <c r="A1019" s="0" t="s">
-        <v>125</v>
+        <v>425</v>
       </c>
       <c r="B1019" s="0" t="s">
-        <v>126</v>
+        <v>426</v>
       </c>
       <c r="C1019" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1020">
       <c r="A1020" s="0" t="s">
-        <v>127</v>
+        <v>40</v>
       </c>
       <c r="B1020" s="0" t="s">
-        <v>128</v>
+        <v>41</v>
       </c>
       <c r="C1020" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1021">
       <c r="A1021" s="0" t="s">
-        <v>383</v>
+        <v>427</v>
       </c>
       <c r="B1021" s="0" t="s">
-        <v>384</v>
+        <v>428</v>
       </c>
       <c r="C1021" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1022">
       <c r="A1022" s="0" t="s">
-        <v>129</v>
+        <v>42</v>
       </c>
       <c r="B1022" s="0" t="s">
-        <v>130</v>
+        <v>43</v>
       </c>
       <c r="C1022" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1023">
       <c r="A1023" s="0" t="s">
-        <v>131</v>
+        <v>44</v>
       </c>
       <c r="B1023" s="0" t="s">
-        <v>126</v>
+        <v>45</v>
       </c>
       <c r="C1023" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1024">
       <c r="A1024" s="0" t="s">
-        <v>132</v>
+        <v>46</v>
       </c>
       <c r="B1024" s="0" t="s">
-        <v>133</v>
+        <v>43</v>
       </c>
       <c r="C1024" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1025">
       <c r="A1025" s="0" t="s">
-        <v>134</v>
+        <v>47</v>
       </c>
       <c r="B1025" s="0" t="s">
-        <v>135</v>
+        <v>43</v>
       </c>
       <c r="C1025" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1026">
       <c r="A1026" s="0" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
       <c r="B1026" s="0" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="C1026" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1027">
       <c r="A1027" s="0" t="s">
-        <v>148</v>
+        <v>141</v>
       </c>
       <c r="B1027" s="0" t="s">
-        <v>149</v>
+        <v>142</v>
       </c>
       <c r="C1027" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1028">
       <c r="A1028" s="0" t="s">
-        <v>150</v>
+        <v>327</v>
       </c>
       <c r="B1028" s="0" t="s">
-        <v>151</v>
+        <v>328</v>
       </c>
       <c r="C1028" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1029">
       <c r="A1029" s="0" t="s">
-        <v>152</v>
+        <v>179</v>
       </c>
       <c r="B1029" s="0" t="s">
-        <v>153</v>
+        <v>180</v>
       </c>
       <c r="C1029" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1030">
       <c r="A1030" s="0" t="s">
-        <v>154</v>
+        <v>181</v>
       </c>
       <c r="B1030" s="0" t="s">
-        <v>151</v>
+        <v>182</v>
       </c>
       <c r="C1030" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1031">
       <c r="A1031" s="0" t="s">
-        <v>155</v>
+        <v>183</v>
       </c>
       <c r="B1031" s="0" t="s">
-        <v>156</v>
+        <v>184</v>
       </c>
       <c r="C1031" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1032">
       <c r="A1032" s="0" t="s">
-        <v>157</v>
+        <v>185</v>
       </c>
       <c r="B1032" s="0" t="s">
-        <v>158</v>
+        <v>182</v>
       </c>
       <c r="C1032" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1033">
       <c r="A1033" s="0" t="s">
-        <v>159</v>
+        <v>186</v>
       </c>
       <c r="B1033" s="0" t="s">
-        <v>156</v>
+        <v>187</v>
       </c>
       <c r="C1033" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1034">
       <c r="A1034" s="0" t="s">
-        <v>160</v>
+        <v>188</v>
       </c>
       <c r="B1034" s="0" t="s">
-        <v>158</v>
+        <v>182</v>
       </c>
       <c r="C1034" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1035">
       <c r="A1035" s="0" t="s">
-        <v>327</v>
+        <v>189</v>
       </c>
       <c r="B1035" s="0" t="s">
-        <v>328</v>
+        <v>182</v>
       </c>
       <c r="C1035" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1036">
       <c r="A1036" s="0" t="s">
-        <v>184</v>
+        <v>306</v>
       </c>
       <c r="B1036" s="0" t="s">
-        <v>185</v>
+        <v>307</v>
       </c>
       <c r="C1036" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1037">
       <c r="A1037" s="0" t="s">
-        <v>186</v>
+        <v>246</v>
       </c>
       <c r="B1037" s="0" t="s">
-        <v>187</v>
+        <v>247</v>
       </c>
       <c r="C1037" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1038">
       <c r="A1038" s="0" t="s">
-        <v>188</v>
+        <v>248</v>
       </c>
       <c r="B1038" s="0" t="s">
-        <v>189</v>
+        <v>249</v>
       </c>
       <c r="C1038" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1039">
       <c r="A1039" s="0" t="s">
-        <v>190</v>
+        <v>250</v>
       </c>
       <c r="B1039" s="0" t="s">
-        <v>187</v>
+        <v>251</v>
       </c>
       <c r="C1039" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1040">
       <c r="A1040" s="0" t="s">
-        <v>191</v>
+        <v>308</v>
       </c>
       <c r="B1040" s="0" t="s">
-        <v>192</v>
+        <v>309</v>
       </c>
       <c r="C1040" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1041">
       <c r="A1041" s="0" t="s">
-        <v>193</v>
+        <v>252</v>
       </c>
       <c r="B1041" s="0" t="s">
-        <v>187</v>
+        <v>253</v>
       </c>
       <c r="C1041" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1042">
       <c r="A1042" s="0" t="s">
-        <v>194</v>
+        <v>271</v>
       </c>
       <c r="B1042" s="0" t="s">
-        <v>187</v>
+        <v>272</v>
       </c>
       <c r="C1042" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1043">
       <c r="A1043" s="0" t="s">
-        <v>306</v>
+        <v>273</v>
       </c>
       <c r="B1043" s="0" t="s">
-        <v>307</v>
+        <v>274</v>
       </c>
       <c r="C1043" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1044">
       <c r="A1044" s="0" t="s">
-        <v>246</v>
+        <v>275</v>
       </c>
       <c r="B1044" s="0" t="s">
-        <v>247</v>
+        <v>276</v>
       </c>
       <c r="C1044" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1045">
       <c r="A1045" s="0" t="s">
-        <v>248</v>
+        <v>300</v>
       </c>
       <c r="B1045" s="0" t="s">
-        <v>249</v>
+        <v>301</v>
       </c>
       <c r="C1045" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1046">
       <c r="A1046" s="0" t="s">
-        <v>250</v>
+        <v>277</v>
       </c>
       <c r="B1046" s="0" t="s">
-        <v>251</v>
+        <v>278</v>
       </c>
       <c r="C1046" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1047">
       <c r="A1047" s="0" t="s">
-        <v>308</v>
+        <v>279</v>
       </c>
       <c r="B1047" s="0" t="s">
-        <v>309</v>
+        <v>274</v>
       </c>
       <c r="C1047" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1048">
       <c r="A1048" s="0" t="s">
-        <v>252</v>
+        <v>280</v>
       </c>
       <c r="B1048" s="0" t="s">
-        <v>253</v>
+        <v>281</v>
       </c>
       <c r="C1048" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1049">
       <c r="A1049" s="0" t="s">
-        <v>271</v>
+        <v>282</v>
       </c>
       <c r="B1049" s="0" t="s">
-        <v>272</v>
+        <v>283</v>
       </c>
       <c r="C1049" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1050">
       <c r="A1050" s="0" t="s">
-        <v>273</v>
+        <v>284</v>
       </c>
       <c r="B1050" s="0" t="s">
-        <v>274</v>
+        <v>281</v>
       </c>
       <c r="C1050" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1051">
       <c r="A1051" s="0" t="s">
-        <v>275</v>
+        <v>285</v>
       </c>
       <c r="B1051" s="0" t="s">
-        <v>276</v>
+        <v>283</v>
       </c>
       <c r="C1051" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1052">
       <c r="A1052" s="0" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="B1052" s="0" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="C1052" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1053">
       <c r="A1053" s="0" t="s">
-        <v>277</v>
+        <v>146</v>
       </c>
       <c r="B1053" s="0" t="s">
-        <v>278</v>
+        <v>147</v>
       </c>
       <c r="C1053" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1054">
       <c r="A1054" s="0" t="s">
-        <v>279</v>
+        <v>148</v>
       </c>
       <c r="B1054" s="0" t="s">
-        <v>274</v>
+        <v>149</v>
       </c>
       <c r="C1054" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1055">
       <c r="A1055" s="0" t="s">
-        <v>280</v>
+        <v>150</v>
       </c>
       <c r="B1055" s="0" t="s">
-        <v>281</v>
+        <v>149</v>
       </c>
       <c r="C1055" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1056">
       <c r="A1056" s="0" t="s">
-        <v>282</v>
+        <v>151</v>
       </c>
       <c r="B1056" s="0" t="s">
-        <v>283</v>
+        <v>152</v>
       </c>
       <c r="C1056" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1057">
       <c r="A1057" s="0" t="s">
-        <v>284</v>
+        <v>153</v>
       </c>
       <c r="B1057" s="0" t="s">
-        <v>281</v>
+        <v>154</v>
       </c>
       <c r="C1057" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1058">
       <c r="A1058" s="0" t="s">
-        <v>285</v>
+        <v>155</v>
       </c>
       <c r="B1058" s="0" t="s">
-        <v>283</v>
+        <v>152</v>
       </c>
       <c r="C1058" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1059">
       <c r="A1059" s="0" t="s">
-        <v>302</v>
+        <v>156</v>
       </c>
       <c r="B1059" s="0" t="s">
-        <v>303</v>
+        <v>154</v>
       </c>
       <c r="C1059" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1060">
       <c r="A1060" s="0" t="s">
-        <v>161</v>
+        <v>190</v>
       </c>
       <c r="B1060" s="0" t="s">
-        <v>162</v>
+        <v>191</v>
       </c>
       <c r="C1060" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1061">
       <c r="A1061" s="0" t="s">
-        <v>163</v>
+        <v>192</v>
       </c>
       <c r="B1061" s="0" t="s">
-        <v>164</v>
+        <v>193</v>
       </c>
       <c r="C1061" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1062">
       <c r="A1062" s="0" t="s">
-        <v>165</v>
+        <v>194</v>
       </c>
       <c r="B1062" s="0" t="s">
-        <v>166</v>
+        <v>195</v>
       </c>
       <c r="C1062" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1063">
       <c r="A1063" s="0" t="s">
-        <v>167</v>
+        <v>196</v>
       </c>
       <c r="B1063" s="0" t="s">
-        <v>168</v>
+        <v>193</v>
       </c>
       <c r="C1063" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1064">
       <c r="A1064" s="0" t="s">
-        <v>169</v>
+        <v>197</v>
       </c>
       <c r="B1064" s="0" t="s">
-        <v>170</v>
+        <v>193</v>
       </c>
       <c r="C1064" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1065">
       <c r="A1065" s="0" t="s">
-        <v>171</v>
+        <v>198</v>
       </c>
       <c r="B1065" s="0" t="s">
-        <v>168</v>
+        <v>195</v>
       </c>
       <c r="C1065" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1066">
       <c r="A1066" s="0" t="s">
-        <v>172</v>
+        <v>199</v>
       </c>
       <c r="B1066" s="0" t="s">
-        <v>170</v>
+        <v>193</v>
       </c>
       <c r="C1066" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1067">
       <c r="A1067" s="0" t="s">
-        <v>195</v>
+        <v>254</v>
       </c>
       <c r="B1067" s="0" t="s">
-        <v>196</v>
+        <v>255</v>
       </c>
       <c r="C1067" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1068">
       <c r="A1068" s="0" t="s">
-        <v>197</v>
+        <v>256</v>
       </c>
       <c r="B1068" s="0" t="s">
-        <v>198</v>
+        <v>257</v>
       </c>
       <c r="C1068" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1069">
       <c r="A1069" s="0" t="s">
-        <v>199</v>
+        <v>258</v>
       </c>
       <c r="B1069" s="0" t="s">
-        <v>200</v>
+        <v>259</v>
       </c>
       <c r="C1069" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1070">
       <c r="A1070" s="0" t="s">
-        <v>201</v>
+        <v>260</v>
       </c>
       <c r="B1070" s="0" t="s">
-        <v>198</v>
+        <v>257</v>
       </c>
       <c r="C1070" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1071">
       <c r="A1071" s="0" t="s">
-        <v>202</v>
+        <v>261</v>
       </c>
       <c r="B1071" s="0" t="s">
-        <v>198</v>
+        <v>259</v>
       </c>
       <c r="C1071" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1072">
       <c r="A1072" s="0" t="s">
-        <v>203</v>
+        <v>286</v>
       </c>
       <c r="B1072" s="0" t="s">
-        <v>200</v>
+        <v>287</v>
       </c>
       <c r="C1072" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1073">
       <c r="A1073" s="0" t="s">
-        <v>204</v>
+        <v>288</v>
       </c>
       <c r="B1073" s="0" t="s">
-        <v>198</v>
+        <v>289</v>
       </c>
       <c r="C1073" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1074">
       <c r="A1074" s="0" t="s">
-        <v>254</v>
+        <v>290</v>
       </c>
       <c r="B1074" s="0" t="s">
-        <v>255</v>
+        <v>291</v>
       </c>
       <c r="C1074" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1075">
       <c r="A1075" s="0" t="s">
-        <v>256</v>
+        <v>292</v>
       </c>
       <c r="B1075" s="0" t="s">
-        <v>257</v>
+        <v>293</v>
       </c>
       <c r="C1075" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1076">
       <c r="A1076" s="0" t="s">
-        <v>258</v>
+        <v>294</v>
       </c>
       <c r="B1076" s="0" t="s">
-        <v>259</v>
+        <v>295</v>
       </c>
       <c r="C1076" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1077">
       <c r="A1077" s="0" t="s">
-        <v>260</v>
+        <v>296</v>
       </c>
       <c r="B1077" s="0" t="s">
-        <v>257</v>
+        <v>293</v>
       </c>
       <c r="C1077" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1078">
       <c r="A1078" s="0" t="s">
-        <v>261</v>
+        <v>297</v>
       </c>
       <c r="B1078" s="0" t="s">
-        <v>259</v>
+        <v>295</v>
       </c>
       <c r="C1078" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1079">
       <c r="A1079" s="0" t="s">
-        <v>286</v>
+        <v>161</v>
       </c>
       <c r="B1079" s="0" t="s">
-        <v>287</v>
+        <v>162</v>
       </c>
       <c r="C1079" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1080">
       <c r="A1080" s="0" t="s">
-        <v>288</v>
+        <v>163</v>
       </c>
       <c r="B1080" s="0" t="s">
-        <v>289</v>
+        <v>164</v>
       </c>
       <c r="C1080" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1081">
       <c r="A1081" s="0" t="s">
-        <v>290</v>
+        <v>165</v>
       </c>
       <c r="B1081" s="0" t="s">
-        <v>291</v>
+        <v>166</v>
       </c>
       <c r="C1081" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1082">
       <c r="A1082" s="0" t="s">
-        <v>292</v>
+        <v>167</v>
       </c>
       <c r="B1082" s="0" t="s">
-        <v>293</v>
+        <v>168</v>
       </c>
       <c r="C1082" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1083">
       <c r="A1083" s="0" t="s">
-        <v>294</v>
+        <v>169</v>
       </c>
       <c r="B1083" s="0" t="s">
-        <v>295</v>
+        <v>170</v>
       </c>
       <c r="C1083" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1084">
       <c r="A1084" s="0" t="s">
-        <v>296</v>
+        <v>171</v>
       </c>
       <c r="B1084" s="0" t="s">
-        <v>293</v>
+        <v>168</v>
       </c>
       <c r="C1084" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1085">
       <c r="A1085" s="0" t="s">
-        <v>297</v>
+        <v>172</v>
       </c>
       <c r="B1085" s="0" t="s">
-        <v>295</v>
+        <v>170</v>
       </c>
       <c r="C1085" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1086">
       <c r="A1086" s="0" t="s">
-        <v>229</v>
+        <v>223</v>
       </c>
       <c r="B1086" s="0" t="s">
-        <v>230</v>
+        <v>224</v>
       </c>
       <c r="C1086" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1087">
       <c r="A1087" s="0" t="s">
-        <v>231</v>
+        <v>430</v>
       </c>
       <c r="B1087" s="0" t="s">
-        <v>230</v>
+        <v>431</v>
       </c>
       <c r="C1087" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1088">
       <c r="A1088" s="0" t="s">
-        <v>223</v>
+        <v>432</v>
       </c>
       <c r="B1088" s="0" t="s">
-        <v>224</v>
+        <v>431</v>
       </c>
       <c r="C1088" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1089">
       <c r="A1089" s="0" t="s">
-        <v>225</v>
+        <v>435</v>
       </c>
       <c r="B1089" s="0" t="s">
-        <v>224</v>
+        <v>436</v>
       </c>
       <c r="C1089" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1090">
       <c r="A1090" s="0" t="s">
-        <v>430</v>
+        <v>437</v>
       </c>
       <c r="B1090" s="0" t="s">
-        <v>431</v>
+        <v>436</v>
       </c>
       <c r="C1090" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1091">
       <c r="A1091" s="0" t="s">
-        <v>432</v>
+        <v>319</v>
       </c>
       <c r="B1091" s="0" t="s">
-        <v>431</v>
+        <v>320</v>
       </c>
       <c r="C1091" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1092">
       <c r="A1092" s="0" t="s">
-        <v>435</v>
+        <v>321</v>
       </c>
       <c r="B1092" s="0" t="s">
-        <v>436</v>
+        <v>322</v>
       </c>
       <c r="C1092" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1093">
       <c r="A1093" s="0" t="s">
-        <v>437</v>
+        <v>323</v>
       </c>
       <c r="B1093" s="0" t="s">
-        <v>436</v>
+        <v>324</v>
       </c>
       <c r="C1093" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1094">
       <c r="A1094" s="0" t="s">
-        <v>205</v>
+        <v>438</v>
       </c>
       <c r="B1094" s="0" t="s">
-        <v>206</v>
+        <v>439</v>
       </c>
       <c r="C1094" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1095">
       <c r="A1095" s="0" t="s">
-        <v>207</v>
+        <v>310</v>
       </c>
       <c r="B1095" s="0" t="s">
-        <v>208</v>
+        <v>311</v>
       </c>
       <c r="C1095" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1096">
       <c r="A1096" s="0" t="s">
-        <v>209</v>
+        <v>312</v>
       </c>
       <c r="B1096" s="0" t="s">
-        <v>210</v>
+        <v>313</v>
       </c>
       <c r="C1096" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1097">
       <c r="A1097" s="0" t="s">
-        <v>211</v>
+        <v>314</v>
       </c>
       <c r="B1097" s="0" t="s">
-        <v>212</v>
+        <v>315</v>
       </c>
       <c r="C1097" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1098">
       <c r="A1098" s="0" t="s">
-        <v>213</v>
+        <v>316</v>
       </c>
       <c r="B1098" s="0" t="s">
-        <v>214</v>
+        <v>317</v>
       </c>
       <c r="C1098" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1099">
       <c r="A1099" s="0" t="s">
-        <v>215</v>
+        <v>318</v>
       </c>
       <c r="B1099" s="0" t="s">
-        <v>212</v>
+        <v>317</v>
       </c>
       <c r="C1099" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1100">
       <c r="A1100" s="0" t="s">
-        <v>216</v>
+        <v>205</v>
       </c>
       <c r="B1100" s="0" t="s">
-        <v>217</v>
+        <v>206</v>
       </c>
       <c r="C1100" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1101">
       <c r="A1101" s="0" t="s">
-        <v>218</v>
+        <v>207</v>
       </c>
       <c r="B1101" s="0" t="s">
-        <v>219</v>
+        <v>208</v>
       </c>
       <c r="C1101" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1102">
       <c r="A1102" s="0" t="s">
-        <v>220</v>
+        <v>209</v>
       </c>
       <c r="B1102" s="0" t="s">
-        <v>221</v>
+        <v>210</v>
       </c>
       <c r="C1102" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1103">
       <c r="A1103" s="0" t="s">
-        <v>222</v>
+        <v>211</v>
       </c>
       <c r="B1103" s="0" t="s">
-        <v>219</v>
+        <v>212</v>
       </c>
       <c r="C1103" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1104">
       <c r="A1104" s="0" t="s">
-        <v>226</v>
+        <v>213</v>
       </c>
       <c r="B1104" s="0" t="s">
-        <v>227</v>
+        <v>214</v>
       </c>
       <c r="C1104" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1105">
       <c r="A1105" s="0" t="s">
-        <v>228</v>
+        <v>215</v>
       </c>
       <c r="B1105" s="0" t="s">
-        <v>227</v>
+        <v>212</v>
       </c>
       <c r="C1105" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1106">
       <c r="A1106" s="0" t="s">
-        <v>319</v>
+        <v>231</v>
       </c>
       <c r="B1106" s="0" t="s">
-        <v>320</v>
+        <v>232</v>
       </c>
       <c r="C1106" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1107">
       <c r="A1107" s="0" t="s">
-        <v>321</v>
+        <v>233</v>
       </c>
       <c r="B1107" s="0" t="s">
-        <v>322</v>
+        <v>232</v>
       </c>
       <c r="C1107" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1108">
       <c r="A1108" s="0" t="s">
-        <v>323</v>
+        <v>216</v>
       </c>
       <c r="B1108" s="0" t="s">
-        <v>324</v>
+        <v>217</v>
       </c>
       <c r="C1108" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1109">
       <c r="A1109" s="0" t="s">
-        <v>438</v>
+        <v>218</v>
       </c>
       <c r="B1109" s="0" t="s">
-        <v>439</v>
+        <v>219</v>
       </c>
       <c r="C1109" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1110">
       <c r="A1110" s="0" t="s">
-        <v>310</v>
+        <v>220</v>
       </c>
       <c r="B1110" s="0" t="s">
-        <v>311</v>
+        <v>221</v>
       </c>
       <c r="C1110" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1111">
       <c r="A1111" s="0" t="s">
-        <v>312</v>
+        <v>222</v>
       </c>
       <c r="B1111" s="0" t="s">
-        <v>313</v>
+        <v>219</v>
       </c>
       <c r="C1111" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1112">
       <c r="A1112" s="0" t="s">
-        <v>314</v>
+        <v>225</v>
       </c>
       <c r="B1112" s="0" t="s">
-        <v>315</v>
+        <v>226</v>
       </c>
       <c r="C1112" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1113">
       <c r="A1113" s="0" t="s">
-        <v>316</v>
+        <v>227</v>
       </c>
       <c r="B1113" s="0" t="s">
-        <v>317</v>
+        <v>226</v>
       </c>
       <c r="C1113" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1114">
       <c r="A1114" s="0" t="s">
-        <v>318</v>
+        <v>228</v>
       </c>
       <c r="B1114" s="0" t="s">
-        <v>317</v>
+        <v>224</v>
       </c>
       <c r="C1114" s="0" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="1115">
       <c r="C1115" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1116">
       <c r="C1116" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1117">
       <c r="C1117" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1118">
       <c r="C1118" s="0" t="s">
         <v>5</v>
       </c>
     </row>