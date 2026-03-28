--- v0 (2025-10-29)
+++ v1 (2026-03-28)
@@ -96,194 +96,194 @@
   <si>
     <t>201146</t>
   </si>
   <si>
     <t>X4S</t>
   </si>
   <si>
     <t>201151</t>
   </si>
   <si>
     <t>X5</t>
   </si>
   <si>
     <t>201156</t>
   </si>
   <si>
     <t>X5S</t>
   </si>
   <si>
     <t>201121</t>
   </si>
   <si>
     <t>X2</t>
   </si>
   <si>
+    <t>101268</t>
+  </si>
+  <si>
+    <t>Q6M DL</t>
+  </si>
+  <si>
     <t>101286</t>
   </si>
   <si>
     <t>Q8S DL</t>
   </si>
   <si>
+    <t>101D96</t>
+  </si>
+  <si>
+    <t>Q9S DXL</t>
+  </si>
+  <si>
     <t>101288</t>
   </si>
   <si>
     <t>Q8M DL</t>
   </si>
   <si>
-    <t>101D96</t>
-[...4 lines deleted...]
-  <si>
     <t>101179</t>
   </si>
   <si>
     <t>Q7L DM</t>
   </si>
   <si>
+    <t>101278</t>
+  </si>
+  <si>
+    <t>Q7M DL</t>
+  </si>
+  <si>
     <t>101178</t>
   </si>
   <si>
     <t>Q7M DM</t>
   </si>
   <si>
     <t>101176</t>
   </si>
   <si>
     <t>Q7S DM</t>
   </si>
   <si>
-    <t>101278</t>
-[...4 lines deleted...]
-  <si>
     <t>101169</t>
   </si>
   <si>
     <t>Q6L DM</t>
   </si>
   <si>
     <t>101168</t>
   </si>
   <si>
     <t>Q6M DM</t>
   </si>
   <si>
-    <t>101268</t>
-[...4 lines deleted...]
-  <si>
     <t>101166</t>
   </si>
   <si>
     <t>Q6S DM</t>
   </si>
   <si>
     <t>101761</t>
   </si>
   <si>
     <t>Q6 DM</t>
   </si>
   <si>
     <t>101159</t>
   </si>
   <si>
     <t>Q5L DM</t>
   </si>
   <si>
     <t>101158</t>
   </si>
   <si>
     <t>Q5M DM</t>
   </si>
   <si>
     <t>101156</t>
   </si>
   <si>
     <t>Q5S DM</t>
   </si>
   <si>
     <t>101751</t>
   </si>
   <si>
     <t>Q5 DM</t>
   </si>
   <si>
     <t>101149</t>
   </si>
   <si>
     <t>Q4L DM</t>
   </si>
   <si>
     <t>101148</t>
   </si>
   <si>
     <t>Q4M DM</t>
   </si>
   <si>
+    <t>101733</t>
+  </si>
+  <si>
+    <t>Q3 DM</t>
+  </si>
+  <si>
+    <t>101136</t>
+  </si>
+  <si>
+    <t>Q3S DM</t>
+  </si>
+  <si>
+    <t>101138</t>
+  </si>
+  <si>
+    <t>Q3M DM</t>
+  </si>
+  <si>
+    <t>101139</t>
+  </si>
+  <si>
+    <t>Q3L DM</t>
+  </si>
+  <si>
+    <t>101741</t>
+  </si>
+  <si>
+    <t>Q4 DM</t>
+  </si>
+  <si>
     <t>101146</t>
   </si>
   <si>
     <t>Q4S DM</t>
   </si>
   <si>
-    <t>101741</t>
-[...28 lines deleted...]
-  <si>
     <t>2111Q8</t>
   </si>
   <si>
     <t>Q21 US</t>
   </si>
   <si>
     <t>2113Q8</t>
   </si>
   <si>
     <t>Q21 DS</t>
   </si>
   <si>
     <t>2114Q8</t>
   </si>
   <si>
     <t>Q21 DM</t>
   </si>
   <si>
     <t>2611Q8</t>
   </si>
   <si>
     <t>Q26 US</t>
   </si>
   <si>
     <t>2613Q8</t>
@@ -393,255 +393,255 @@
   <si>
     <t>Q39 DM ext.</t>
   </si>
   <si>
     <t>4111Q8</t>
   </si>
   <si>
     <t>Q41 US</t>
   </si>
   <si>
     <t>4114Q8</t>
   </si>
   <si>
     <t>Q41 DM</t>
   </si>
   <si>
     <t>4154Q8</t>
   </si>
   <si>
     <t>4916Q8</t>
   </si>
   <si>
     <t>Q49 DM ext.</t>
   </si>
   <si>
+    <t>5116Q8</t>
+  </si>
+  <si>
+    <t>Q51 DM ext.</t>
+  </si>
+  <si>
+    <t>9810Q8</t>
+  </si>
+  <si>
+    <t>Q98 DXL</t>
+  </si>
+  <si>
+    <t>4611Q8</t>
+  </si>
+  <si>
+    <t>Q46 US</t>
+  </si>
+  <si>
+    <t>4614Q8</t>
+  </si>
+  <si>
+    <t>Q46 DM</t>
+  </si>
+  <si>
+    <t>4616Q8</t>
+  </si>
+  <si>
+    <t>Q46 DM ext.</t>
+  </si>
+  <si>
+    <t>4654Q8</t>
+  </si>
+  <si>
+    <t>5611Q8</t>
+  </si>
+  <si>
+    <t>Q56 US</t>
+  </si>
+  <si>
+    <t>5616Q8</t>
+  </si>
+  <si>
+    <t>Q56 DM ext.</t>
+  </si>
+  <si>
+    <t>4816Q8</t>
+  </si>
+  <si>
+    <t>Q48 DM ext.</t>
+  </si>
+  <si>
+    <t>4814Q8</t>
+  </si>
+  <si>
+    <t>Q48 DM</t>
+  </si>
+  <si>
+    <t>4912Q8</t>
+  </si>
+  <si>
+    <t>Q49 UM</t>
+  </si>
+  <si>
+    <t>4914Q8</t>
+  </si>
+  <si>
+    <t>Q49 DM</t>
+  </si>
+  <si>
     <t>5111Q8</t>
   </si>
   <si>
     <t>Q51 US</t>
   </si>
   <si>
     <t>5114Q8</t>
   </si>
   <si>
     <t>Q51 DM</t>
   </si>
   <si>
-    <t>5116Q8</t>
-[...4 lines deleted...]
-  <si>
     <t>5154Q8</t>
   </si>
   <si>
+    <t>5612Q8</t>
+  </si>
+  <si>
+    <t>Q56 UM</t>
+  </si>
+  <si>
+    <t>5614Q8</t>
+  </si>
+  <si>
+    <t>Q56 DM</t>
+  </si>
+  <si>
+    <t>5654Q8</t>
+  </si>
+  <si>
+    <t>5856Q8</t>
+  </si>
+  <si>
+    <t>Q58 DM ext.</t>
+  </si>
+  <si>
+    <t>5854Q8</t>
+  </si>
+  <si>
+    <t>Q58 DM</t>
+  </si>
+  <si>
+    <t>5816Q8</t>
+  </si>
+  <si>
+    <t>5814Q8</t>
+  </si>
+  <si>
     <t>6114Q8</t>
   </si>
   <si>
     <t>Q61 DM</t>
   </si>
   <si>
     <t>6116Q8</t>
   </si>
   <si>
     <t>Q61 DM ext.</t>
   </si>
   <si>
+    <t>6612Q8</t>
+  </si>
+  <si>
+    <t>Q66 UM</t>
+  </si>
+  <si>
+    <t>6614Q8</t>
+  </si>
+  <si>
+    <t>Q66 DM</t>
+  </si>
+  <si>
+    <t>6616Q8</t>
+  </si>
+  <si>
+    <t>Q66 DM ext.</t>
+  </si>
+  <si>
+    <t>6814Q8</t>
+  </si>
+  <si>
+    <t>Q68 DM</t>
+  </si>
+  <si>
+    <t>6816Q8</t>
+  </si>
+  <si>
+    <t>Q68 DM ext.</t>
+  </si>
+  <si>
+    <t>6854Q8</t>
+  </si>
+  <si>
+    <t>6856Q8</t>
+  </si>
+  <si>
+    <t>7612Q8</t>
+  </si>
+  <si>
+    <t>Q76 UM</t>
+  </si>
+  <si>
+    <t>7614Q8</t>
+  </si>
+  <si>
+    <t>Q76 DM</t>
+  </si>
+  <si>
+    <t>7616Q8</t>
+  </si>
+  <si>
+    <t>Q76 DM ext.</t>
+  </si>
+  <si>
+    <t>7814Q8</t>
+  </si>
+  <si>
+    <t>Q78 DM</t>
+  </si>
+  <si>
+    <t>7816Q8</t>
+  </si>
+  <si>
+    <t>Q78 DM Ext.</t>
+  </si>
+  <si>
+    <t>7854Q8</t>
+  </si>
+  <si>
     <t>8813Q8</t>
   </si>
   <si>
     <t>Q88 DL</t>
   </si>
   <si>
     <t>8853Q8</t>
-  </si>
-[...163 lines deleted...]
-    <t>7854Q8</t>
   </si>
   <si>
     <t xml:space="preserve">/ </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
@@ -1413,436 +1413,436 @@
         <v>131</v>
       </c>
       <c r="B67" s="0" t="s">
         <v>132</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
         <v>133</v>
       </c>
       <c r="B68" s="0" t="s">
         <v>134</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
         <v>135</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
         <v>140</v>
       </c>
       <c r="B72" s="0" t="s">
         <v>141</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
         <v>142</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="B80" s="0" t="s">
         <v>155</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="B83" s="0" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
         <v>162</v>
       </c>
       <c r="B84" s="0" t="s">
         <v>163</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
         <v>164</v>
       </c>
       <c r="B85" s="0" t="s">
         <v>165</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
         <v>166</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="B87" s="0" t="s">
         <v>165</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="B88" s="0" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
+        <v>170</v>
+      </c>
+      <c r="B89" s="0" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="B90" s="0" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
         <v>174</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
         <v>183</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="B97" s="0" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
         <v>186</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
         <v>195</v>
       </c>
       <c r="B103" s="0" t="s">
         <v>196</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
         <v>197</v>
       </c>
       <c r="B104" s="0" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="105">
       <c r="C105" s="0" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="106">
       <c r="C106" s="0" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="107">
       <c r="C107" s="0" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="108">
       <c r="C108" s="0" t="s">
         <v>198</v>
       </c>
     </row>