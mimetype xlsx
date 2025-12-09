--- v0 (2025-10-22)
+++ v1 (2025-12-09)
@@ -15,63 +15,63 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Part" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="100" uniqueCount="100">
   <si>
     <t>Product No</t>
   </si>
   <si>
     <t>Product name</t>
   </si>
   <si>
     <t>Path</t>
   </si>
   <si>
+    <t>2513Q8</t>
+  </si>
+  <si>
+    <t>Q25 DS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Decals/ </t>
+  </si>
+  <si>
     <t>2511Q8</t>
   </si>
   <si>
     <t>Q25 US</t>
-  </si>
-[...7 lines deleted...]
-    <t>Q25 DS</t>
   </si>
   <si>
     <t>2514Q8</t>
   </si>
   <si>
     <t>Q25 DM</t>
   </si>
   <si>
     <t>3011Q8</t>
   </si>
   <si>
     <t>Q30 US</t>
   </si>
   <si>
     <t>3013Q8</t>
   </si>
   <si>
     <t>Q30 DS</t>
   </si>
   <si>
     <t>3014Q8</t>
   </si>
   <si>
     <t>Q30 DM</t>
   </si>